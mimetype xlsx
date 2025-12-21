--- v0 (2025-11-01)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -225,50 +225,59 @@
     <t>02 A-15</t>
   </si>
   <si>
     <t>mgr Katarzyna Mirowska</t>
   </si>
   <si>
     <t>011 A-15</t>
   </si>
   <si>
     <t>Fortrepian (Ć)</t>
   </si>
   <si>
     <t>mgr Kamil Wrona</t>
   </si>
   <si>
     <t>101 A-15</t>
   </si>
   <si>
     <t>07 A-15</t>
   </si>
   <si>
     <t>dr Monika Hanus -Kobus</t>
   </si>
   <si>
     <t>106 A-15</t>
+  </si>
+  <si>
+    <t>5 A-15</t>
+  </si>
+  <si>
+    <t>mgr Katarzyna Clemens- Wasiak</t>
+  </si>
+  <si>
+    <t>105A A-15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -576,54 +585,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J509"/>
+  <dimension ref="A1:J516"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E509" sqref="E509"/>
+      <selection activeCell="E516" sqref="E516"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4410,99 +4419,105 @@
         <v>32</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>45967.0</v>
       </c>
       <c r="B148" t="s">
         <v>22</v>
       </c>
       <c r="D148" s="2">
         <v>0.4375</v>
       </c>
       <c r="E148" s="2">
         <v>0.46875</v>
       </c>
       <c r="F148" t="s">
         <v>56</v>
       </c>
       <c r="G148" t="s">
         <v>11</v>
       </c>
       <c r="H148" t="s">
         <v>57</v>
       </c>
+      <c r="I148" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>45967.0</v>
       </c>
       <c r="B149" t="s">
         <v>22</v>
       </c>
       <c r="D149" s="2">
         <v>0.44444444444444</v>
       </c>
       <c r="E149" s="2">
         <v>0.47569444444444</v>
       </c>
       <c r="F149" t="s">
         <v>65</v>
       </c>
       <c r="G149" t="s">
         <v>11</v>
       </c>
       <c r="H149" t="s">
         <v>66</v>
       </c>
       <c r="I149" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>45967.0</v>
       </c>
       <c r="B150" t="s">
         <v>22</v>
       </c>
       <c r="D150" s="2">
         <v>0.46875</v>
       </c>
       <c r="E150" s="2">
         <v>0.5</v>
       </c>
       <c r="F150" t="s">
         <v>56</v>
       </c>
       <c r="G150" t="s">
         <v>11</v>
       </c>
       <c r="H150" t="s">
         <v>57</v>
       </c>
+      <c r="I150" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>45967.0</v>
       </c>
       <c r="B151" t="s">
         <v>22</v>
       </c>
       <c r="D151" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E151" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F151" t="s">
         <v>23</v>
       </c>
       <c r="G151" t="s">
         <v>11</v>
       </c>
       <c r="H151" t="s">
         <v>24</v>
       </c>
       <c r="I151" t="s">
         <v>25</v>
@@ -4586,99 +4601,105 @@
         <v>32</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>45967.0</v>
       </c>
       <c r="B155" t="s">
         <v>22</v>
       </c>
       <c r="D155" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E155" s="2">
         <v>0.68402777777778</v>
       </c>
       <c r="F155" t="s">
         <v>56</v>
       </c>
       <c r="G155" t="s">
         <v>11</v>
       </c>
       <c r="H155" t="s">
         <v>57</v>
       </c>
+      <c r="I155" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>45967.0</v>
       </c>
       <c r="B156" t="s">
         <v>22</v>
       </c>
       <c r="D156" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E156" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F156" t="s">
         <v>17</v>
       </c>
       <c r="G156" t="s">
         <v>11</v>
       </c>
       <c r="H156" t="s">
         <v>27</v>
       </c>
       <c r="I156" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>45967.0</v>
       </c>
       <c r="B157" t="s">
         <v>22</v>
       </c>
       <c r="D157" s="2">
         <v>0.68402777777778</v>
       </c>
       <c r="E157" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F157" t="s">
         <v>56</v>
       </c>
       <c r="G157" t="s">
         <v>11</v>
       </c>
       <c r="H157" t="s">
         <v>57</v>
       </c>
+      <c r="I157" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>45973.0</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="D158" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E158" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F158" t="s">
         <v>58</v>
       </c>
       <c r="G158" t="s">
         <v>11</v>
       </c>
       <c r="H158" t="s">
         <v>38</v>
       </c>
       <c r="I158" t="s">
         <v>68</v>
@@ -4982,54 +5003,54 @@
       </c>
       <c r="E170" s="2">
         <v>0.625</v>
       </c>
       <c r="F170" t="s">
         <v>58</v>
       </c>
       <c r="G170" t="s">
         <v>11</v>
       </c>
       <c r="H170" t="s">
         <v>59</v>
       </c>
       <c r="I170" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>45974.0</v>
       </c>
       <c r="B171" t="s">
         <v>22</v>
       </c>
       <c r="D171" s="2">
-        <v>0.60416666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E171" s="2">
-        <v>0.66666666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F171" t="s">
         <v>33</v>
       </c>
       <c r="G171" t="s">
         <v>11</v>
       </c>
       <c r="H171" t="s">
         <v>34</v>
       </c>
       <c r="I171" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
         <v>45974.0</v>
       </c>
       <c r="B172" t="s">
         <v>22</v>
       </c>
       <c r="D172" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="E172" s="2">
@@ -5476,54 +5497,54 @@
       </c>
       <c r="E189" s="2">
         <v>0.625</v>
       </c>
       <c r="F189" t="s">
         <v>58</v>
       </c>
       <c r="G189" t="s">
         <v>11</v>
       </c>
       <c r="H189" t="s">
         <v>59</v>
       </c>
       <c r="I189" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>45978.0</v>
       </c>
       <c r="B190" t="s">
         <v>39</v>
       </c>
       <c r="D190" s="2">
-        <v>0.60416666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E190" s="2">
-        <v>0.66666666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F190" t="s">
         <v>33</v>
       </c>
       <c r="G190" t="s">
         <v>11</v>
       </c>
       <c r="H190" t="s">
         <v>34</v>
       </c>
       <c r="I190" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>45978.0</v>
       </c>
       <c r="B191" t="s">
         <v>39</v>
       </c>
       <c r="D191" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="E191" s="2">
@@ -6036,99 +6057,105 @@
         <v>32</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
         <v>45981.0</v>
       </c>
       <c r="B211" t="s">
         <v>22</v>
       </c>
       <c r="D211" s="2">
         <v>0.4375</v>
       </c>
       <c r="E211" s="2">
         <v>0.46875</v>
       </c>
       <c r="F211" t="s">
         <v>56</v>
       </c>
       <c r="G211" t="s">
         <v>11</v>
       </c>
       <c r="H211" t="s">
         <v>57</v>
       </c>
+      <c r="I211" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>45981.0</v>
       </c>
       <c r="B212" t="s">
         <v>22</v>
       </c>
       <c r="D212" s="2">
         <v>0.44444444444444</v>
       </c>
       <c r="E212" s="2">
         <v>0.47569444444444</v>
       </c>
       <c r="F212" t="s">
         <v>65</v>
       </c>
       <c r="G212" t="s">
         <v>11</v>
       </c>
       <c r="H212" t="s">
         <v>66</v>
       </c>
       <c r="I212" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
         <v>45981.0</v>
       </c>
       <c r="B213" t="s">
         <v>22</v>
       </c>
       <c r="D213" s="2">
         <v>0.46875</v>
       </c>
       <c r="E213" s="2">
         <v>0.5</v>
       </c>
       <c r="F213" t="s">
         <v>56</v>
       </c>
       <c r="G213" t="s">
         <v>11</v>
       </c>
       <c r="H213" t="s">
         <v>57</v>
       </c>
+      <c r="I213" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
         <v>45981.0</v>
       </c>
       <c r="B214" t="s">
         <v>22</v>
       </c>
       <c r="D214" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E214" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F214" t="s">
         <v>23</v>
       </c>
       <c r="G214" t="s">
         <v>11</v>
       </c>
       <c r="H214" t="s">
         <v>24</v>
       </c>
       <c r="I214" t="s">
         <v>25</v>
@@ -6212,99 +6239,105 @@
         <v>32</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
         <v>45981.0</v>
       </c>
       <c r="B218" t="s">
         <v>22</v>
       </c>
       <c r="D218" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E218" s="2">
         <v>0.68402777777778</v>
       </c>
       <c r="F218" t="s">
         <v>56</v>
       </c>
       <c r="G218" t="s">
         <v>11</v>
       </c>
       <c r="H218" t="s">
         <v>57</v>
       </c>
+      <c r="I218" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
         <v>45981.0</v>
       </c>
       <c r="B219" t="s">
         <v>22</v>
       </c>
       <c r="D219" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E219" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F219" t="s">
         <v>17</v>
       </c>
       <c r="G219" t="s">
         <v>11</v>
       </c>
       <c r="H219" t="s">
         <v>27</v>
       </c>
       <c r="I219" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="1">
         <v>45981.0</v>
       </c>
       <c r="B220" t="s">
         <v>22</v>
       </c>
       <c r="D220" s="2">
         <v>0.68402777777778</v>
       </c>
       <c r="E220" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F220" t="s">
         <v>56</v>
       </c>
       <c r="G220" t="s">
         <v>11</v>
       </c>
       <c r="H220" t="s">
         <v>57</v>
       </c>
+      <c r="I220" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="1">
         <v>45985.0</v>
       </c>
       <c r="B221" t="s">
         <v>39</v>
       </c>
       <c r="D221" s="2">
         <v>0.40625</v>
       </c>
       <c r="E221" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F221" t="s">
         <v>14</v>
       </c>
       <c r="G221" t="s">
         <v>11</v>
       </c>
       <c r="H221" t="s">
         <v>40</v>
       </c>
       <c r="I221" t="s">
         <v>16</v>
@@ -6426,54 +6459,54 @@
       </c>
       <c r="E226" s="2">
         <v>0.625</v>
       </c>
       <c r="F226" t="s">
         <v>58</v>
       </c>
       <c r="G226" t="s">
         <v>11</v>
       </c>
       <c r="H226" t="s">
         <v>59</v>
       </c>
       <c r="I226" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="1">
         <v>45985.0</v>
       </c>
       <c r="B227" t="s">
         <v>39</v>
       </c>
       <c r="D227" s="2">
-        <v>0.60416666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E227" s="2">
-        <v>0.66666666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F227" t="s">
         <v>33</v>
       </c>
       <c r="G227" t="s">
         <v>11</v>
       </c>
       <c r="H227" t="s">
         <v>34</v>
       </c>
       <c r="I227" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="1">
         <v>45985.0</v>
       </c>
       <c r="B228" t="s">
         <v>39</v>
       </c>
       <c r="D228" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="E228" s="2">
@@ -6986,99 +7019,105 @@
         <v>32</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="1">
         <v>45988.0</v>
       </c>
       <c r="B248" t="s">
         <v>22</v>
       </c>
       <c r="D248" s="2">
         <v>0.4375</v>
       </c>
       <c r="E248" s="2">
         <v>0.46875</v>
       </c>
       <c r="F248" t="s">
         <v>56</v>
       </c>
       <c r="G248" t="s">
         <v>11</v>
       </c>
       <c r="H248" t="s">
         <v>57</v>
       </c>
+      <c r="I248" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="1">
         <v>45988.0</v>
       </c>
       <c r="B249" t="s">
         <v>22</v>
       </c>
       <c r="D249" s="2">
         <v>0.44444444444444</v>
       </c>
       <c r="E249" s="2">
         <v>0.47569444444444</v>
       </c>
       <c r="F249" t="s">
         <v>65</v>
       </c>
       <c r="G249" t="s">
         <v>11</v>
       </c>
       <c r="H249" t="s">
         <v>66</v>
       </c>
       <c r="I249" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="1">
         <v>45988.0</v>
       </c>
       <c r="B250" t="s">
         <v>22</v>
       </c>
       <c r="D250" s="2">
         <v>0.46875</v>
       </c>
       <c r="E250" s="2">
         <v>0.5</v>
       </c>
       <c r="F250" t="s">
         <v>56</v>
       </c>
       <c r="G250" t="s">
         <v>11</v>
       </c>
       <c r="H250" t="s">
         <v>57</v>
       </c>
+      <c r="I250" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="1">
         <v>45988.0</v>
       </c>
       <c r="B251" t="s">
         <v>22</v>
       </c>
       <c r="D251" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E251" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F251" t="s">
         <v>23</v>
       </c>
       <c r="G251" t="s">
         <v>11</v>
       </c>
       <c r="H251" t="s">
         <v>24</v>
       </c>
       <c r="I251" t="s">
         <v>25</v>
@@ -7162,99 +7201,105 @@
         <v>32</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="1">
         <v>45988.0</v>
       </c>
       <c r="B255" t="s">
         <v>22</v>
       </c>
       <c r="D255" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E255" s="2">
         <v>0.68402777777778</v>
       </c>
       <c r="F255" t="s">
         <v>56</v>
       </c>
       <c r="G255" t="s">
         <v>11</v>
       </c>
       <c r="H255" t="s">
         <v>57</v>
       </c>
+      <c r="I255" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="1">
         <v>45988.0</v>
       </c>
       <c r="B256" t="s">
         <v>22</v>
       </c>
       <c r="D256" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E256" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F256" t="s">
         <v>17</v>
       </c>
       <c r="G256" t="s">
         <v>11</v>
       </c>
       <c r="H256" t="s">
         <v>27</v>
       </c>
       <c r="I256" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="1">
         <v>45988.0</v>
       </c>
       <c r="B257" t="s">
         <v>22</v>
       </c>
       <c r="D257" s="2">
         <v>0.68402777777778</v>
       </c>
       <c r="E257" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F257" t="s">
         <v>56</v>
       </c>
       <c r="G257" t="s">
         <v>11</v>
       </c>
       <c r="H257" t="s">
         <v>57</v>
       </c>
+      <c r="I257" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="1">
         <v>45992.0</v>
       </c>
       <c r="B258" t="s">
         <v>39</v>
       </c>
       <c r="D258" s="2">
         <v>0.40625</v>
       </c>
       <c r="E258" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F258" t="s">
         <v>14</v>
       </c>
       <c r="G258" t="s">
         <v>11</v>
       </c>
       <c r="H258" t="s">
         <v>40</v>
       </c>
       <c r="I258" t="s">
         <v>16</v>
@@ -7376,54 +7421,54 @@
       </c>
       <c r="E263" s="2">
         <v>0.625</v>
       </c>
       <c r="F263" t="s">
         <v>58</v>
       </c>
       <c r="G263" t="s">
         <v>11</v>
       </c>
       <c r="H263" t="s">
         <v>59</v>
       </c>
       <c r="I263" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
         <v>45992.0</v>
       </c>
       <c r="B264" t="s">
         <v>39</v>
       </c>
       <c r="D264" s="2">
-        <v>0.60416666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E264" s="2">
-        <v>0.66666666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F264" t="s">
         <v>33</v>
       </c>
       <c r="G264" t="s">
         <v>11</v>
       </c>
       <c r="H264" t="s">
         <v>34</v>
       </c>
       <c r="I264" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
         <v>45992.0</v>
       </c>
       <c r="B265" t="s">
         <v>39</v>
       </c>
       <c r="D265" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="E265" s="2">
@@ -7936,5791 +7981,6057 @@
         <v>32</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="1">
         <v>45995.0</v>
       </c>
       <c r="B285" t="s">
         <v>22</v>
       </c>
       <c r="D285" s="2">
         <v>0.4375</v>
       </c>
       <c r="E285" s="2">
         <v>0.46875</v>
       </c>
       <c r="F285" t="s">
         <v>56</v>
       </c>
       <c r="G285" t="s">
         <v>11</v>
       </c>
       <c r="H285" t="s">
         <v>57</v>
       </c>
+      <c r="I285" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="1">
         <v>45995.0</v>
       </c>
       <c r="B286" t="s">
         <v>22</v>
       </c>
       <c r="D286" s="2">
         <v>0.44444444444444</v>
       </c>
       <c r="E286" s="2">
         <v>0.47569444444444</v>
       </c>
       <c r="F286" t="s">
         <v>65</v>
       </c>
       <c r="G286" t="s">
         <v>11</v>
       </c>
       <c r="H286" t="s">
         <v>66</v>
       </c>
       <c r="I286" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="1">
         <v>45995.0</v>
       </c>
       <c r="B287" t="s">
         <v>22</v>
       </c>
       <c r="D287" s="2">
-        <v>0.46875</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E287" s="2">
-        <v>0.5</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F287" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="G287" t="s">
         <v>11</v>
       </c>
       <c r="H287" t="s">
-        <v>57</v>
+        <v>72</v>
+      </c>
+      <c r="I287" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="1">
         <v>45995.0</v>
       </c>
       <c r="B288" t="s">
         <v>22</v>
       </c>
       <c r="D288" s="2">
-        <v>0.47916666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="E288" s="2">
-        <v>0.51041666666667</v>
+        <v>0.5</v>
       </c>
       <c r="F288" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="G288" t="s">
         <v>11</v>
       </c>
       <c r="H288" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I288" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="1">
         <v>45995.0</v>
       </c>
       <c r="B289" t="s">
         <v>22</v>
       </c>
       <c r="D289" s="2">
-        <v>0.51388888888889</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E289" s="2">
-        <v>0.54513888888889</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F289" t="s">
         <v>23</v>
       </c>
       <c r="G289" t="s">
         <v>11</v>
       </c>
       <c r="H289" t="s">
         <v>24</v>
       </c>
       <c r="I289" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="1">
         <v>45995.0</v>
       </c>
       <c r="B290" t="s">
         <v>22</v>
       </c>
       <c r="D290" s="2">
-        <v>0.55208333333333</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E290" s="2">
-        <v>0.58333333333333</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F290" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G290" t="s">
         <v>11</v>
       </c>
       <c r="H290" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I290" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="1">
         <v>45995.0</v>
       </c>
       <c r="B291" t="s">
         <v>22</v>
       </c>
       <c r="D291" s="2">
-        <v>0.58680555555556</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E291" s="2">
-        <v>0.64930555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F291" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G291" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H291" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I291" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="1">
         <v>45995.0</v>
       </c>
       <c r="B292" t="s">
         <v>22</v>
       </c>
       <c r="D292" s="2">
-        <v>0.65277777777778</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E292" s="2">
-        <v>0.68402777777778</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F292" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="G292" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H292" t="s">
-        <v>57</v>
+        <v>31</v>
+      </c>
+      <c r="I292" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="1">
         <v>45995.0</v>
       </c>
       <c r="B293" t="s">
         <v>22</v>
       </c>
       <c r="D293" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E293" s="2">
-        <v>0.71527777777778</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F293" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="G293" t="s">
         <v>11</v>
       </c>
       <c r="H293" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="I293" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="1">
         <v>45995.0</v>
       </c>
       <c r="B294" t="s">
         <v>22</v>
       </c>
       <c r="D294" s="2">
-        <v>0.68402777777778</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E294" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F294" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="G294" t="s">
         <v>11</v>
       </c>
       <c r="H294" t="s">
-        <v>57</v>
+        <v>27</v>
+      </c>
+      <c r="I294" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="1">
-        <v>45999.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B295" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D295" s="2">
-        <v>0.40625</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E295" s="2">
-        <v>0.47222222222222</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F295" t="s">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="G295" t="s">
         <v>11</v>
       </c>
       <c r="H295" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="I295" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="1">
         <v>45999.0</v>
       </c>
       <c r="B296" t="s">
         <v>39</v>
       </c>
       <c r="D296" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E296" s="2">
-        <v>0.54166666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F296" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="G296" t="s">
         <v>11</v>
       </c>
       <c r="H296" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="I296" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="1">
         <v>45999.0</v>
       </c>
       <c r="B297" t="s">
         <v>39</v>
       </c>
       <c r="D297" s="2">
-        <v>0.48611111111111</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E297" s="2">
-        <v>0.54861111111111</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F297" t="s">
         <v>58</v>
       </c>
       <c r="G297" t="s">
         <v>11</v>
       </c>
       <c r="H297" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I297" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="1">
         <v>45999.0</v>
       </c>
       <c r="B298" t="s">
         <v>39</v>
       </c>
       <c r="D298" s="2">
-        <v>0.50347222222222</v>
+        <v>0.48611111111111</v>
       </c>
       <c r="E298" s="2">
-        <v>0.53472222222222</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="F298" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G298" t="s">
         <v>11</v>
       </c>
       <c r="H298" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="I298" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="1">
         <v>45999.0</v>
       </c>
       <c r="B299" t="s">
         <v>39</v>
       </c>
       <c r="D299" s="2">
+        <v>0.50347222222222</v>
+      </c>
+      <c r="E299" s="2">
         <v>0.53472222222222</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.56597222222222</v>
       </c>
       <c r="F299" t="s">
         <v>56</v>
       </c>
       <c r="G299" t="s">
         <v>11</v>
       </c>
       <c r="H299" t="s">
         <v>42</v>
       </c>
       <c r="I299" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="1">
         <v>45999.0</v>
       </c>
       <c r="B300" t="s">
         <v>39</v>
       </c>
       <c r="D300" s="2">
-        <v>0.5625</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="E300" s="2">
-        <v>0.625</v>
+        <v>0.56597222222222</v>
       </c>
       <c r="F300" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G300" t="s">
         <v>11</v>
       </c>
       <c r="H300" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="I300" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="1">
         <v>45999.0</v>
       </c>
       <c r="B301" t="s">
         <v>39</v>
       </c>
       <c r="D301" s="2">
-        <v>0.60416666666667</v>
+        <v>0.5625</v>
       </c>
       <c r="E301" s="2">
-        <v>0.66666666666667</v>
+        <v>0.625</v>
       </c>
       <c r="F301" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="G301" t="s">
         <v>11</v>
       </c>
       <c r="H301" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="I301" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="1">
         <v>45999.0</v>
       </c>
       <c r="B302" t="s">
         <v>39</v>
       </c>
       <c r="D302" s="2">
-        <v>0.69097222222222</v>
+        <v>0.625</v>
       </c>
       <c r="E302" s="2">
-        <v>0.75347222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="F302" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G302" t="s">
         <v>11</v>
       </c>
       <c r="H302" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="I302" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="1">
         <v>45999.0</v>
       </c>
       <c r="B303" t="s">
         <v>39</v>
       </c>
       <c r="D303" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="E303" s="2">
         <v>0.75347222222222</v>
       </c>
       <c r="F303" t="s">
         <v>41</v>
       </c>
       <c r="G303" t="s">
         <v>11</v>
       </c>
       <c r="H303" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I303" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="1">
-        <v>46000.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B304" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D304" s="2">
-        <v>0.375</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E304" s="2">
-        <v>0.4375</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F304" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="G304" t="s">
         <v>11</v>
       </c>
       <c r="H304" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="I304" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="1">
         <v>46000.0</v>
       </c>
       <c r="B305" t="s">
         <v>44</v>
       </c>
       <c r="D305" s="2">
-        <v>0.40625</v>
+        <v>0.375</v>
       </c>
       <c r="E305" s="2">
         <v>0.4375</v>
       </c>
       <c r="F305" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G305" t="s">
         <v>11</v>
       </c>
       <c r="H305" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I305" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="1">
         <v>46000.0</v>
       </c>
       <c r="B306" t="s">
         <v>44</v>
       </c>
       <c r="D306" s="2">
-        <v>0.44097222222222</v>
+        <v>0.40625</v>
       </c>
       <c r="E306" s="2">
-        <v>0.47222222222222</v>
+        <v>0.4375</v>
       </c>
       <c r="F306" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="G306" t="s">
         <v>11</v>
       </c>
       <c r="H306" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I306" t="s">
-        <v>64</v>
+        <v>46</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="1">
         <v>46000.0</v>
       </c>
       <c r="B307" t="s">
         <v>44</v>
       </c>
       <c r="D307" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="E307" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F307" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G307" t="s">
         <v>11</v>
       </c>
       <c r="H307" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I307" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="1">
         <v>46000.0</v>
       </c>
       <c r="B308" t="s">
         <v>44</v>
       </c>
       <c r="D308" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E308" s="2">
-        <v>0.58333333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F308" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G308" t="s">
         <v>11</v>
       </c>
       <c r="H308" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="I308" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="1">
         <v>46000.0</v>
       </c>
       <c r="B309" t="s">
         <v>44</v>
       </c>
       <c r="D309" s="2">
-        <v>0.58680555555556</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E309" s="2">
-        <v>0.61805555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F309" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="G309" t="s">
         <v>11</v>
       </c>
       <c r="H309" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="I309" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="1">
         <v>46000.0</v>
       </c>
       <c r="B310" t="s">
         <v>44</v>
       </c>
       <c r="D310" s="2">
-        <v>0.62152777777778</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E310" s="2">
-        <v>0.65277777777778</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F310" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="G310" t="s">
         <v>11</v>
       </c>
       <c r="H310" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I310" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="1">
         <v>46000.0</v>
       </c>
       <c r="B311" t="s">
         <v>44</v>
       </c>
       <c r="D311" s="2">
-        <v>0.69097222222222</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E311" s="2">
-        <v>0.75347222222222</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F311" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G311" t="s">
         <v>11</v>
       </c>
       <c r="H311" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="I311" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="1">
         <v>46000.0</v>
       </c>
       <c r="B312" t="s">
         <v>44</v>
       </c>
       <c r="D312" s="2">
-        <v>0.72222222222222</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E312" s="2">
         <v>0.75347222222222</v>
       </c>
       <c r="F312" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G312" t="s">
         <v>11</v>
       </c>
       <c r="H312" t="s">
         <v>51</v>
       </c>
       <c r="I312" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="1">
         <v>46000.0</v>
       </c>
       <c r="B313" t="s">
         <v>44</v>
       </c>
       <c r="D313" s="2">
-        <v>0.76041666666667</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E313" s="2">
-        <v>0.82291666666667</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F313" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G313" t="s">
         <v>11</v>
       </c>
       <c r="H313" t="s">
         <v>51</v>
       </c>
       <c r="I313" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="1">
-        <v>46001.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B314" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D314" s="2">
-        <v>0.33333333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E314" s="2">
-        <v>0.39583333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F314" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G314" t="s">
         <v>11</v>
       </c>
       <c r="H314" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="I314" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="1">
         <v>46001.0</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="D315" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E315" s="2">
-        <v>0.4375</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F315" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="G315" t="s">
         <v>11</v>
       </c>
       <c r="H315" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="I315" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="1">
         <v>46001.0</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="D316" s="2">
-        <v>0.48958333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E316" s="2">
-        <v>0.55208333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F316" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="G316" t="s">
         <v>11</v>
       </c>
       <c r="H316" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I316" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" s="1">
         <v>46001.0</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="D317" s="2">
+        <v>0.48958333333333</v>
+      </c>
+      <c r="E317" s="2">
         <v>0.55208333333333</v>
       </c>
-      <c r="E317" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F317" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="G317" t="s">
         <v>11</v>
       </c>
       <c r="H317" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="I317" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="1">
         <v>46001.0</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="D318" s="2">
-        <v>0.55902777777778</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E318" s="2">
-        <v>0.62152777777778</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F318" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="G318" t="s">
         <v>11</v>
       </c>
       <c r="H318" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="I318" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="1">
         <v>46001.0</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="D319" s="2">
-        <v>0.76041666666667</v>
+        <v>0.55902777777778</v>
       </c>
       <c r="E319" s="2">
-        <v>0.82291666666667</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F319" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="G319" t="s">
         <v>11</v>
       </c>
       <c r="H319" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="I319" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="1">
         <v>46001.0</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="D320" s="2">
-        <v>0.77083333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E320" s="2">
-        <v>0.83333333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F320" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="G320" t="s">
         <v>11</v>
       </c>
       <c r="H320" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="I320" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="1">
-        <v>46002.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B321" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D321" s="2">
-        <v>0.37152777777778</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E321" s="2">
-        <v>0.43402777777778</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F321" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="G321" t="s">
         <v>11</v>
       </c>
       <c r="H321" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="I321" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" s="1">
         <v>46002.0</v>
       </c>
       <c r="B322" t="s">
         <v>22</v>
       </c>
       <c r="D322" s="2">
-        <v>0.4375</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E322" s="2">
-        <v>0.46875</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F322" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="G322" t="s">
         <v>11</v>
       </c>
       <c r="H322" t="s">
-        <v>57</v>
+        <v>38</v>
+      </c>
+      <c r="I322" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="1">
         <v>46002.0</v>
       </c>
       <c r="B323" t="s">
         <v>22</v>
       </c>
       <c r="D323" s="2">
-        <v>0.44444444444444</v>
+        <v>0.4375</v>
       </c>
       <c r="E323" s="2">
-        <v>0.47569444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="F323" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="G323" t="s">
         <v>11</v>
       </c>
       <c r="H323" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="I323" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="1">
         <v>46002.0</v>
       </c>
       <c r="B324" t="s">
         <v>22</v>
       </c>
       <c r="D324" s="2">
-        <v>0.46875</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E324" s="2">
-        <v>0.5</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F324" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="G324" t="s">
         <v>11</v>
       </c>
       <c r="H324" t="s">
-        <v>57</v>
+        <v>66</v>
+      </c>
+      <c r="I324" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" s="1">
         <v>46002.0</v>
       </c>
       <c r="B325" t="s">
         <v>22</v>
       </c>
       <c r="D325" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="E325" s="2">
         <v>0.47916666666667</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.51041666666667</v>
       </c>
       <c r="F325" t="s">
         <v>23</v>
       </c>
       <c r="G325" t="s">
         <v>11</v>
       </c>
       <c r="H325" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="I325" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" s="1">
         <v>46002.0</v>
       </c>
       <c r="B326" t="s">
         <v>22</v>
       </c>
       <c r="D326" s="2">
-        <v>0.51388888888889</v>
+        <v>0.46875</v>
       </c>
       <c r="E326" s="2">
-        <v>0.54513888888889</v>
+        <v>0.5</v>
       </c>
       <c r="F326" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="G326" t="s">
         <v>11</v>
       </c>
       <c r="H326" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I326" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" s="1">
         <v>46002.0</v>
       </c>
       <c r="B327" t="s">
         <v>22</v>
       </c>
       <c r="D327" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E327" s="2">
-        <v>0.58333333333333</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F327" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G327" t="s">
         <v>11</v>
       </c>
       <c r="H327" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I327" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" s="1">
         <v>46002.0</v>
       </c>
       <c r="B328" t="s">
         <v>22</v>
       </c>
       <c r="D328" s="2">
-        <v>0.58680555555556</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E328" s="2">
-        <v>0.64930555555556</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F328" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G328" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H328" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="I328" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" s="1">
         <v>46002.0</v>
       </c>
       <c r="B329" t="s">
         <v>22</v>
       </c>
       <c r="D329" s="2">
-        <v>0.65277777777778</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E329" s="2">
-        <v>0.68402777777778</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F329" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="G329" t="s">
         <v>11</v>
       </c>
       <c r="H329" t="s">
-        <v>57</v>
+        <v>27</v>
+      </c>
+      <c r="I329" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="1">
         <v>46002.0</v>
       </c>
       <c r="B330" t="s">
         <v>22</v>
       </c>
       <c r="D330" s="2">
-        <v>0.65277777777778</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E330" s="2">
-        <v>0.71527777777778</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F330" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G330" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H330" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I330" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="1">
         <v>46002.0</v>
       </c>
       <c r="B331" t="s">
         <v>22</v>
       </c>
       <c r="D331" s="2">
+        <v>0.65277777777778</v>
+      </c>
+      <c r="E331" s="2">
         <v>0.68402777777778</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.71527777777778</v>
       </c>
       <c r="F331" t="s">
         <v>56</v>
       </c>
       <c r="G331" t="s">
         <v>11</v>
       </c>
       <c r="H331" t="s">
         <v>57</v>
       </c>
+      <c r="I331" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="1">
-        <v>46006.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B332" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D332" s="2">
-        <v>0.40625</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E332" s="2">
-        <v>0.47222222222222</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F332" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G332" t="s">
         <v>11</v>
       </c>
       <c r="H332" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="I332" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="1">
-        <v>46006.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B333" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D333" s="2">
-        <v>0.47916666666667</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E333" s="2">
-        <v>0.54166666666667</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F333" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G333" t="s">
         <v>11</v>
       </c>
       <c r="H333" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I333" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" s="1">
         <v>46006.0</v>
       </c>
       <c r="B334" t="s">
         <v>39</v>
       </c>
       <c r="D334" s="2">
-        <v>0.48611111111111</v>
+        <v>0.40625</v>
       </c>
       <c r="E334" s="2">
-        <v>0.54861111111111</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F334" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="G334" t="s">
         <v>11</v>
       </c>
       <c r="H334" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="I334" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="1">
         <v>46006.0</v>
       </c>
       <c r="B335" t="s">
         <v>39</v>
       </c>
       <c r="D335" s="2">
-        <v>0.50347222222222</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E335" s="2">
-        <v>0.53472222222222</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F335" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G335" t="s">
         <v>11</v>
       </c>
       <c r="H335" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="I335" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="1">
         <v>46006.0</v>
       </c>
       <c r="B336" t="s">
         <v>39</v>
       </c>
       <c r="D336" s="2">
-        <v>0.53472222222222</v>
+        <v>0.48611111111111</v>
       </c>
       <c r="E336" s="2">
-        <v>0.56597222222222</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="F336" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G336" t="s">
         <v>11</v>
       </c>
       <c r="H336" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="I336" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="1">
         <v>46006.0</v>
       </c>
       <c r="B337" t="s">
         <v>39</v>
       </c>
       <c r="D337" s="2">
-        <v>0.5625</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E337" s="2">
-        <v>0.625</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="F337" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G337" t="s">
         <v>11</v>
       </c>
       <c r="H337" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="I337" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="1">
         <v>46006.0</v>
       </c>
       <c r="B338" t="s">
         <v>39</v>
       </c>
       <c r="D338" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="E338" s="2">
-        <v>0.66666666666667</v>
+        <v>0.56597222222222</v>
       </c>
       <c r="F338" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="G338" t="s">
         <v>11</v>
       </c>
       <c r="H338" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="I338" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="1">
         <v>46006.0</v>
       </c>
       <c r="B339" t="s">
         <v>39</v>
       </c>
       <c r="D339" s="2">
-        <v>0.69097222222222</v>
+        <v>0.5625</v>
       </c>
       <c r="E339" s="2">
-        <v>0.75347222222222</v>
+        <v>0.625</v>
       </c>
       <c r="F339" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="G339" t="s">
         <v>11</v>
       </c>
       <c r="H339" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="I339" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="1">
         <v>46006.0</v>
       </c>
       <c r="B340" t="s">
         <v>39</v>
       </c>
       <c r="D340" s="2">
-        <v>0.69097222222222</v>
+        <v>0.625</v>
       </c>
       <c r="E340" s="2">
-        <v>0.75347222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="F340" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G340" t="s">
         <v>11</v>
       </c>
       <c r="H340" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I340" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B341" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D341" s="2">
-        <v>0.375</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E341" s="2">
-        <v>0.4375</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F341" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="G341" t="s">
         <v>11</v>
       </c>
       <c r="H341" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="I341" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B342" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D342" s="2">
-        <v>0.40625</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E342" s="2">
-        <v>0.4375</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F342" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="G342" t="s">
         <v>11</v>
       </c>
       <c r="H342" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="I342" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="1">
         <v>46007.0</v>
       </c>
       <c r="B343" t="s">
         <v>44</v>
       </c>
       <c r="D343" s="2">
-        <v>0.44097222222222</v>
+        <v>0.375</v>
       </c>
       <c r="E343" s="2">
-        <v>0.47222222222222</v>
+        <v>0.4375</v>
       </c>
       <c r="F343" t="s">
         <v>56</v>
       </c>
       <c r="G343" t="s">
         <v>11</v>
       </c>
       <c r="H343" t="s">
         <v>63</v>
       </c>
       <c r="I343" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="1">
         <v>46007.0</v>
       </c>
       <c r="B344" t="s">
         <v>44</v>
       </c>
       <c r="D344" s="2">
-        <v>0.44097222222222</v>
+        <v>0.40625</v>
       </c>
       <c r="E344" s="2">
-        <v>0.47222222222222</v>
+        <v>0.4375</v>
       </c>
       <c r="F344" t="s">
         <v>45</v>
       </c>
       <c r="G344" t="s">
         <v>11</v>
       </c>
       <c r="H344" t="s">
         <v>18</v>
       </c>
       <c r="I344" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="1">
         <v>46007.0</v>
       </c>
       <c r="B345" t="s">
         <v>44</v>
       </c>
       <c r="D345" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E345" s="2">
-        <v>0.58333333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F345" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="G345" t="s">
         <v>11</v>
       </c>
       <c r="H345" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="I345" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="1">
         <v>46007.0</v>
       </c>
       <c r="B346" t="s">
         <v>44</v>
       </c>
       <c r="D346" s="2">
-        <v>0.58680555555556</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E346" s="2">
-        <v>0.61805555555556</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F346" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G346" t="s">
         <v>11</v>
       </c>
       <c r="H346" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="I346" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="1">
         <v>46007.0</v>
       </c>
       <c r="B347" t="s">
         <v>44</v>
       </c>
       <c r="D347" s="2">
-        <v>0.62152777777778</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E347" s="2">
-        <v>0.65277777777778</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F347" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="G347" t="s">
         <v>11</v>
       </c>
       <c r="H347" t="s">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="I347" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="1">
         <v>46007.0</v>
       </c>
       <c r="B348" t="s">
         <v>44</v>
       </c>
       <c r="D348" s="2">
-        <v>0.69097222222222</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E348" s="2">
-        <v>0.75347222222222</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F348" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="G348" t="s">
         <v>11</v>
       </c>
       <c r="H348" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="I348" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="1">
         <v>46007.0</v>
       </c>
       <c r="B349" t="s">
         <v>44</v>
       </c>
       <c r="D349" s="2">
-        <v>0.72222222222222</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E349" s="2">
-        <v>0.75347222222222</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F349" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G349" t="s">
         <v>11</v>
       </c>
       <c r="H349" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="I349" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="1">
         <v>46007.0</v>
       </c>
       <c r="B350" t="s">
         <v>44</v>
       </c>
       <c r="D350" s="2">
-        <v>0.76041666666667</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E350" s="2">
-        <v>0.82291666666667</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F350" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G350" t="s">
         <v>11</v>
       </c>
       <c r="H350" t="s">
         <v>51</v>
       </c>
       <c r="I350" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B351" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D351" s="2">
-        <v>0.33333333333333</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E351" s="2">
-        <v>0.39583333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F351" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G351" t="s">
         <v>11</v>
       </c>
       <c r="H351" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="I351" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B352" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D352" s="2">
-        <v>0.40625</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E352" s="2">
-        <v>0.4375</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F352" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="G352" t="s">
         <v>11</v>
       </c>
       <c r="H352" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="I352" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="1">
         <v>46008.0</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="D353" s="2">
-        <v>0.48958333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E353" s="2">
-        <v>0.55208333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F353" t="s">
         <v>58</v>
       </c>
       <c r="G353" t="s">
         <v>11</v>
       </c>
       <c r="H353" t="s">
         <v>38</v>
       </c>
       <c r="I353" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="1">
         <v>46008.0</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="D354" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E354" s="2">
-        <v>0.61805555555556</v>
+        <v>0.4375</v>
       </c>
       <c r="F354" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G354" t="s">
         <v>11</v>
       </c>
       <c r="H354" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I354" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="1">
         <v>46008.0</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="D355" s="2">
-        <v>0.55902777777778</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="E355" s="2">
-        <v>0.62152777777778</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F355" t="s">
         <v>58</v>
       </c>
       <c r="G355" t="s">
         <v>11</v>
       </c>
       <c r="H355" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="I355" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="1">
         <v>46008.0</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="D356" s="2">
-        <v>0.76041666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E356" s="2">
-        <v>0.82291666666667</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F356" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G356" t="s">
         <v>11</v>
       </c>
       <c r="H356" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="I356" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="1">
         <v>46008.0</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="D357" s="2">
-        <v>0.77083333333333</v>
+        <v>0.55902777777778</v>
       </c>
       <c r="E357" s="2">
-        <v>0.83333333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F357" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="G357" t="s">
         <v>11</v>
       </c>
       <c r="H357" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="I357" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="1">
-        <v>46009.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B358" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D358" s="2">
-        <v>0.37152777777778</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E358" s="2">
-        <v>0.43402777777778</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F358" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G358" t="s">
         <v>11</v>
       </c>
       <c r="H358" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="I358" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="1">
-        <v>46009.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B359" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D359" s="2">
-        <v>0.4375</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E359" s="2">
-        <v>0.46875</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F359" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G359" t="s">
         <v>11</v>
       </c>
       <c r="H359" t="s">
-        <v>57</v>
+        <v>20</v>
+      </c>
+      <c r="I359" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" s="1">
         <v>46009.0</v>
       </c>
       <c r="B360" t="s">
         <v>22</v>
       </c>
       <c r="D360" s="2">
-        <v>0.44444444444444</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E360" s="2">
-        <v>0.47569444444444</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F360" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="G360" t="s">
         <v>11</v>
       </c>
       <c r="H360" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="I360" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="1">
         <v>46009.0</v>
       </c>
       <c r="B361" t="s">
         <v>22</v>
       </c>
       <c r="D361" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E361" s="2">
         <v>0.46875</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="F361" t="s">
         <v>56</v>
       </c>
       <c r="G361" t="s">
         <v>11</v>
       </c>
       <c r="H361" t="s">
         <v>57</v>
+      </c>
+      <c r="I361" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="1">
         <v>46009.0</v>
       </c>
       <c r="B362" t="s">
         <v>22</v>
       </c>
       <c r="D362" s="2">
-        <v>0.47916666666667</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E362" s="2">
-        <v>0.51041666666667</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F362" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="G362" t="s">
         <v>11</v>
       </c>
       <c r="H362" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="I362" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="1">
         <v>46009.0</v>
       </c>
       <c r="B363" t="s">
         <v>22</v>
       </c>
       <c r="D363" s="2">
-        <v>0.51388888888889</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E363" s="2">
-        <v>0.54513888888889</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F363" t="s">
         <v>23</v>
       </c>
       <c r="G363" t="s">
         <v>11</v>
       </c>
       <c r="H363" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="I363" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="1">
         <v>46009.0</v>
       </c>
       <c r="B364" t="s">
         <v>22</v>
       </c>
       <c r="D364" s="2">
-        <v>0.55208333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E364" s="2">
-        <v>0.58333333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F364" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G364" t="s">
         <v>11</v>
       </c>
       <c r="H364" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="I364" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="1">
         <v>46009.0</v>
       </c>
       <c r="B365" t="s">
         <v>22</v>
       </c>
       <c r="D365" s="2">
-        <v>0.58680555555556</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E365" s="2">
-        <v>0.64930555555556</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F365" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G365" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H365" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="I365" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="1">
         <v>46009.0</v>
       </c>
       <c r="B366" t="s">
         <v>22</v>
       </c>
       <c r="D366" s="2">
-        <v>0.65277777777778</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E366" s="2">
-        <v>0.68402777777778</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F366" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="G366" t="s">
         <v>11</v>
       </c>
       <c r="H366" t="s">
-        <v>57</v>
+        <v>24</v>
+      </c>
+      <c r="I366" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="1">
         <v>46009.0</v>
       </c>
       <c r="B367" t="s">
         <v>22</v>
       </c>
       <c r="D367" s="2">
-        <v>0.65277777777778</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E367" s="2">
-        <v>0.71527777777778</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F367" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="G367" t="s">
         <v>11</v>
       </c>
       <c r="H367" t="s">
         <v>27</v>
       </c>
       <c r="I367" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="1">
         <v>46009.0</v>
       </c>
       <c r="B368" t="s">
         <v>22</v>
       </c>
       <c r="D368" s="2">
-        <v>0.68402777777778</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E368" s="2">
-        <v>0.71527777777778</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F368" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="G368" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H368" t="s">
-        <v>57</v>
+        <v>31</v>
+      </c>
+      <c r="I368" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="1">
-        <v>46029.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B369" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D369" s="2">
-        <v>0.375</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E369" s="2">
-        <v>0.4375</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F369" t="s">
         <v>56</v>
       </c>
       <c r="G369" t="s">
         <v>11</v>
       </c>
       <c r="H369" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I369" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="1">
-        <v>46029.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B370" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D370" s="2">
-        <v>0.40625</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E370" s="2">
-        <v>0.4375</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F370" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="G370" t="s">
         <v>11</v>
       </c>
       <c r="H370" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="I370" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="1">
-        <v>46029.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B371" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="D371" s="2">
-        <v>0.44097222222222</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E371" s="2">
-        <v>0.47222222222222</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F371" t="s">
         <v>56</v>
       </c>
       <c r="G371" t="s">
         <v>11</v>
       </c>
       <c r="H371" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I371" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="1">
         <v>46029.0</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="D372" s="2">
-        <v>0.44097222222222</v>
+        <v>0.375</v>
       </c>
       <c r="E372" s="2">
-        <v>0.47222222222222</v>
+        <v>0.4375</v>
       </c>
       <c r="F372" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G372" t="s">
         <v>11</v>
       </c>
       <c r="H372" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I372" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="1">
         <v>46029.0</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="D373" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E373" s="2">
-        <v>0.58333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F373" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G373" t="s">
         <v>11</v>
       </c>
       <c r="H373" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="I373" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="1">
         <v>46029.0</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="D374" s="2">
-        <v>0.58680555555556</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E374" s="2">
-        <v>0.61805555555556</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F374" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="G374" t="s">
         <v>11</v>
       </c>
       <c r="H374" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="I374" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" s="1">
         <v>46029.0</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="D375" s="2">
-        <v>0.62152777777778</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E375" s="2">
-        <v>0.65277777777778</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F375" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="G375" t="s">
         <v>11</v>
       </c>
       <c r="H375" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I375" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" s="1">
         <v>46029.0</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="D376" s="2">
-        <v>0.69097222222222</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E376" s="2">
-        <v>0.75347222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F376" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="G376" t="s">
         <v>11</v>
       </c>
       <c r="H376" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="I376" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" s="1">
         <v>46029.0</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="D377" s="2">
-        <v>0.72222222222222</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E377" s="2">
-        <v>0.75347222222222</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F377" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="G377" t="s">
         <v>11</v>
       </c>
       <c r="H377" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="I377" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" s="1">
         <v>46029.0</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="D378" s="2">
-        <v>0.76041666666667</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E378" s="2">
-        <v>0.82291666666667</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F378" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G378" t="s">
         <v>11</v>
       </c>
       <c r="H378" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="I378" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" s="1">
-        <v>46030.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B379" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D379" s="2">
-        <v>0.37152777777778</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E379" s="2">
-        <v>0.43402777777778</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F379" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="G379" t="s">
         <v>11</v>
       </c>
       <c r="H379" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="I379" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" s="1">
-        <v>46030.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B380" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D380" s="2">
-        <v>0.4375</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E380" s="2">
-        <v>0.46875</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F380" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G380" t="s">
         <v>11</v>
       </c>
       <c r="H380" t="s">
-        <v>57</v>
+        <v>51</v>
+      </c>
+      <c r="I380" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" s="1">
-        <v>46030.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B381" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D381" s="2">
-        <v>0.44444444444444</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E381" s="2">
-        <v>0.47569444444444</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F381" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G381" t="s">
         <v>11</v>
       </c>
       <c r="H381" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="I381" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" s="1">
         <v>46030.0</v>
       </c>
       <c r="B382" t="s">
         <v>22</v>
       </c>
       <c r="D382" s="2">
-        <v>0.46875</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E382" s="2">
-        <v>0.5</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F382" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="G382" t="s">
         <v>11</v>
       </c>
       <c r="H382" t="s">
-        <v>57</v>
+        <v>38</v>
+      </c>
+      <c r="I382" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" s="1">
         <v>46030.0</v>
       </c>
       <c r="B383" t="s">
         <v>22</v>
       </c>
       <c r="D383" s="2">
-        <v>0.47916666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="E383" s="2">
-        <v>0.51041666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F383" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="G383" t="s">
         <v>11</v>
       </c>
       <c r="H383" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I383" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" s="1">
         <v>46030.0</v>
       </c>
       <c r="B384" t="s">
         <v>22</v>
       </c>
       <c r="D384" s="2">
-        <v>0.51388888888889</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E384" s="2">
-        <v>0.54513888888889</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F384" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="G384" t="s">
         <v>11</v>
       </c>
       <c r="H384" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="I384" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" s="1">
         <v>46030.0</v>
       </c>
       <c r="B385" t="s">
         <v>22</v>
       </c>
       <c r="D385" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E385" s="2">
-        <v>0.58333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F385" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G385" t="s">
         <v>11</v>
       </c>
       <c r="H385" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="I385" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" s="1">
         <v>46030.0</v>
       </c>
       <c r="B386" t="s">
         <v>22</v>
       </c>
       <c r="D386" s="2">
-        <v>0.58680555555556</v>
+        <v>0.46875</v>
       </c>
       <c r="E386" s="2">
-        <v>0.64930555555556</v>
+        <v>0.5</v>
       </c>
       <c r="F386" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="G386" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H386" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="I386" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" s="1">
         <v>46030.0</v>
       </c>
       <c r="B387" t="s">
         <v>22</v>
       </c>
       <c r="D387" s="2">
-        <v>0.65277777777778</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E387" s="2">
-        <v>0.68402777777778</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F387" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="G387" t="s">
         <v>11</v>
       </c>
       <c r="H387" t="s">
-        <v>57</v>
+        <v>24</v>
+      </c>
+      <c r="I387" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" s="1">
         <v>46030.0</v>
       </c>
       <c r="B388" t="s">
         <v>22</v>
       </c>
       <c r="D388" s="2">
-        <v>0.65277777777778</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E388" s="2">
-        <v>0.71527777777778</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F388" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G388" t="s">
         <v>11</v>
       </c>
       <c r="H388" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I388" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" s="1">
         <v>46030.0</v>
       </c>
       <c r="B389" t="s">
         <v>22</v>
       </c>
       <c r="D389" s="2">
-        <v>0.68402777777778</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E389" s="2">
-        <v>0.71527777777778</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F389" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="G389" t="s">
         <v>11</v>
       </c>
       <c r="H389" t="s">
-        <v>57</v>
+        <v>27</v>
+      </c>
+      <c r="I389" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" s="1">
-        <v>46034.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B390" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D390" s="2">
-        <v>0.40625</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E390" s="2">
-        <v>0.47222222222222</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F390" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="G390" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H390" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="I390" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" s="1">
-        <v>46034.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B391" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D391" s="2">
-        <v>0.47916666666667</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E391" s="2">
-        <v>0.54166666666667</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F391" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G391" t="s">
         <v>11</v>
       </c>
       <c r="H391" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I391" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" s="1">
-        <v>46034.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B392" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D392" s="2">
-        <v>0.48611111111111</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E392" s="2">
-        <v>0.54861111111111</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F392" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="G392" t="s">
         <v>11</v>
       </c>
       <c r="H392" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="I392" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" s="1">
-        <v>46034.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B393" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D393" s="2">
-        <v>0.50347222222222</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E393" s="2">
-        <v>0.53472222222222</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F393" t="s">
         <v>56</v>
       </c>
       <c r="G393" t="s">
         <v>11</v>
       </c>
       <c r="H393" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="I393" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" s="1">
         <v>46034.0</v>
       </c>
       <c r="B394" t="s">
         <v>39</v>
       </c>
       <c r="D394" s="2">
-        <v>0.53472222222222</v>
+        <v>0.40625</v>
       </c>
       <c r="E394" s="2">
-        <v>0.56597222222222</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F394" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="G394" t="s">
         <v>11</v>
       </c>
       <c r="H394" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="I394" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" s="1">
         <v>46034.0</v>
       </c>
       <c r="B395" t="s">
         <v>39</v>
       </c>
       <c r="D395" s="2">
-        <v>0.5625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E395" s="2">
-        <v>0.625</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F395" t="s">
         <v>58</v>
       </c>
       <c r="G395" t="s">
         <v>11</v>
       </c>
       <c r="H395" t="s">
         <v>59</v>
       </c>
       <c r="I395" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" s="1">
         <v>46034.0</v>
       </c>
       <c r="B396" t="s">
         <v>39</v>
       </c>
       <c r="D396" s="2">
-        <v>0.60416666666667</v>
+        <v>0.48611111111111</v>
       </c>
       <c r="E396" s="2">
-        <v>0.66666666666667</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="F396" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="G396" t="s">
         <v>11</v>
       </c>
       <c r="H396" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="I396" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" s="1">
         <v>46034.0</v>
       </c>
       <c r="B397" t="s">
         <v>39</v>
       </c>
       <c r="D397" s="2">
-        <v>0.69097222222222</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E397" s="2">
-        <v>0.75347222222222</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="F397" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G397" t="s">
         <v>11</v>
       </c>
       <c r="H397" t="s">
         <v>42</v>
       </c>
       <c r="I397" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" s="1">
         <v>46034.0</v>
       </c>
       <c r="B398" t="s">
         <v>39</v>
       </c>
       <c r="D398" s="2">
-        <v>0.69097222222222</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="E398" s="2">
-        <v>0.75347222222222</v>
+        <v>0.56597222222222</v>
       </c>
       <c r="F398" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G398" t="s">
         <v>11</v>
       </c>
       <c r="H398" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I398" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B399" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D399" s="2">
-        <v>0.375</v>
+        <v>0.5625</v>
       </c>
       <c r="E399" s="2">
-        <v>0.4375</v>
+        <v>0.625</v>
       </c>
       <c r="F399" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G399" t="s">
         <v>11</v>
       </c>
       <c r="H399" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="I399" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B400" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D400" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E400" s="2">
-        <v>0.4375</v>
+        <v>0.6875</v>
       </c>
       <c r="F400" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="G400" t="s">
         <v>11</v>
       </c>
       <c r="H400" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="I400" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B401" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D401" s="2">
-        <v>0.44097222222222</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E401" s="2">
-        <v>0.47222222222222</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F401" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="G401" t="s">
         <v>11</v>
       </c>
       <c r="H401" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="I401" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" s="1">
-        <v>46035.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B402" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D402" s="2">
-        <v>0.44097222222222</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E402" s="2">
-        <v>0.47222222222222</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F402" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="G402" t="s">
         <v>11</v>
       </c>
       <c r="H402" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="I402" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" s="1">
         <v>46035.0</v>
       </c>
       <c r="B403" t="s">
         <v>44</v>
       </c>
       <c r="D403" s="2">
-        <v>0.55208333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E403" s="2">
-        <v>0.58333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F403" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="G403" t="s">
         <v>11</v>
       </c>
       <c r="H403" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="I403" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" s="1">
         <v>46035.0</v>
       </c>
       <c r="B404" t="s">
         <v>44</v>
       </c>
       <c r="D404" s="2">
-        <v>0.58680555555556</v>
+        <v>0.40625</v>
       </c>
       <c r="E404" s="2">
-        <v>0.61805555555556</v>
+        <v>0.4375</v>
       </c>
       <c r="F404" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G404" t="s">
         <v>11</v>
       </c>
       <c r="H404" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="I404" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" s="1">
         <v>46035.0</v>
       </c>
       <c r="B405" t="s">
         <v>44</v>
       </c>
       <c r="D405" s="2">
-        <v>0.62152777777778</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E405" s="2">
-        <v>0.65277777777778</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F405" t="s">
         <v>56</v>
       </c>
       <c r="G405" t="s">
         <v>11</v>
       </c>
       <c r="H405" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="I405" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" s="1">
         <v>46035.0</v>
       </c>
       <c r="B406" t="s">
         <v>44</v>
       </c>
       <c r="D406" s="2">
-        <v>0.69097222222222</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E406" s="2">
-        <v>0.75347222222222</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F406" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G406" t="s">
         <v>11</v>
       </c>
       <c r="H406" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="I406" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" s="1">
         <v>46035.0</v>
       </c>
       <c r="B407" t="s">
         <v>44</v>
       </c>
       <c r="D407" s="2">
-        <v>0.72222222222222</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E407" s="2">
-        <v>0.75347222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F407" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="G407" t="s">
         <v>11</v>
       </c>
       <c r="H407" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="I407" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" s="1">
         <v>46035.0</v>
       </c>
       <c r="B408" t="s">
         <v>44</v>
       </c>
       <c r="D408" s="2">
-        <v>0.76041666666667</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E408" s="2">
-        <v>0.82291666666667</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F408" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G408" t="s">
         <v>11</v>
       </c>
       <c r="H408" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="I408" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B409" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D409" s="2">
-        <v>0.33333333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E409" s="2">
-        <v>0.39583333333333</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F409" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G409" t="s">
         <v>11</v>
       </c>
       <c r="H409" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="I409" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B410" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D410" s="2">
-        <v>0.40625</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E410" s="2">
-        <v>0.4375</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F410" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="G410" t="s">
         <v>11</v>
       </c>
       <c r="H410" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="I410" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B411" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D411" s="2">
-        <v>0.48958333333333</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E411" s="2">
-        <v>0.55208333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F411" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G411" t="s">
         <v>11</v>
       </c>
       <c r="H411" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="I411" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" s="1">
-        <v>46036.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B412" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D412" s="2">
-        <v>0.55208333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E412" s="2">
-        <v>0.61805555555556</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F412" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G412" t="s">
         <v>11</v>
       </c>
       <c r="H412" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="I412" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" s="1">
         <v>46036.0</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="D413" s="2">
-        <v>0.55902777777778</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E413" s="2">
-        <v>0.62152777777778</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F413" t="s">
         <v>58</v>
       </c>
       <c r="G413" t="s">
         <v>11</v>
       </c>
       <c r="H413" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="I413" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" s="1">
         <v>46036.0</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="D414" s="2">
-        <v>0.76041666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E414" s="2">
-        <v>0.82291666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="F414" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G414" t="s">
         <v>11</v>
       </c>
       <c r="H414" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="I414" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" s="1">
         <v>46036.0</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="D415" s="2">
-        <v>0.77083333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="E415" s="2">
-        <v>0.83333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F415" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="G415" t="s">
         <v>11</v>
       </c>
       <c r="H415" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="I415" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B416" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D416" s="2">
-        <v>0.37152777777778</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E416" s="2">
-        <v>0.43402777777778</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F416" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="G416" t="s">
         <v>11</v>
       </c>
       <c r="H416" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="I416" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B417" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D417" s="2">
-        <v>0.4375</v>
+        <v>0.55902777777778</v>
       </c>
       <c r="E417" s="2">
-        <v>0.46875</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F417" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G417" t="s">
         <v>11</v>
       </c>
       <c r="H417" t="s">
-        <v>57</v>
+        <v>43</v>
+      </c>
+      <c r="I417" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B418" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D418" s="2">
-        <v>0.44444444444444</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E418" s="2">
-        <v>0.47569444444444</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F418" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="G418" t="s">
         <v>11</v>
       </c>
       <c r="H418" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="I418" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" s="1">
-        <v>46037.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B419" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D419" s="2">
-        <v>0.46875</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E419" s="2">
-        <v>0.5</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F419" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G419" t="s">
         <v>11</v>
       </c>
       <c r="H419" t="s">
-        <v>57</v>
+        <v>20</v>
+      </c>
+      <c r="I419" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" s="1">
         <v>46037.0</v>
       </c>
       <c r="B420" t="s">
         <v>22</v>
       </c>
       <c r="D420" s="2">
-        <v>0.47916666666667</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E420" s="2">
-        <v>0.51041666666667</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F420" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G420" t="s">
         <v>11</v>
       </c>
       <c r="H420" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="I420" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" s="1">
         <v>46037.0</v>
       </c>
       <c r="B421" t="s">
         <v>22</v>
       </c>
       <c r="D421" s="2">
-        <v>0.51388888888889</v>
+        <v>0.4375</v>
       </c>
       <c r="E421" s="2">
-        <v>0.54513888888889</v>
+        <v>0.46875</v>
       </c>
       <c r="F421" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="G421" t="s">
         <v>11</v>
       </c>
       <c r="H421" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="I421" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" s="1">
         <v>46037.0</v>
       </c>
       <c r="B422" t="s">
         <v>22</v>
       </c>
       <c r="D422" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E422" s="2">
-        <v>0.58333333333333</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F422" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="G422" t="s">
         <v>11</v>
       </c>
       <c r="H422" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="I422" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" s="1">
         <v>46037.0</v>
       </c>
       <c r="B423" t="s">
         <v>22</v>
       </c>
       <c r="D423" s="2">
-        <v>0.58680555555556</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E423" s="2">
-        <v>0.64930555555556</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F423" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G423" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H423" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="I423" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" s="1">
         <v>46037.0</v>
       </c>
       <c r="B424" t="s">
         <v>22</v>
       </c>
       <c r="D424" s="2">
-        <v>0.65277777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="E424" s="2">
-        <v>0.68402777777778</v>
+        <v>0.5</v>
       </c>
       <c r="F424" t="s">
         <v>56</v>
       </c>
       <c r="G424" t="s">
         <v>11</v>
       </c>
       <c r="H424" t="s">
         <v>57</v>
+      </c>
+      <c r="I424" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" s="1">
         <v>46037.0</v>
       </c>
       <c r="B425" t="s">
         <v>22</v>
       </c>
       <c r="D425" s="2">
-        <v>0.65277777777778</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E425" s="2">
-        <v>0.71527777777778</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F425" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G425" t="s">
         <v>11</v>
       </c>
       <c r="H425" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I425" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" s="1">
         <v>46037.0</v>
       </c>
       <c r="B426" t="s">
         <v>22</v>
       </c>
       <c r="D426" s="2">
-        <v>0.68402777777778</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E426" s="2">
-        <v>0.71527777777778</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F426" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="G426" t="s">
         <v>11</v>
       </c>
       <c r="H426" t="s">
-        <v>57</v>
+        <v>24</v>
+      </c>
+      <c r="I426" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" s="1">
-        <v>46041.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B427" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D427" s="2">
-        <v>0.40625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E427" s="2">
-        <v>0.47222222222222</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F427" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G427" t="s">
         <v>11</v>
       </c>
       <c r="H427" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="I427" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" s="1">
-        <v>46041.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B428" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D428" s="2">
-        <v>0.47916666666667</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E428" s="2">
-        <v>0.54166666666667</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F428" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G428" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H428" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="I428" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" s="1">
-        <v>46041.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B429" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D429" s="2">
-        <v>0.48611111111111</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E429" s="2">
-        <v>0.54861111111111</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F429" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G429" t="s">
         <v>11</v>
       </c>
       <c r="H429" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="I429" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" s="1">
-        <v>46041.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B430" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D430" s="2">
-        <v>0.50347222222222</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E430" s="2">
-        <v>0.53472222222222</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F430" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="G430" t="s">
         <v>11</v>
       </c>
       <c r="H430" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="I430" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" s="1">
-        <v>46041.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B431" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D431" s="2">
-        <v>0.53472222222222</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E431" s="2">
-        <v>0.56597222222222</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F431" t="s">
         <v>56</v>
       </c>
       <c r="G431" t="s">
         <v>11</v>
       </c>
       <c r="H431" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="I431" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" s="1">
         <v>46041.0</v>
       </c>
       <c r="B432" t="s">
         <v>39</v>
       </c>
       <c r="D432" s="2">
-        <v>0.5625</v>
+        <v>0.40625</v>
       </c>
       <c r="E432" s="2">
-        <v>0.625</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F432" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="G432" t="s">
         <v>11</v>
       </c>
       <c r="H432" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="I432" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" s="1">
         <v>46041.0</v>
       </c>
       <c r="B433" t="s">
         <v>39</v>
       </c>
       <c r="D433" s="2">
-        <v>0.60416666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E433" s="2">
-        <v>0.66666666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F433" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="G433" t="s">
         <v>11</v>
       </c>
       <c r="H433" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="I433" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" s="1">
         <v>46041.0</v>
       </c>
       <c r="B434" t="s">
         <v>39</v>
       </c>
       <c r="D434" s="2">
-        <v>0.69097222222222</v>
+        <v>0.48611111111111</v>
       </c>
       <c r="E434" s="2">
-        <v>0.75347222222222</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="F434" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="G434" t="s">
         <v>11</v>
       </c>
       <c r="H434" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="I434" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" s="1">
         <v>46041.0</v>
       </c>
       <c r="B435" t="s">
         <v>39</v>
       </c>
       <c r="D435" s="2">
-        <v>0.69097222222222</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E435" s="2">
-        <v>0.75347222222222</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="F435" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G435" t="s">
         <v>11</v>
       </c>
       <c r="H435" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I435" t="s">
-        <v>16</v>
+        <v>64</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B436" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D436" s="2">
-        <v>0.375</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="E436" s="2">
-        <v>0.4375</v>
+        <v>0.56597222222222</v>
       </c>
       <c r="F436" t="s">
         <v>56</v>
       </c>
       <c r="G436" t="s">
         <v>11</v>
       </c>
       <c r="H436" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="I436" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B437" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D437" s="2">
-        <v>0.40625</v>
+        <v>0.5625</v>
       </c>
       <c r="E437" s="2">
-        <v>0.4375</v>
+        <v>0.625</v>
       </c>
       <c r="F437" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="G437" t="s">
         <v>11</v>
       </c>
       <c r="H437" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="I437" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B438" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D438" s="2">
-        <v>0.44097222222222</v>
+        <v>0.625</v>
       </c>
       <c r="E438" s="2">
-        <v>0.47222222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="F438" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="G438" t="s">
         <v>11</v>
       </c>
       <c r="H438" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="I438" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B439" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D439" s="2">
-        <v>0.44097222222222</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E439" s="2">
-        <v>0.47222222222222</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F439" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="G439" t="s">
         <v>11</v>
       </c>
       <c r="H439" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="I439" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" s="1">
-        <v>46042.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B440" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D440" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E440" s="2">
-        <v>0.58333333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F440" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="G440" t="s">
         <v>11</v>
       </c>
       <c r="H440" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="I440" t="s">
-        <v>70</v>
+        <v>16</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" s="1">
         <v>46042.0</v>
       </c>
       <c r="B441" t="s">
         <v>44</v>
       </c>
       <c r="D441" s="2">
-        <v>0.58680555555556</v>
+        <v>0.375</v>
       </c>
       <c r="E441" s="2">
-        <v>0.61805555555556</v>
+        <v>0.4375</v>
       </c>
       <c r="F441" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="G441" t="s">
         <v>11</v>
       </c>
       <c r="H441" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="I441" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" s="1">
         <v>46042.0</v>
       </c>
       <c r="B442" t="s">
         <v>44</v>
       </c>
       <c r="D442" s="2">
-        <v>0.62152777777778</v>
+        <v>0.40625</v>
       </c>
       <c r="E442" s="2">
-        <v>0.65277777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="F442" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="G442" t="s">
         <v>11</v>
       </c>
       <c r="H442" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I442" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" s="1">
         <v>46042.0</v>
       </c>
       <c r="B443" t="s">
         <v>44</v>
       </c>
       <c r="D443" s="2">
-        <v>0.69097222222222</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E443" s="2">
-        <v>0.75347222222222</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F443" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G443" t="s">
         <v>11</v>
       </c>
       <c r="H443" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="I443" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" s="1">
         <v>46042.0</v>
       </c>
       <c r="B444" t="s">
         <v>44</v>
       </c>
       <c r="D444" s="2">
-        <v>0.72222222222222</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E444" s="2">
-        <v>0.75347222222222</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F444" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="G444" t="s">
         <v>11</v>
       </c>
       <c r="H444" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="I444" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" s="1">
         <v>46042.0</v>
       </c>
       <c r="B445" t="s">
         <v>44</v>
       </c>
       <c r="D445" s="2">
-        <v>0.76041666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E445" s="2">
-        <v>0.82291666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F445" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="G445" t="s">
         <v>11</v>
       </c>
       <c r="H445" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="I445" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B446" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D446" s="2">
-        <v>0.33333333333333</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E446" s="2">
-        <v>0.39583333333333</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F446" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="G446" t="s">
         <v>11</v>
       </c>
       <c r="H446" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="I446" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B447" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D447" s="2">
-        <v>0.40625</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E447" s="2">
-        <v>0.4375</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F447" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="G447" t="s">
         <v>11</v>
       </c>
       <c r="H447" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I447" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B448" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D448" s="2">
-        <v>0.48958333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E448" s="2">
-        <v>0.55208333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F448" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="G448" t="s">
         <v>11</v>
       </c>
       <c r="H448" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="I448" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B449" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D449" s="2">
-        <v>0.55208333333333</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E449" s="2">
-        <v>0.61805555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F449" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G449" t="s">
         <v>11</v>
       </c>
       <c r="H449" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="I449" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B450" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D450" s="2">
-        <v>0.55902777777778</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E450" s="2">
-        <v>0.62152777777778</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F450" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G450" t="s">
         <v>11</v>
       </c>
       <c r="H450" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I450" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" s="1">
         <v>46043.0</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="D451" s="2">
-        <v>0.76041666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E451" s="2">
-        <v>0.82291666666667</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F451" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="G451" t="s">
         <v>11</v>
       </c>
       <c r="H451" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="I451" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" s="1">
         <v>46043.0</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="D452" s="2">
-        <v>0.77083333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E452" s="2">
-        <v>0.83333333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="F452" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="G452" t="s">
         <v>11</v>
       </c>
       <c r="H452" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I452" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B453" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D453" s="2">
-        <v>0.37152777777778</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="E453" s="2">
-        <v>0.43402777777778</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F453" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="G453" t="s">
         <v>11</v>
       </c>
       <c r="H453" t="s">
         <v>38</v>
       </c>
       <c r="I453" t="s">
-        <v>32</v>
+        <v>68</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B454" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D454" s="2">
-        <v>0.4375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E454" s="2">
-        <v>0.46875</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F454" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="G454" t="s">
         <v>11</v>
       </c>
       <c r="H454" t="s">
-        <v>57</v>
+        <v>15</v>
+      </c>
+      <c r="I454" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B455" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D455" s="2">
-        <v>0.44444444444444</v>
+        <v>0.55902777777778</v>
       </c>
       <c r="E455" s="2">
-        <v>0.47569444444444</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F455" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="G455" t="s">
         <v>11</v>
       </c>
       <c r="H455" t="s">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="I455" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B456" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D456" s="2">
-        <v>0.46875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E456" s="2">
-        <v>0.5</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F456" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="G456" t="s">
         <v>11</v>
       </c>
       <c r="H456" t="s">
-        <v>57</v>
+        <v>51</v>
+      </c>
+      <c r="I456" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" s="1">
-        <v>46044.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B457" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D457" s="2">
-        <v>0.47916666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E457" s="2">
-        <v>0.51041666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F457" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G457" t="s">
         <v>11</v>
       </c>
       <c r="H457" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I457" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" s="1">
         <v>46044.0</v>
       </c>
       <c r="B458" t="s">
         <v>22</v>
       </c>
       <c r="D458" s="2">
-        <v>0.51388888888889</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E458" s="2">
-        <v>0.54513888888889</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F458" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G458" t="s">
         <v>11</v>
       </c>
       <c r="H458" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="I458" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" s="1">
         <v>46044.0</v>
       </c>
       <c r="B459" t="s">
         <v>22</v>
       </c>
       <c r="D459" s="2">
-        <v>0.55208333333333</v>
+        <v>0.4375</v>
       </c>
       <c r="E459" s="2">
-        <v>0.58333333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F459" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G459" t="s">
         <v>11</v>
       </c>
       <c r="H459" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="I459" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" s="1">
         <v>46044.0</v>
       </c>
       <c r="B460" t="s">
         <v>22</v>
       </c>
       <c r="D460" s="2">
-        <v>0.58680555555556</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E460" s="2">
-        <v>0.64930555555556</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F460" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="G460" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H460" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="I460" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" s="1">
         <v>46044.0</v>
       </c>
       <c r="B461" t="s">
         <v>22</v>
       </c>
       <c r="D461" s="2">
-        <v>0.65277777777778</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E461" s="2">
-        <v>0.68402777777778</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F461" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="G461" t="s">
         <v>11</v>
       </c>
       <c r="H461" t="s">
-        <v>57</v>
+        <v>72</v>
+      </c>
+      <c r="I461" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" s="1">
         <v>46044.0</v>
       </c>
       <c r="B462" t="s">
         <v>22</v>
       </c>
       <c r="D462" s="2">
-        <v>0.65277777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="E462" s="2">
-        <v>0.71527777777778</v>
+        <v>0.5</v>
       </c>
       <c r="F462" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="G462" t="s">
         <v>11</v>
       </c>
       <c r="H462" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="I462" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" s="1">
         <v>46044.0</v>
       </c>
       <c r="B463" t="s">
         <v>22</v>
       </c>
       <c r="D463" s="2">
-        <v>0.68402777777778</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E463" s="2">
-        <v>0.71527777777778</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F463" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="G463" t="s">
         <v>11</v>
       </c>
       <c r="H463" t="s">
-        <v>57</v>
+        <v>24</v>
+      </c>
+      <c r="I463" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B464" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D464" s="2">
-        <v>0.40625</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E464" s="2">
-        <v>0.47222222222222</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F464" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G464" t="s">
         <v>11</v>
       </c>
       <c r="H464" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I464" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B465" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D465" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E465" s="2">
-        <v>0.54166666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F465" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="G465" t="s">
         <v>11</v>
       </c>
       <c r="H465" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="I465" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B466" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D466" s="2">
-        <v>0.48611111111111</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E466" s="2">
-        <v>0.54861111111111</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F466" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G466" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H466" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="I466" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B467" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D467" s="2">
-        <v>0.50347222222222</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E467" s="2">
-        <v>0.53472222222222</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F467" t="s">
         <v>56</v>
       </c>
       <c r="G467" t="s">
         <v>11</v>
       </c>
       <c r="H467" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="I467" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B468" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D468" s="2">
-        <v>0.53472222222222</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E468" s="2">
-        <v>0.56597222222222</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F468" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="G468" t="s">
         <v>11</v>
       </c>
       <c r="H468" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="I468" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" s="1">
-        <v>46048.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B469" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D469" s="2">
-        <v>0.5625</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E469" s="2">
-        <v>0.625</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F469" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G469" t="s">
         <v>11</v>
       </c>
       <c r="H469" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I469" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" s="1">
         <v>46048.0</v>
       </c>
       <c r="B470" t="s">
         <v>39</v>
       </c>
       <c r="D470" s="2">
-        <v>0.60416666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E470" s="2">
-        <v>0.66666666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F470" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="G470" t="s">
         <v>11</v>
       </c>
       <c r="H470" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="I470" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" s="1">
         <v>46048.0</v>
       </c>
       <c r="B471" t="s">
         <v>39</v>
       </c>
       <c r="D471" s="2">
-        <v>0.69097222222222</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E471" s="2">
-        <v>0.75347222222222</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F471" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="G471" t="s">
         <v>11</v>
       </c>
       <c r="H471" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="I471" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" s="1">
         <v>46048.0</v>
       </c>
       <c r="B472" t="s">
         <v>39</v>
       </c>
       <c r="D472" s="2">
-        <v>0.69097222222222</v>
+        <v>0.48611111111111</v>
       </c>
       <c r="E472" s="2">
-        <v>0.75347222222222</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="F472" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="G472" t="s">
         <v>11</v>
       </c>
       <c r="H472" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="I472" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B473" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D473" s="2">
-        <v>0.375</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="E473" s="2">
-        <v>0.4375</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="F473" t="s">
         <v>56</v>
       </c>
       <c r="G473" t="s">
         <v>11</v>
       </c>
       <c r="H473" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="I473" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B474" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D474" s="2">
-        <v>0.40625</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="E474" s="2">
-        <v>0.4375</v>
+        <v>0.56597222222222</v>
       </c>
       <c r="F474" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G474" t="s">
         <v>11</v>
       </c>
       <c r="H474" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="I474" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B475" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D475" s="2">
-        <v>0.44097222222222</v>
+        <v>0.5625</v>
       </c>
       <c r="E475" s="2">
-        <v>0.47222222222222</v>
+        <v>0.625</v>
       </c>
       <c r="F475" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G475" t="s">
         <v>11</v>
       </c>
       <c r="H475" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="I475" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B476" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D476" s="2">
-        <v>0.44097222222222</v>
+        <v>0.625</v>
       </c>
       <c r="E476" s="2">
-        <v>0.47222222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="F476" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="G476" t="s">
         <v>11</v>
       </c>
       <c r="H476" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="I476" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B477" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D477" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E477" s="2">
-        <v>0.58333333333333</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F477" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="G477" t="s">
         <v>11</v>
       </c>
       <c r="H477" t="s">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="I477" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" s="1">
-        <v>46049.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B478" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D478" s="2">
-        <v>0.58680555555556</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E478" s="2">
-        <v>0.61805555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F478" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="G478" t="s">
         <v>11</v>
       </c>
       <c r="H478" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="I478" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" s="1">
         <v>46049.0</v>
       </c>
       <c r="B479" t="s">
         <v>44</v>
       </c>
       <c r="D479" s="2">
-        <v>0.62152777777778</v>
+        <v>0.375</v>
       </c>
       <c r="E479" s="2">
-        <v>0.65277777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="F479" t="s">
         <v>56</v>
       </c>
       <c r="G479" t="s">
         <v>11</v>
       </c>
       <c r="H479" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="I479" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" s="1">
         <v>46049.0</v>
       </c>
       <c r="B480" t="s">
         <v>44</v>
       </c>
       <c r="D480" s="2">
-        <v>0.69097222222222</v>
+        <v>0.40625</v>
       </c>
       <c r="E480" s="2">
-        <v>0.75347222222222</v>
+        <v>0.4375</v>
       </c>
       <c r="F480" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G480" t="s">
         <v>11</v>
       </c>
       <c r="H480" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="I480" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" s="1">
         <v>46049.0</v>
       </c>
       <c r="B481" t="s">
         <v>44</v>
       </c>
       <c r="D481" s="2">
-        <v>0.72222222222222</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E481" s="2">
-        <v>0.75347222222222</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F481" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G481" t="s">
         <v>11</v>
       </c>
       <c r="H481" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="I481" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" s="1">
         <v>46049.0</v>
       </c>
       <c r="B482" t="s">
         <v>44</v>
       </c>
       <c r="D482" s="2">
-        <v>0.76041666666667</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="E482" s="2">
-        <v>0.82291666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F482" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="G482" t="s">
         <v>11</v>
       </c>
       <c r="H482" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="I482" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B483" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D483" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E483" s="2">
-        <v>0.39583333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F483" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="G483" t="s">
         <v>11</v>
       </c>
       <c r="H483" t="s">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="I483" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B484" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D484" s="2">
-        <v>0.40625</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E484" s="2">
-        <v>0.4375</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F484" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="G484" t="s">
         <v>11</v>
       </c>
       <c r="H484" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I484" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B485" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D485" s="2">
-        <v>0.48958333333333</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="E485" s="2">
-        <v>0.55208333333333</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="F485" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G485" t="s">
         <v>11</v>
       </c>
       <c r="H485" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="I485" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B486" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D486" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="E486" s="2">
-        <v>0.61805555555556</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F486" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G486" t="s">
         <v>11</v>
       </c>
       <c r="H486" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="I486" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B487" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D487" s="2">
-        <v>0.55902777777778</v>
+        <v>0.72222222222222</v>
       </c>
       <c r="E487" s="2">
-        <v>0.62152777777778</v>
+        <v>0.75347222222222</v>
       </c>
       <c r="F487" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G487" t="s">
         <v>11</v>
       </c>
       <c r="H487" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I487" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" s="1">
-        <v>46050.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B488" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="D488" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E488" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="F488" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="G488" t="s">
         <v>11</v>
       </c>
       <c r="H488" t="s">
         <v>51</v>
       </c>
       <c r="I488" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" s="1">
         <v>46050.0</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="D489" s="2">
-        <v>0.77083333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E489" s="2">
-        <v>0.83333333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F489" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="G489" t="s">
         <v>11</v>
       </c>
       <c r="H489" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="I489" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B490" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D490" s="2">
-        <v>0.37152777777778</v>
+        <v>0.40625</v>
       </c>
       <c r="E490" s="2">
-        <v>0.43402777777778</v>
+        <v>0.4375</v>
       </c>
       <c r="F490" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="G490" t="s">
         <v>11</v>
       </c>
       <c r="H490" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I490" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B491" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D491" s="2">
-        <v>0.4375</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="E491" s="2">
-        <v>0.46875</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F491" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G491" t="s">
         <v>11</v>
       </c>
       <c r="H491" t="s">
-        <v>57</v>
+        <v>38</v>
+      </c>
+      <c r="I491" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B492" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D492" s="2">
-        <v>0.44444444444444</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E492" s="2">
-        <v>0.47569444444444</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F492" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="G492" t="s">
         <v>11</v>
       </c>
       <c r="H492" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="I492" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B493" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D493" s="2">
-        <v>0.46875</v>
+        <v>0.55902777777778</v>
       </c>
       <c r="E493" s="2">
-        <v>0.5</v>
+        <v>0.62152777777778</v>
       </c>
       <c r="F493" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G493" t="s">
         <v>11</v>
       </c>
       <c r="H493" t="s">
-        <v>57</v>
+        <v>43</v>
+      </c>
+      <c r="I493" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B494" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D494" s="2">
-        <v>0.47916666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="E494" s="2">
-        <v>0.51041666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F494" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G494" t="s">
         <v>11</v>
       </c>
       <c r="H494" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I494" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" s="1">
-        <v>46051.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B495" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D495" s="2">
-        <v>0.51388888888889</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E495" s="2">
-        <v>0.54513888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F495" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G495" t="s">
         <v>11</v>
       </c>
       <c r="H495" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I495" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" s="1">
         <v>46051.0</v>
       </c>
       <c r="B496" t="s">
         <v>22</v>
       </c>
       <c r="D496" s="2">
-        <v>0.55208333333333</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="E496" s="2">
-        <v>0.58333333333333</v>
+        <v>0.43402777777778</v>
       </c>
       <c r="F496" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="G496" t="s">
         <v>11</v>
       </c>
       <c r="H496" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="I496" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" s="1">
         <v>46051.0</v>
       </c>
       <c r="B497" t="s">
         <v>22</v>
       </c>
       <c r="D497" s="2">
-        <v>0.58680555555556</v>
+        <v>0.4375</v>
       </c>
       <c r="E497" s="2">
-        <v>0.64930555555556</v>
+        <v>0.46875</v>
       </c>
       <c r="F497" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="G497" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H497" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="I497" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" s="1">
         <v>46051.0</v>
       </c>
       <c r="B498" t="s">
         <v>22</v>
       </c>
       <c r="D498" s="2">
-        <v>0.65277777777778</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E498" s="2">
-        <v>0.68402777777778</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F498" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="G498" t="s">
         <v>11</v>
       </c>
       <c r="H498" t="s">
-        <v>57</v>
+        <v>66</v>
+      </c>
+      <c r="I498" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" s="1">
         <v>46051.0</v>
       </c>
       <c r="B499" t="s">
         <v>22</v>
       </c>
       <c r="D499" s="2">
-        <v>0.65277777777778</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E499" s="2">
-        <v>0.71527777777778</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F499" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G499" t="s">
         <v>11</v>
       </c>
       <c r="H499" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="I499" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" s="1">
         <v>46051.0</v>
       </c>
       <c r="B500" t="s">
         <v>22</v>
       </c>
       <c r="D500" s="2">
-        <v>0.68402777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="E500" s="2">
-        <v>0.71527777777778</v>
+        <v>0.5</v>
       </c>
       <c r="F500" t="s">
         <v>56</v>
       </c>
       <c r="G500" t="s">
         <v>11</v>
       </c>
       <c r="H500" t="s">
         <v>57</v>
       </c>
+      <c r="I500" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B501" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D501" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E501" s="2">
-        <v>0.47222222222222</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F501" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G501" t="s">
         <v>11</v>
       </c>
       <c r="H501" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I501" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B502" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D502" s="2">
-        <v>0.47916666666667</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="E502" s="2">
-        <v>0.54166666666667</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F502" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="G502" t="s">
         <v>11</v>
       </c>
       <c r="H502" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="I502" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B503" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D503" s="2">
-        <v>0.48611111111111</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E503" s="2">
-        <v>0.54861111111111</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F503" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="G503" t="s">
         <v>11</v>
       </c>
       <c r="H503" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="I503" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B504" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D504" s="2">
-        <v>0.50347222222222</v>
+        <v>0.58680555555556</v>
       </c>
       <c r="E504" s="2">
-        <v>0.53472222222222</v>
+        <v>0.64930555555556</v>
       </c>
       <c r="F504" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="G504" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H504" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="I504" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B505" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D505" s="2">
-        <v>0.53472222222222</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E505" s="2">
-        <v>0.56597222222222</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F505" t="s">
         <v>56</v>
       </c>
       <c r="G505" t="s">
         <v>11</v>
       </c>
       <c r="H505" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="I505" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B506" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D506" s="2">
-        <v>0.5625</v>
+        <v>0.65277777777778</v>
       </c>
       <c r="E506" s="2">
-        <v>0.625</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F506" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="G506" t="s">
         <v>11</v>
       </c>
       <c r="H506" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="I506" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" s="1">
-        <v>46055.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B507" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D507" s="2">
-        <v>0.60416666666667</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="E507" s="2">
-        <v>0.66666666666667</v>
+        <v>0.71527777777778</v>
       </c>
       <c r="F507" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="G507" t="s">
         <v>11</v>
       </c>
       <c r="H507" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="I507" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" s="1">
         <v>46055.0</v>
       </c>
       <c r="B508" t="s">
         <v>39</v>
       </c>
       <c r="D508" s="2">
-        <v>0.69097222222222</v>
+        <v>0.40625</v>
       </c>
       <c r="E508" s="2">
-        <v>0.75347222222222</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F508" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="G508" t="s">
         <v>11</v>
       </c>
       <c r="H508" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="I508" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" s="1">
         <v>46055.0</v>
       </c>
       <c r="B509" t="s">
         <v>39</v>
       </c>
       <c r="D509" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E509" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F509" t="s">
+        <v>58</v>
+      </c>
+      <c r="G509" t="s">
+        <v>11</v>
+      </c>
+      <c r="H509" t="s">
+        <v>59</v>
+      </c>
+      <c r="I509" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="510" spans="1:10">
+      <c r="A510" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B510" t="s">
+        <v>39</v>
+      </c>
+      <c r="D510" s="2">
+        <v>0.48611111111111</v>
+      </c>
+      <c r="E510" s="2">
+        <v>0.54861111111111</v>
+      </c>
+      <c r="F510" t="s">
+        <v>58</v>
+      </c>
+      <c r="G510" t="s">
+        <v>11</v>
+      </c>
+      <c r="H510" t="s">
+        <v>61</v>
+      </c>
+      <c r="I510" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="511" spans="1:10">
+      <c r="A511" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B511" t="s">
+        <v>39</v>
+      </c>
+      <c r="D511" s="2">
+        <v>0.50347222222222</v>
+      </c>
+      <c r="E511" s="2">
+        <v>0.53472222222222</v>
+      </c>
+      <c r="F511" t="s">
+        <v>56</v>
+      </c>
+      <c r="G511" t="s">
+        <v>11</v>
+      </c>
+      <c r="H511" t="s">
+        <v>42</v>
+      </c>
+      <c r="I511" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="512" spans="1:10">
+      <c r="A512" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B512" t="s">
+        <v>39</v>
+      </c>
+      <c r="D512" s="2">
+        <v>0.53472222222222</v>
+      </c>
+      <c r="E512" s="2">
+        <v>0.56597222222222</v>
+      </c>
+      <c r="F512" t="s">
+        <v>56</v>
+      </c>
+      <c r="G512" t="s">
+        <v>11</v>
+      </c>
+      <c r="H512" t="s">
+        <v>42</v>
+      </c>
+      <c r="I512" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="513" spans="1:10">
+      <c r="A513" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B513" t="s">
+        <v>39</v>
+      </c>
+      <c r="D513" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="E513" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="F513" t="s">
+        <v>58</v>
+      </c>
+      <c r="G513" t="s">
+        <v>11</v>
+      </c>
+      <c r="H513" t="s">
+        <v>59</v>
+      </c>
+      <c r="I513" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="514" spans="1:10">
+      <c r="A514" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B514" t="s">
+        <v>39</v>
+      </c>
+      <c r="D514" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E514" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="F514" t="s">
+        <v>33</v>
+      </c>
+      <c r="G514" t="s">
+        <v>11</v>
+      </c>
+      <c r="H514" t="s">
+        <v>34</v>
+      </c>
+      <c r="I514" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="515" spans="1:10">
+      <c r="A515" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B515" t="s">
+        <v>39</v>
+      </c>
+      <c r="D515" s="2">
         <v>0.69097222222222</v>
       </c>
-      <c r="E509" s="2">
+      <c r="E515" s="2">
         <v>0.75347222222222</v>
       </c>
-      <c r="F509" t="s">
+      <c r="F515" t="s">
         <v>41</v>
       </c>
-      <c r="G509" t="s">
-[...2 lines deleted...]
-      <c r="H509" t="s">
+      <c r="G515" t="s">
+        <v>11</v>
+      </c>
+      <c r="H515" t="s">
+        <v>42</v>
+      </c>
+      <c r="I515" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="516" spans="1:10">
+      <c r="A516" s="1">
+        <v>46055.0</v>
+      </c>
+      <c r="B516" t="s">
+        <v>39</v>
+      </c>
+      <c r="D516" s="2">
+        <v>0.69097222222222</v>
+      </c>
+      <c r="E516" s="2">
+        <v>0.75347222222222</v>
+      </c>
+      <c r="F516" t="s">
+        <v>41</v>
+      </c>
+      <c r="G516" t="s">
+        <v>11</v>
+      </c>
+      <c r="H516" t="s">
         <v>43</v>
       </c>
-      <c r="I509" t="s">
+      <c r="I516" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>