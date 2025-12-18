--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -216,50 +216,53 @@
     <t>02 A-15</t>
   </si>
   <si>
     <t>mgr Bogdan Skiedrzyński</t>
   </si>
   <si>
     <t>012 A-15</t>
   </si>
   <si>
     <t>mgr Katarzyna Mirowska</t>
   </si>
   <si>
     <t>011 A-15</t>
   </si>
   <si>
     <t>dr Monika Hanus -Kobus</t>
   </si>
   <si>
     <t>106 A-15</t>
   </si>
   <si>
     <t>mgr Wojciech Pruszyński</t>
   </si>
   <si>
     <t>07 A-15</t>
+  </si>
+  <si>
+    <t>5 A-15</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -4344,50 +4347,53 @@
         <v>44</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
         <v>45967.0</v>
       </c>
       <c r="B145" t="s">
         <v>25</v>
       </c>
       <c r="D145" s="2">
         <v>0.71875</v>
       </c>
       <c r="E145" s="2">
         <v>0.75</v>
       </c>
       <c r="F145" t="s">
         <v>55</v>
       </c>
       <c r="G145" t="s">
         <v>11</v>
       </c>
       <c r="H145" t="s">
         <v>56</v>
       </c>
+      <c r="I145" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
         <v>45973.0</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="D146" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E146" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F146" t="s">
         <v>10</v>
       </c>
       <c r="G146" t="s">
         <v>11</v>
       </c>
       <c r="H146" t="s">
         <v>12</v>
       </c>
       <c r="I146" t="s">
         <v>13</v>
@@ -4844,181 +4850,181 @@
       </c>
       <c r="D164" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="E164" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="F164" t="s">
         <v>45</v>
       </c>
       <c r="G164" t="s">
         <v>11</v>
       </c>
       <c r="H164" t="s">
         <v>42</v>
       </c>
       <c r="I164" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
         <v>45975.0</v>
       </c>
       <c r="B165" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D165" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E165" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="F165" t="s">
         <v>47</v>
       </c>
       <c r="G165" t="s">
         <v>15</v>
       </c>
       <c r="H165" t="s">
         <v>48</v>
       </c>
       <c r="I165" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>45975.0</v>
       </c>
       <c r="B166" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D166" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E166" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="F166" t="s">
         <v>55</v>
       </c>
       <c r="G166" t="s">
         <v>11</v>
       </c>
       <c r="H166" t="s">
         <v>62</v>
       </c>
       <c r="I166" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>45975.0</v>
       </c>
       <c r="B167" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D167" s="2">
         <v>0.58680555555556</v>
       </c>
       <c r="E167" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="F167" t="s">
         <v>35</v>
       </c>
       <c r="G167" t="s">
         <v>11</v>
       </c>
       <c r="H167" t="s">
         <v>64</v>
       </c>
       <c r="I167" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>45975.0</v>
       </c>
       <c r="B168" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D168" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="E168" s="2">
         <v>0.67013888888889</v>
       </c>
       <c r="F168" t="s">
         <v>55</v>
       </c>
       <c r="G168" t="s">
         <v>11</v>
       </c>
       <c r="H168" t="s">
         <v>62</v>
       </c>
       <c r="I168" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
         <v>45975.0</v>
       </c>
       <c r="B169" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D169" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="E169" s="2">
         <v>0.72222222222222</v>
       </c>
       <c r="F169" t="s">
         <v>50</v>
       </c>
       <c r="G169" t="s">
         <v>11</v>
       </c>
       <c r="H169" t="s">
         <v>51</v>
       </c>
       <c r="I169" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>45975.0</v>
       </c>
       <c r="B170" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D170" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="E170" s="2">
         <v>0.79513888888889</v>
       </c>
       <c r="F170" t="s">
         <v>53</v>
       </c>
       <c r="G170" t="s">
         <v>15</v>
       </c>
       <c r="H170" t="s">
         <v>54</v>
       </c>
       <c r="I170" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>45978.0</v>
       </c>
       <c r="B171" t="s">
@@ -5823,50 +5829,53 @@
         <v>44</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
         <v>45981.0</v>
       </c>
       <c r="B202" t="s">
         <v>25</v>
       </c>
       <c r="D202" s="2">
         <v>0.71875</v>
       </c>
       <c r="E202" s="2">
         <v>0.75</v>
       </c>
       <c r="F202" t="s">
         <v>55</v>
       </c>
       <c r="G202" t="s">
         <v>11</v>
       </c>
       <c r="H202" t="s">
         <v>56</v>
       </c>
+      <c r="I202" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="1">
         <v>45985.0</v>
       </c>
       <c r="B203" t="s">
         <v>32</v>
       </c>
       <c r="D203" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E203" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F203" t="s">
         <v>33</v>
       </c>
       <c r="G203" t="s">
         <v>15</v>
       </c>
       <c r="H203" t="s">
         <v>34</v>
       </c>
       <c r="I203" t="s">
         <v>28</v>
@@ -6678,50 +6687,53 @@
         <v>44</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="1">
         <v>45988.0</v>
       </c>
       <c r="B235" t="s">
         <v>25</v>
       </c>
       <c r="D235" s="2">
         <v>0.71875</v>
       </c>
       <c r="E235" s="2">
         <v>0.75</v>
       </c>
       <c r="F235" t="s">
         <v>55</v>
       </c>
       <c r="G235" t="s">
         <v>11</v>
       </c>
       <c r="H235" t="s">
         <v>56</v>
       </c>
+      <c r="I235" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="1">
         <v>45992.0</v>
       </c>
       <c r="B236" t="s">
         <v>32</v>
       </c>
       <c r="D236" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E236" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F236" t="s">
         <v>33</v>
       </c>
       <c r="G236" t="s">
         <v>15</v>
       </c>
       <c r="H236" t="s">
         <v>34</v>
       </c>
       <c r="I236" t="s">
         <v>28</v>
@@ -7507,50 +7519,53 @@
         <v>44</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="1">
         <v>45995.0</v>
       </c>
       <c r="B267" t="s">
         <v>25</v>
       </c>
       <c r="D267" s="2">
         <v>0.71875</v>
       </c>
       <c r="E267" s="2">
         <v>0.75</v>
       </c>
       <c r="F267" t="s">
         <v>55</v>
       </c>
       <c r="G267" t="s">
         <v>11</v>
       </c>
       <c r="H267" t="s">
         <v>56</v>
       </c>
+      <c r="I267" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
         <v>45999.0</v>
       </c>
       <c r="B268" t="s">
         <v>32</v>
       </c>
       <c r="D268" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E268" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F268" t="s">
         <v>33</v>
       </c>
       <c r="G268" t="s">
         <v>15</v>
       </c>
       <c r="H268" t="s">
         <v>34</v>
       </c>
       <c r="I268" t="s">
         <v>28</v>
@@ -8362,50 +8377,53 @@
         <v>44</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="1">
         <v>46002.0</v>
       </c>
       <c r="B300" t="s">
         <v>25</v>
       </c>
       <c r="D300" s="2">
         <v>0.71875</v>
       </c>
       <c r="E300" s="2">
         <v>0.75</v>
       </c>
       <c r="F300" t="s">
         <v>55</v>
       </c>
       <c r="G300" t="s">
         <v>11</v>
       </c>
       <c r="H300" t="s">
         <v>56</v>
       </c>
+      <c r="I300" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="1">
         <v>46006.0</v>
       </c>
       <c r="B301" t="s">
         <v>32</v>
       </c>
       <c r="D301" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E301" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F301" t="s">
         <v>33</v>
       </c>
       <c r="G301" t="s">
         <v>15</v>
       </c>
       <c r="H301" t="s">
         <v>34</v>
       </c>
       <c r="I301" t="s">
         <v>28</v>
@@ -9191,50 +9209,53 @@
         <v>44</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="1">
         <v>46009.0</v>
       </c>
       <c r="B332" t="s">
         <v>25</v>
       </c>
       <c r="D332" s="2">
         <v>0.71875</v>
       </c>
       <c r="E332" s="2">
         <v>0.75</v>
       </c>
       <c r="F332" t="s">
         <v>55</v>
       </c>
       <c r="G332" t="s">
         <v>11</v>
       </c>
       <c r="H332" t="s">
         <v>56</v>
       </c>
+      <c r="I332" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="1">
         <v>46029.0</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="D333" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E333" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="F333" t="s">
         <v>47</v>
       </c>
       <c r="G333" t="s">
         <v>15</v>
       </c>
       <c r="H333" t="s">
         <v>48</v>
       </c>
       <c r="I333" t="s">
         <v>49</v>
@@ -9552,50 +9573,53 @@
         <v>44</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="1">
         <v>46030.0</v>
       </c>
       <c r="B346" t="s">
         <v>25</v>
       </c>
       <c r="D346" s="2">
         <v>0.71875</v>
       </c>
       <c r="E346" s="2">
         <v>0.75</v>
       </c>
       <c r="F346" t="s">
         <v>55</v>
       </c>
       <c r="G346" t="s">
         <v>11</v>
       </c>
       <c r="H346" t="s">
         <v>56</v>
       </c>
+      <c r="I346" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="1">
         <v>46034.0</v>
       </c>
       <c r="B347" t="s">
         <v>32</v>
       </c>
       <c r="D347" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E347" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F347" t="s">
         <v>33</v>
       </c>
       <c r="G347" t="s">
         <v>15</v>
       </c>
       <c r="H347" t="s">
         <v>34</v>
       </c>
       <c r="I347" t="s">
         <v>28</v>
@@ -10381,50 +10405,53 @@
         <v>44</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" s="1">
         <v>46037.0</v>
       </c>
       <c r="B378" t="s">
         <v>25</v>
       </c>
       <c r="D378" s="2">
         <v>0.71875</v>
       </c>
       <c r="E378" s="2">
         <v>0.75</v>
       </c>
       <c r="F378" t="s">
         <v>55</v>
       </c>
       <c r="G378" t="s">
         <v>11</v>
       </c>
       <c r="H378" t="s">
         <v>56</v>
       </c>
+      <c r="I378" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" s="1">
         <v>46041.0</v>
       </c>
       <c r="B379" t="s">
         <v>32</v>
       </c>
       <c r="D379" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E379" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F379" t="s">
         <v>33</v>
       </c>
       <c r="G379" t="s">
         <v>15</v>
       </c>
       <c r="H379" t="s">
         <v>34</v>
       </c>
       <c r="I379" t="s">
         <v>28</v>
@@ -11236,50 +11263,53 @@
         <v>44</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" s="1">
         <v>46044.0</v>
       </c>
       <c r="B411" t="s">
         <v>25</v>
       </c>
       <c r="D411" s="2">
         <v>0.71875</v>
       </c>
       <c r="E411" s="2">
         <v>0.75</v>
       </c>
       <c r="F411" t="s">
         <v>55</v>
       </c>
       <c r="G411" t="s">
         <v>11</v>
       </c>
       <c r="H411" t="s">
         <v>56</v>
       </c>
+      <c r="I411" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" s="1">
         <v>46048.0</v>
       </c>
       <c r="B412" t="s">
         <v>32</v>
       </c>
       <c r="D412" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E412" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F412" t="s">
         <v>33</v>
       </c>
       <c r="G412" t="s">
         <v>15</v>
       </c>
       <c r="H412" t="s">
         <v>34</v>
       </c>
       <c r="I412" t="s">
         <v>28</v>
@@ -12090,50 +12120,53 @@
       <c r="I443" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" s="1">
         <v>46051.0</v>
       </c>
       <c r="B444" t="s">
         <v>25</v>
       </c>
       <c r="D444" s="2">
         <v>0.71875</v>
       </c>
       <c r="E444" s="2">
         <v>0.75</v>
       </c>
       <c r="F444" t="s">
         <v>55</v>
       </c>
       <c r="G444" t="s">
         <v>11</v>
       </c>
       <c r="H444" t="s">
         <v>56</v>
+      </c>
+      <c r="I444" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" s="1">
         <v>46055.0</v>
       </c>
       <c r="B445" t="s">
         <v>32</v>
       </c>
       <c r="D445" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E445" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F445" t="s">
         <v>33</v>
       </c>
       <c r="G445" t="s">
         <v>15</v>
       </c>
       <c r="H445" t="s">
         <v>34</v>
       </c>
       <c r="I445" t="s">