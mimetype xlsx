--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -3127,50 +3127,53 @@
         <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>45967.0</v>
       </c>
       <c r="B99" t="s">
         <v>19</v>
       </c>
       <c r="D99" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E99" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F99" t="s">
         <v>50</v>
       </c>
       <c r="G99" t="s">
         <v>11</v>
       </c>
       <c r="H99" t="s">
         <v>51</v>
       </c>
+      <c r="I99" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>45967.0</v>
       </c>
       <c r="B100" t="s">
         <v>19</v>
       </c>
       <c r="D100" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E100" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F100" t="s">
         <v>17</v>
       </c>
       <c r="G100" t="s">
         <v>11</v>
       </c>
       <c r="H100" t="s">
         <v>20</v>
       </c>
       <c r="I100" t="s">
         <v>21</v>
@@ -4092,54 +4095,54 @@
       </c>
       <c r="E136" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F136" t="s">
         <v>52</v>
       </c>
       <c r="G136" t="s">
         <v>11</v>
       </c>
       <c r="H136" t="s">
         <v>53</v>
       </c>
       <c r="I136" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>45980.0</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="D137" s="2">
-        <v>0.36805555555556</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E137" s="2">
-        <v>0.39930555555556</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F137" t="s">
         <v>10</v>
       </c>
       <c r="G137" t="s">
         <v>11</v>
       </c>
       <c r="H137" t="s">
         <v>12</v>
       </c>
       <c r="I137" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>45980.0</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="D138" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E138" s="2">
@@ -4236,50 +4239,53 @@
         <v>30</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>45981.0</v>
       </c>
       <c r="B142" t="s">
         <v>19</v>
       </c>
       <c r="D142" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E142" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F142" t="s">
         <v>50</v>
       </c>
       <c r="G142" t="s">
         <v>11</v>
       </c>
       <c r="H142" t="s">
         <v>51</v>
       </c>
+      <c r="I142" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
         <v>45981.0</v>
       </c>
       <c r="B143" t="s">
         <v>19</v>
       </c>
       <c r="D143" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E143" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F143" t="s">
         <v>17</v>
       </c>
       <c r="G143" t="s">
         <v>11</v>
       </c>
       <c r="H143" t="s">
         <v>20</v>
       </c>
       <c r="I143" t="s">
         <v>21</v>
@@ -4710,54 +4716,54 @@
       </c>
       <c r="E160" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F160" t="s">
         <v>52</v>
       </c>
       <c r="G160" t="s">
         <v>11</v>
       </c>
       <c r="H160" t="s">
         <v>53</v>
       </c>
       <c r="I160" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>45987.0</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="D161" s="2">
-        <v>0.36805555555556</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E161" s="2">
-        <v>0.39930555555556</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F161" t="s">
         <v>10</v>
       </c>
       <c r="G161" t="s">
         <v>11</v>
       </c>
       <c r="H161" t="s">
         <v>12</v>
       </c>
       <c r="I161" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>45987.0</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="D162" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E162" s="2">
@@ -4854,50 +4860,53 @@
         <v>30</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>45988.0</v>
       </c>
       <c r="B166" t="s">
         <v>19</v>
       </c>
       <c r="D166" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E166" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F166" t="s">
         <v>50</v>
       </c>
       <c r="G166" t="s">
         <v>11</v>
       </c>
       <c r="H166" t="s">
         <v>51</v>
       </c>
+      <c r="I166" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>45988.0</v>
       </c>
       <c r="B167" t="s">
         <v>19</v>
       </c>
       <c r="D167" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E167" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F167" t="s">
         <v>17</v>
       </c>
       <c r="G167" t="s">
         <v>11</v>
       </c>
       <c r="H167" t="s">
         <v>20</v>
       </c>
       <c r="I167" t="s">
         <v>21</v>
@@ -5328,54 +5337,54 @@
       </c>
       <c r="E184" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F184" t="s">
         <v>52</v>
       </c>
       <c r="G184" t="s">
         <v>11</v>
       </c>
       <c r="H184" t="s">
         <v>53</v>
       </c>
       <c r="I184" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>45994.0</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="D185" s="2">
-        <v>0.36805555555556</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E185" s="2">
-        <v>0.39930555555556</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F185" t="s">
         <v>10</v>
       </c>
       <c r="G185" t="s">
         <v>11</v>
       </c>
       <c r="H185" t="s">
         <v>12</v>
       </c>
       <c r="I185" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>45994.0</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="D186" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E186" s="2">
@@ -5472,50 +5481,53 @@
         <v>30</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>45995.0</v>
       </c>
       <c r="B190" t="s">
         <v>19</v>
       </c>
       <c r="D190" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E190" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F190" t="s">
         <v>50</v>
       </c>
       <c r="G190" t="s">
         <v>11</v>
       </c>
       <c r="H190" t="s">
         <v>51</v>
       </c>
+      <c r="I190" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>45995.0</v>
       </c>
       <c r="B191" t="s">
         <v>19</v>
       </c>
       <c r="D191" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E191" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F191" t="s">
         <v>17</v>
       </c>
       <c r="G191" t="s">
         <v>11</v>
       </c>
       <c r="H191" t="s">
         <v>20</v>
       </c>
       <c r="I191" t="s">
         <v>21</v>
@@ -5946,54 +5958,54 @@
       </c>
       <c r="E208" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F208" t="s">
         <v>52</v>
       </c>
       <c r="G208" t="s">
         <v>11</v>
       </c>
       <c r="H208" t="s">
         <v>53</v>
       </c>
       <c r="I208" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
         <v>46001.0</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="D209" s="2">
-        <v>0.36805555555556</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E209" s="2">
-        <v>0.39930555555556</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F209" t="s">
         <v>10</v>
       </c>
       <c r="G209" t="s">
         <v>11</v>
       </c>
       <c r="H209" t="s">
         <v>12</v>
       </c>
       <c r="I209" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>46001.0</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="D210" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E210" s="2">
@@ -6090,50 +6102,53 @@
         <v>30</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
         <v>46002.0</v>
       </c>
       <c r="B214" t="s">
         <v>19</v>
       </c>
       <c r="D214" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E214" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F214" t="s">
         <v>50</v>
       </c>
       <c r="G214" t="s">
         <v>11</v>
       </c>
       <c r="H214" t="s">
         <v>51</v>
       </c>
+      <c r="I214" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
         <v>46002.0</v>
       </c>
       <c r="B215" t="s">
         <v>19</v>
       </c>
       <c r="D215" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E215" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F215" t="s">
         <v>17</v>
       </c>
       <c r="G215" t="s">
         <v>11</v>
       </c>
       <c r="H215" t="s">
         <v>20</v>
       </c>
       <c r="I215" t="s">
         <v>21</v>
@@ -6564,54 +6579,54 @@
       </c>
       <c r="E232" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F232" t="s">
         <v>52</v>
       </c>
       <c r="G232" t="s">
         <v>11</v>
       </c>
       <c r="H232" t="s">
         <v>53</v>
       </c>
       <c r="I232" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="1">
         <v>46008.0</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="D233" s="2">
-        <v>0.36805555555556</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E233" s="2">
-        <v>0.39930555555556</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F233" t="s">
         <v>10</v>
       </c>
       <c r="G233" t="s">
         <v>11</v>
       </c>
       <c r="H233" t="s">
         <v>12</v>
       </c>
       <c r="I233" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="1">
         <v>46008.0</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="D234" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E234" s="2">
@@ -6708,50 +6723,53 @@
         <v>30</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="1">
         <v>46009.0</v>
       </c>
       <c r="B238" t="s">
         <v>19</v>
       </c>
       <c r="D238" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E238" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F238" t="s">
         <v>50</v>
       </c>
       <c r="G238" t="s">
         <v>11</v>
       </c>
       <c r="H238" t="s">
         <v>51</v>
       </c>
+      <c r="I238" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="1">
         <v>46009.0</v>
       </c>
       <c r="B239" t="s">
         <v>19</v>
       </c>
       <c r="D239" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E239" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F239" t="s">
         <v>17</v>
       </c>
       <c r="G239" t="s">
         <v>11</v>
       </c>
       <c r="H239" t="s">
         <v>20</v>
       </c>
       <c r="I239" t="s">
         <v>21</v>
@@ -7043,50 +7061,53 @@
         <v>30</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="1">
         <v>46030.0</v>
       </c>
       <c r="B251" t="s">
         <v>19</v>
       </c>
       <c r="D251" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E251" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F251" t="s">
         <v>50</v>
       </c>
       <c r="G251" t="s">
         <v>11</v>
       </c>
       <c r="H251" t="s">
         <v>51</v>
       </c>
+      <c r="I251" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="1">
         <v>46030.0</v>
       </c>
       <c r="B252" t="s">
         <v>19</v>
       </c>
       <c r="D252" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E252" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F252" t="s">
         <v>17</v>
       </c>
       <c r="G252" t="s">
         <v>11</v>
       </c>
       <c r="H252" t="s">
         <v>20</v>
       </c>
       <c r="I252" t="s">
         <v>21</v>
@@ -7517,54 +7538,54 @@
       </c>
       <c r="E269" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F269" t="s">
         <v>52</v>
       </c>
       <c r="G269" t="s">
         <v>11</v>
       </c>
       <c r="H269" t="s">
         <v>53</v>
       </c>
       <c r="I269" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
         <v>46036.0</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="D270" s="2">
-        <v>0.36805555555556</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E270" s="2">
-        <v>0.39930555555556</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F270" t="s">
         <v>10</v>
       </c>
       <c r="G270" t="s">
         <v>11</v>
       </c>
       <c r="H270" t="s">
         <v>12</v>
       </c>
       <c r="I270" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
         <v>46036.0</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="D271" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E271" s="2">
@@ -7661,50 +7682,53 @@
         <v>30</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" s="1">
         <v>46037.0</v>
       </c>
       <c r="B275" t="s">
         <v>19</v>
       </c>
       <c r="D275" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E275" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F275" t="s">
         <v>50</v>
       </c>
       <c r="G275" t="s">
         <v>11</v>
       </c>
       <c r="H275" t="s">
         <v>51</v>
       </c>
+      <c r="I275" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" s="1">
         <v>46037.0</v>
       </c>
       <c r="B276" t="s">
         <v>19</v>
       </c>
       <c r="D276" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E276" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F276" t="s">
         <v>17</v>
       </c>
       <c r="G276" t="s">
         <v>11</v>
       </c>
       <c r="H276" t="s">
         <v>20</v>
       </c>
       <c r="I276" t="s">
         <v>21</v>
@@ -8135,54 +8159,54 @@
       </c>
       <c r="E293" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F293" t="s">
         <v>52</v>
       </c>
       <c r="G293" t="s">
         <v>11</v>
       </c>
       <c r="H293" t="s">
         <v>53</v>
       </c>
       <c r="I293" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="1">
         <v>46043.0</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="D294" s="2">
-        <v>0.36805555555556</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E294" s="2">
-        <v>0.39930555555556</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F294" t="s">
         <v>10</v>
       </c>
       <c r="G294" t="s">
         <v>11</v>
       </c>
       <c r="H294" t="s">
         <v>12</v>
       </c>
       <c r="I294" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="1">
         <v>46043.0</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="D295" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E295" s="2">
@@ -8279,50 +8303,53 @@
         <v>30</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="1">
         <v>46044.0</v>
       </c>
       <c r="B299" t="s">
         <v>19</v>
       </c>
       <c r="D299" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E299" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F299" t="s">
         <v>50</v>
       </c>
       <c r="G299" t="s">
         <v>11</v>
       </c>
       <c r="H299" t="s">
         <v>51</v>
       </c>
+      <c r="I299" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="1">
         <v>46044.0</v>
       </c>
       <c r="B300" t="s">
         <v>19</v>
       </c>
       <c r="D300" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E300" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F300" t="s">
         <v>17</v>
       </c>
       <c r="G300" t="s">
         <v>11</v>
       </c>
       <c r="H300" t="s">
         <v>20</v>
       </c>
       <c r="I300" t="s">
         <v>21</v>
@@ -8753,54 +8780,54 @@
       </c>
       <c r="E317" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F317" t="s">
         <v>52</v>
       </c>
       <c r="G317" t="s">
         <v>11</v>
       </c>
       <c r="H317" t="s">
         <v>53</v>
       </c>
       <c r="I317" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="1">
         <v>46050.0</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="D318" s="2">
-        <v>0.36805555555556</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="E318" s="2">
-        <v>0.39930555555556</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="F318" t="s">
         <v>10</v>
       </c>
       <c r="G318" t="s">
         <v>11</v>
       </c>
       <c r="H318" t="s">
         <v>12</v>
       </c>
       <c r="I318" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="1">
         <v>46050.0</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="D319" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E319" s="2">
@@ -8896,50 +8923,53 @@
       <c r="I322" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="1">
         <v>46051.0</v>
       </c>
       <c r="B323" t="s">
         <v>19</v>
       </c>
       <c r="D323" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="E323" s="2">
         <v>0.64583333333333</v>
       </c>
       <c r="F323" t="s">
         <v>50</v>
       </c>
       <c r="G323" t="s">
         <v>11</v>
       </c>
       <c r="H323" t="s">
         <v>51</v>
+      </c>
+      <c r="I323" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="1">
         <v>46051.0</v>
       </c>
       <c r="B324" t="s">
         <v>19</v>
       </c>
       <c r="D324" s="2">
         <v>0.65277777777778</v>
       </c>
       <c r="E324" s="2">
         <v>0.71527777777778</v>
       </c>
       <c r="F324" t="s">
         <v>17</v>
       </c>
       <c r="G324" t="s">
         <v>11</v>
       </c>
       <c r="H324" t="s">
         <v>20</v>
       </c>
       <c r="I324" t="s">