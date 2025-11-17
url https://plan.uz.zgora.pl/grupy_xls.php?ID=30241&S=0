--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -120,50 +120,59 @@
     <t>dr Tomasz Małolepszy</t>
   </si>
   <si>
     <t>205 A-29</t>
   </si>
   <si>
     <t>Qualitative Theory of Differential Equations (WĆL)</t>
   </si>
   <si>
     <t>dr Ewa Sylwestrzak-Maślanka</t>
   </si>
   <si>
     <t>112 A-29</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Introduction to Mathematical Finance (W+L)</t>
   </si>
   <si>
     <t>W+L</t>
   </si>
   <si>
     <t>dr Dorota Głazowska</t>
+  </si>
+  <si>
+    <t>211 A-29</t>
+  </si>
+  <si>
+    <t>203 A-29</t>
+  </si>
+  <si>
+    <t>122 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1245,77 +1254,77 @@
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>45958.0</v>
       </c>
       <c r="B29" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E29" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F29" t="s">
         <v>33</v>
       </c>
       <c r="G29" t="s">
         <v>34</v>
       </c>
       <c r="H29" t="s">
         <v>35</v>
       </c>
       <c r="I29" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>45959.0</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E30" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30" t="s">
         <v>11</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>45959.0</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E31" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F31" t="s">
         <v>14</v>
       </c>
       <c r="G31" t="s">
         <v>11</v>
       </c>
       <c r="H31" t="s">
         <v>15</v>
       </c>
       <c r="I31" t="s">
@@ -1427,77 +1436,77 @@
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>45965.0</v>
       </c>
       <c r="B36" t="s">
         <v>32</v>
       </c>
       <c r="D36" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E36" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F36" t="s">
         <v>33</v>
       </c>
       <c r="G36" t="s">
         <v>34</v>
       </c>
       <c r="H36" t="s">
         <v>35</v>
       </c>
       <c r="I36" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>45966.0</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E37" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37" t="s">
         <v>11</v>
       </c>
       <c r="H37" t="s">
         <v>12</v>
       </c>
       <c r="I37" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>45966.0</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E38" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38" t="s">
         <v>11</v>
       </c>
       <c r="H38" t="s">
         <v>15</v>
       </c>
       <c r="I38" t="s">
@@ -1609,51 +1618,51 @@
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
         <v>45973.0</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E43" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43" t="s">
         <v>11</v>
       </c>
       <c r="H43" t="s">
         <v>12</v>
       </c>
       <c r="I43" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>45973.0</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E44" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F44" t="s">
         <v>14</v>
       </c>
       <c r="G44" t="s">
         <v>11</v>
       </c>
       <c r="H44" t="s">
         <v>15</v>
       </c>
       <c r="I44" t="s">
@@ -1661,103 +1670,103 @@
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>45975.0</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="D45" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E45" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F45" t="s">
         <v>33</v>
       </c>
       <c r="G45" t="s">
         <v>34</v>
       </c>
       <c r="H45" t="s">
         <v>35</v>
       </c>
       <c r="I45" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>45979.0</v>
       </c>
       <c r="B46" t="s">
         <v>32</v>
       </c>
       <c r="D46" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E46" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F46" t="s">
         <v>33</v>
       </c>
       <c r="G46" t="s">
         <v>34</v>
       </c>
       <c r="H46" t="s">
         <v>35</v>
       </c>
       <c r="I46" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>45980.0</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E47" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47" t="s">
         <v>11</v>
       </c>
       <c r="H47" t="s">
         <v>12</v>
       </c>
       <c r="I47" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
         <v>45980.0</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E48" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F48" t="s">
         <v>14</v>
       </c>
       <c r="G48" t="s">
         <v>11</v>
       </c>
       <c r="H48" t="s">
         <v>15</v>
       </c>
       <c r="I48" t="s">
@@ -1869,77 +1878,77 @@
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>45986.0</v>
       </c>
       <c r="B53" t="s">
         <v>32</v>
       </c>
       <c r="D53" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E53" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F53" t="s">
         <v>33</v>
       </c>
       <c r="G53" t="s">
         <v>34</v>
       </c>
       <c r="H53" t="s">
         <v>35</v>
       </c>
       <c r="I53" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>45987.0</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E54" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54" t="s">
         <v>11</v>
       </c>
       <c r="H54" t="s">
         <v>12</v>
       </c>
       <c r="I54" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>45987.0</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E55" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F55" t="s">
         <v>14</v>
       </c>
       <c r="G55" t="s">
         <v>11</v>
       </c>
       <c r="H55" t="s">
         <v>15</v>
       </c>
       <c r="I55" t="s">
@@ -2051,77 +2060,77 @@
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>45993.0</v>
       </c>
       <c r="B60" t="s">
         <v>32</v>
       </c>
       <c r="D60" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E60" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F60" t="s">
         <v>33</v>
       </c>
       <c r="G60" t="s">
         <v>34</v>
       </c>
       <c r="H60" t="s">
         <v>35</v>
       </c>
       <c r="I60" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>45994.0</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E61" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61" t="s">
         <v>11</v>
       </c>
       <c r="H61" t="s">
         <v>12</v>
       </c>
       <c r="I61" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>45994.0</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E62" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F62" t="s">
         <v>14</v>
       </c>
       <c r="G62" t="s">
         <v>11</v>
       </c>
       <c r="H62" t="s">
         <v>15</v>
       </c>
       <c r="I62" t="s">
@@ -2233,77 +2242,77 @@
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>46000.0</v>
       </c>
       <c r="B67" t="s">
         <v>32</v>
       </c>
       <c r="D67" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E67" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F67" t="s">
         <v>33</v>
       </c>
       <c r="G67" t="s">
         <v>34</v>
       </c>
       <c r="H67" t="s">
         <v>35</v>
       </c>
       <c r="I67" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>46001.0</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E68" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F68" t="s">
         <v>10</v>
       </c>
       <c r="G68" t="s">
         <v>11</v>
       </c>
       <c r="H68" t="s">
         <v>12</v>
       </c>
       <c r="I68" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>46001.0</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E69" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F69" t="s">
         <v>14</v>
       </c>
       <c r="G69" t="s">
         <v>11</v>
       </c>
       <c r="H69" t="s">
         <v>15</v>
       </c>
       <c r="I69" t="s">
@@ -2415,77 +2424,77 @@
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>46007.0</v>
       </c>
       <c r="B74" t="s">
         <v>32</v>
       </c>
       <c r="D74" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E74" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F74" t="s">
         <v>33</v>
       </c>
       <c r="G74" t="s">
         <v>34</v>
       </c>
       <c r="H74" t="s">
         <v>35</v>
       </c>
       <c r="I74" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>46008.0</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E75" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75" t="s">
         <v>11</v>
       </c>
       <c r="H75" t="s">
         <v>12</v>
       </c>
       <c r="I75" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>46008.0</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E76" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F76" t="s">
         <v>14</v>
       </c>
       <c r="G76" t="s">
         <v>11</v>
       </c>
       <c r="H76" t="s">
         <v>15</v>
       </c>
       <c r="I76" t="s">
@@ -2597,51 +2606,51 @@
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>46029.0</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="D81" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E81" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F81" t="s">
         <v>33</v>
       </c>
       <c r="G81" t="s">
         <v>34</v>
       </c>
       <c r="H81" t="s">
         <v>35</v>
       </c>
       <c r="I81" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>46030.0</v>
       </c>
       <c r="B82" t="s">
         <v>17</v>
       </c>
       <c r="D82" s="2">
         <v>0.53125</v>
       </c>
       <c r="E82" s="2">
         <v>0.59375</v>
       </c>
       <c r="F82" t="s">
         <v>18</v>
       </c>
       <c r="G82" t="s">
         <v>11</v>
       </c>
       <c r="H82" t="s">
         <v>19</v>
       </c>
       <c r="I82" t="s">
@@ -2727,77 +2736,77 @@
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>46035.0</v>
       </c>
       <c r="B86" t="s">
         <v>32</v>
       </c>
       <c r="D86" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E86" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F86" t="s">
         <v>33</v>
       </c>
       <c r="G86" t="s">
         <v>34</v>
       </c>
       <c r="H86" t="s">
         <v>35</v>
       </c>
       <c r="I86" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>46036.0</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E87" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87" t="s">
         <v>11</v>
       </c>
       <c r="H87" t="s">
         <v>12</v>
       </c>
       <c r="I87" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>46036.0</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E88" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F88" t="s">
         <v>14</v>
       </c>
       <c r="G88" t="s">
         <v>11</v>
       </c>
       <c r="H88" t="s">
         <v>15</v>
       </c>
       <c r="I88" t="s">
@@ -2909,77 +2918,77 @@
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>46042.0</v>
       </c>
       <c r="B93" t="s">
         <v>32</v>
       </c>
       <c r="D93" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E93" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F93" t="s">
         <v>33</v>
       </c>
       <c r="G93" t="s">
         <v>34</v>
       </c>
       <c r="H93" t="s">
         <v>35</v>
       </c>
       <c r="I93" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>46043.0</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="D94" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E94" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F94" t="s">
         <v>10</v>
       </c>
       <c r="G94" t="s">
         <v>11</v>
       </c>
       <c r="H94" t="s">
         <v>12</v>
       </c>
       <c r="I94" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>46043.0</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="D95" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E95" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F95" t="s">
         <v>14</v>
       </c>
       <c r="G95" t="s">
         <v>11</v>
       </c>
       <c r="H95" t="s">
         <v>15</v>
       </c>
       <c r="I95" t="s">
@@ -3091,77 +3100,77 @@
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>46049.0</v>
       </c>
       <c r="B100" t="s">
         <v>32</v>
       </c>
       <c r="D100" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E100" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F100" t="s">
         <v>33</v>
       </c>
       <c r="G100" t="s">
         <v>34</v>
       </c>
       <c r="H100" t="s">
         <v>35</v>
       </c>
       <c r="I100" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>46050.0</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="D101" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E101" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F101" t="s">
         <v>10</v>
       </c>
       <c r="G101" t="s">
         <v>11</v>
       </c>
       <c r="H101" t="s">
         <v>12</v>
       </c>
       <c r="I101" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>46050.0</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E102" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F102" t="s">
         <v>14</v>
       </c>
       <c r="G102" t="s">
         <v>11</v>
       </c>
       <c r="H102" t="s">
         <v>15</v>
       </c>
       <c r="I102" t="s">