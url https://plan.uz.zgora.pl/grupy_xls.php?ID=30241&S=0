--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -129,50 +129,53 @@
     <t>dr Ewa Sylwestrzak-Maślanka</t>
   </si>
   <si>
     <t>112 A-29</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Introduction to Mathematical Finance (W+L)</t>
   </si>
   <si>
     <t>W+L</t>
   </si>
   <si>
     <t>dr Dorota Głazowska</t>
   </si>
   <si>
     <t>211 A-29</t>
   </si>
   <si>
     <t>203 A-29</t>
   </si>
   <si>
     <t>122 A-29</t>
+  </si>
+  <si>
+    <t>207 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2559,150 +2562,150 @@
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="D79" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E79" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F79" t="s">
         <v>25</v>
       </c>
       <c r="G79" t="s">
         <v>26</v>
       </c>
       <c r="H79" t="s">
         <v>27</v>
       </c>
       <c r="I79" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
-        <v>46010.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B80" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="D80" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E80" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F80" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G80" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="H80" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I80" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B81" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D81" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E81" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F81" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G81" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="H81" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="I81" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>46030.0</v>
       </c>
       <c r="B82" t="s">
         <v>17</v>
       </c>
       <c r="D82" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E82" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F82" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>11</v>
       </c>
       <c r="H82" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I82" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
-        <v>46030.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B83" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D83" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E83" s="2">
-        <v>0.66666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F83" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G83" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="H83" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="I83" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>46031.0</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="D84" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E84" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F84" t="s">
         <v>25</v>
       </c>
       <c r="G84" t="s">
         <v>26</v>
       </c>
       <c r="H84" t="s">
         <v>27</v>
       </c>
       <c r="I84" t="s">