--- v2 (2026-01-01)
+++ v3 (2026-03-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -132,50 +132,56 @@
     <t>112 A-29</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Introduction to Mathematical Finance (W+L)</t>
   </si>
   <si>
     <t>W+L</t>
   </si>
   <si>
     <t>dr Dorota Głazowska</t>
   </si>
   <si>
     <t>211 A-29</t>
   </si>
   <si>
     <t>203 A-29</t>
   </si>
   <si>
     <t>122 A-29</t>
   </si>
   <si>
     <t>207 A-29</t>
+  </si>
+  <si>
+    <t>Qualitative Theory of Differential Equations (E)</t>
+  </si>
+  <si>
+    <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -483,54 +489,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J106"/>
+  <dimension ref="A1:J107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E106" sqref="E106"/>
+      <selection activeCell="E107" sqref="E107"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3260,50 +3266,76 @@
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>46052.0</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="D106" s="2">
         <v>0.53125</v>
       </c>
       <c r="E106" s="2">
         <v>0.59375</v>
       </c>
       <c r="F106" t="s">
         <v>29</v>
       </c>
       <c r="G106" t="s">
         <v>26</v>
       </c>
       <c r="H106" t="s">
         <v>30</v>
       </c>
       <c r="I106" t="s">
         <v>31</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B107" t="s">
+        <v>17</v>
+      </c>
+      <c r="D107" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E107" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F107" t="s">
+        <v>40</v>
+      </c>
+      <c r="G107" t="s">
+        <v>41</v>
+      </c>
+      <c r="H107" t="s">
+        <v>30</v>
+      </c>
+      <c r="I107" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>