--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -2051,51 +2051,51 @@
       <c r="A54" s="1">
         <v>45959.0</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="2">
         <v>0.34027777777778</v>
       </c>
       <c r="E54" s="2">
         <v>0.46875</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
       <c r="H54" t="s">
         <v>13</v>
       </c>
       <c r="I54" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>45959.0</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E55" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="F55" t="s">
         <v>15</v>
       </c>
       <c r="G55" t="s">
         <v>16</v>
       </c>
       <c r="H55" t="s">
         <v>13</v>
       </c>
       <c r="I55" t="s">
@@ -2106,51 +2106,51 @@
       <c r="A56" s="1">
         <v>45959.0</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>17</v>
       </c>
       <c r="D56" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="E56" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
       <c r="H56" t="s">
         <v>13</v>
       </c>
       <c r="I56" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>45960.0</v>
       </c>
       <c r="B57" t="s">
         <v>46</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" s="2">
         <v>0.41319444444444</v>
       </c>
       <c r="E57" s="2">
         <v>0.5</v>
       </c>
       <c r="F57" t="s">
         <v>23</v>
       </c>
       <c r="G57" t="s">
         <v>12</v>
       </c>
       <c r="H57" t="s">
@@ -2752,51 +2752,51 @@
       <c r="A79" s="1">
         <v>45973.0</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" s="2">
         <v>0.34027777777778</v>
       </c>
       <c r="E79" s="2">
         <v>0.46875</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
         <v>12</v>
       </c>
       <c r="H79" t="s">
         <v>13</v>
       </c>
       <c r="I79" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>45973.0</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E80" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="F80" t="s">
         <v>15</v>
       </c>
       <c r="G80" t="s">
         <v>16</v>
       </c>
       <c r="H80" t="s">
         <v>13</v>
       </c>
       <c r="I80" t="s">
@@ -2807,51 +2807,51 @@
       <c r="A81" s="1">
         <v>45973.0</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>17</v>
       </c>
       <c r="D81" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="E81" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
         <v>12</v>
       </c>
       <c r="H81" t="s">
         <v>13</v>
       </c>
       <c r="I81" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>45974.0</v>
       </c>
       <c r="B82" t="s">
         <v>46</v>
       </c>
       <c r="D82" s="2">
         <v>0.625</v>
       </c>
       <c r="E82" s="2">
         <v>0.6875</v>
       </c>
       <c r="F82" t="s">
         <v>41</v>
       </c>
       <c r="G82" t="s">
         <v>16</v>
       </c>
       <c r="H82" t="s">
         <v>42</v>
       </c>
       <c r="I82" t="s">
@@ -2931,460 +2931,451 @@
       </c>
       <c r="F85" t="s">
         <v>43</v>
       </c>
       <c r="G85" t="s">
         <v>44</v>
       </c>
       <c r="H85" t="s">
         <v>13</v>
       </c>
       <c r="I85" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>45978.0</v>
       </c>
       <c r="B86" t="s">
         <v>26</v>
       </c>
       <c r="C86" t="s">
         <v>17</v>
       </c>
       <c r="D86" s="2">
-        <v>0.44791666666667</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E86" s="2">
-        <v>0.52777777777778</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F86" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G86" t="s">
         <v>12</v>
       </c>
       <c r="H86" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="I86" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>45978.0</v>
       </c>
       <c r="B87" t="s">
         <v>26</v>
       </c>
       <c r="D87" s="2">
-        <v>0.53125</v>
+        <v>0.69444444444444</v>
       </c>
       <c r="E87" s="2">
-        <v>0.61111111111111</v>
+        <v>0.78472222222222</v>
       </c>
       <c r="F87" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="G87" t="s">
         <v>16</v>
       </c>
       <c r="H87" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="I87" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>45978.0</v>
       </c>
       <c r="B88" t="s">
         <v>26</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" s="2">
-        <v>0.61458333333333</v>
+        <v>0.78819444444444</v>
       </c>
       <c r="E88" s="2">
-        <v>0.69097222222222</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F88" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G88" t="s">
         <v>12</v>
       </c>
       <c r="H88" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="I88" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B89" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C89" t="s">
         <v>17</v>
       </c>
       <c r="D89" s="2">
-        <v>0.64583333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E89" s="2">
-        <v>0.69097222222222</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="F89" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G89" t="s">
         <v>12</v>
       </c>
       <c r="H89" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I89" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B90" t="s">
-        <v>26</v>
+        <v>31</v>
+      </c>
+      <c r="C90" t="s">
+        <v>17</v>
       </c>
       <c r="D90" s="2">
-        <v>0.69444444444444</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E90" s="2">
-        <v>0.78472222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="F90" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="G90" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H90" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I90" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
-        <v>45978.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B91" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D91" s="2">
-        <v>0.78819444444444</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E91" s="2">
-        <v>0.83333333333333</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F91" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G91" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H91" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I91" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
-        <v>45979.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B92" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D92" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E92" s="2">
-        <v>0.54513888888889</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F92" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="G92" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H92" t="s">
         <v>33</v>
       </c>
       <c r="I92" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
-        <v>45979.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B93" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D93" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E93" s="2">
         <v>0.6875</v>
       </c>
       <c r="F93" t="s">
         <v>23</v>
       </c>
       <c r="G93" t="s">
         <v>12</v>
       </c>
       <c r="H93" t="s">
         <v>33</v>
       </c>
       <c r="I93" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>45980.0</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
+      <c r="C94" t="s">
+        <v>10</v>
+      </c>
       <c r="D94" s="2">
-        <v>0.33333333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E94" s="2">
-        <v>0.39930555555556</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F94" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="G94" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H94" t="s">
         <v>33</v>
       </c>
       <c r="I94" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
-        <v>45980.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B95" t="s">
-        <v>9</v>
+        <v>18</v>
+      </c>
+      <c r="C95" t="s">
+        <v>37</v>
       </c>
       <c r="D95" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E95" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F95" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G95" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H95" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="I95" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
-        <v>45980.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B96" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E96" s="2">
-        <v>0.6875</v>
+        <v>0.56944444444444</v>
       </c>
       <c r="F96" t="s">
         <v>23</v>
       </c>
       <c r="G96" t="s">
         <v>12</v>
       </c>
       <c r="H96" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="I96" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
-        <v>45980.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B97" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" s="2">
-        <v>0.69791666666667</v>
+        <v>0.57291666666667</v>
       </c>
       <c r="E97" s="2">
-        <v>0.79166666666667</v>
+        <v>0.63888888888889</v>
       </c>
       <c r="F97" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="G97" t="s">
         <v>12</v>
       </c>
       <c r="H97" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="I97" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
-        <v>45982.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B98" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="C98" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D98" s="2">
-        <v>0.33333333333333</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="E98" s="2">
-        <v>0.46875</v>
+        <v>0.46527777777778</v>
       </c>
       <c r="F98" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="G98" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="H98" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
-        <v>45982.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B99" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" s="2">
-        <v>0.47916666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="E99" s="2">
-        <v>0.56944444444444</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="F99" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="G99" t="s">
         <v>12</v>
       </c>
       <c r="H99" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
-        <v>45982.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B100" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D100" s="2">
-        <v>0.57291666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E100" s="2">
-        <v>0.63888888888889</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F100" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="G100" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H100" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>45985.0</v>
       </c>
       <c r="B101" t="s">
         <v>26</v>
       </c>
       <c r="D101" s="2">
         <v>0.625</v>
       </c>
       <c r="E101" s="2">
         <v>0.6875</v>
       </c>
       <c r="F101" t="s">
         <v>41</v>
       </c>
       <c r="G101" t="s">
         <v>16</v>
       </c>
       <c r="H101" t="s">
         <v>42</v>
       </c>
       <c r="I101" t="s">
@@ -3479,51 +3470,51 @@
       <c r="A105" s="1">
         <v>45987.0</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" s="2">
         <v>0.34027777777778</v>
       </c>
       <c r="E105" s="2">
         <v>0.46875</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
         <v>12</v>
       </c>
       <c r="H105" t="s">
         <v>13</v>
       </c>
       <c r="I105" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>45987.0</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="D106" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E106" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="F106" t="s">
         <v>15</v>
       </c>
       <c r="G106" t="s">
         <v>16</v>
       </c>
       <c r="H106" t="s">
         <v>13</v>
       </c>
       <c r="I106" t="s">
@@ -3534,51 +3525,51 @@
       <c r="A107" s="1">
         <v>45987.0</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>17</v>
       </c>
       <c r="D107" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="E107" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
         <v>12</v>
       </c>
       <c r="H107" t="s">
         <v>13</v>
       </c>
       <c r="I107" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>45988.0</v>
       </c>
       <c r="B108" t="s">
         <v>46</v>
       </c>
       <c r="C108" t="s">
         <v>10</v>
       </c>
       <c r="D108" s="2">
         <v>0.41319444444444</v>
       </c>
       <c r="E108" s="2">
         <v>0.5</v>
       </c>
       <c r="F108" t="s">
         <v>23</v>
       </c>
       <c r="G108" t="s">
         <v>12</v>
       </c>
       <c r="H108" t="s">
@@ -4290,51 +4281,51 @@
       <c r="A134" s="1">
         <v>46001.0</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>10</v>
       </c>
       <c r="D134" s="2">
         <v>0.34027777777778</v>
       </c>
       <c r="E134" s="2">
         <v>0.46875</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
         <v>12</v>
       </c>
       <c r="H134" t="s">
         <v>13</v>
       </c>
       <c r="I134" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>46001.0</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="D135" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E135" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="F135" t="s">
         <v>15</v>
       </c>
       <c r="G135" t="s">
         <v>16</v>
       </c>
       <c r="H135" t="s">
         <v>13</v>
       </c>
       <c r="I135" t="s">
@@ -4345,51 +4336,51 @@
       <c r="A136" s="1">
         <v>46001.0</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>17</v>
       </c>
       <c r="D136" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="E136" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
         <v>12</v>
       </c>
       <c r="H136" t="s">
         <v>13</v>
       </c>
       <c r="I136" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>46002.0</v>
       </c>
       <c r="B137" t="s">
         <v>46</v>
       </c>
       <c r="C137" t="s">
         <v>10</v>
       </c>
       <c r="D137" s="2">
         <v>0.41319444444444</v>
       </c>
       <c r="E137" s="2">
         <v>0.5</v>
       </c>
       <c r="F137" t="s">
         <v>23</v>
       </c>
       <c r="G137" t="s">
         <v>12</v>
       </c>
       <c r="H137" t="s">
@@ -5550,51 +5541,51 @@
       <c r="A179" s="1">
         <v>46043.0</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>10</v>
       </c>
       <c r="D179" s="2">
         <v>0.34027777777778</v>
       </c>
       <c r="E179" s="2">
         <v>0.46875</v>
       </c>
       <c r="F179" t="s">
         <v>11</v>
       </c>
       <c r="G179" t="s">
         <v>12</v>
       </c>
       <c r="H179" t="s">
         <v>13</v>
       </c>
       <c r="I179" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>46043.0</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="D180" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E180" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="F180" t="s">
         <v>15</v>
       </c>
       <c r="G180" t="s">
         <v>16</v>
       </c>
       <c r="H180" t="s">
         <v>13</v>
       </c>
       <c r="I180" t="s">
@@ -5605,51 +5596,51 @@
       <c r="A181" s="1">
         <v>46043.0</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>17</v>
       </c>
       <c r="D181" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="E181" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="F181" t="s">
         <v>11</v>
       </c>
       <c r="G181" t="s">
         <v>12</v>
       </c>
       <c r="H181" t="s">
         <v>13</v>
       </c>
       <c r="I181" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>46044.0</v>
       </c>
       <c r="B182" t="s">
         <v>46</v>
       </c>
       <c r="C182" t="s">
         <v>10</v>
       </c>
       <c r="D182" s="2">
         <v>0.41319444444444</v>
       </c>
       <c r="E182" s="2">
         <v>0.5</v>
       </c>
       <c r="F182" t="s">
         <v>23</v>
       </c>
       <c r="G182" t="s">
         <v>12</v>
       </c>
       <c r="H182" t="s">
@@ -5938,51 +5929,51 @@
       <c r="A193" s="1">
         <v>46050.0</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>10</v>
       </c>
       <c r="D193" s="2">
         <v>0.34027777777778</v>
       </c>
       <c r="E193" s="2">
         <v>0.46875</v>
       </c>
       <c r="F193" t="s">
         <v>11</v>
       </c>
       <c r="G193" t="s">
         <v>12</v>
       </c>
       <c r="H193" t="s">
         <v>13</v>
       </c>
       <c r="I193" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="1">
         <v>46050.0</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="D194" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E194" s="2">
         <v>0.60763888888889</v>
       </c>
       <c r="F194" t="s">
         <v>15</v>
       </c>
       <c r="G194" t="s">
         <v>16</v>
       </c>
       <c r="H194" t="s">
         <v>13</v>
       </c>
       <c r="I194" t="s">
@@ -5993,51 +5984,51 @@
       <c r="A195" s="1">
         <v>46050.0</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>17</v>
       </c>
       <c r="D195" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="E195" s="2">
         <v>0.73611111111111</v>
       </c>
       <c r="F195" t="s">
         <v>11</v>
       </c>
       <c r="G195" t="s">
         <v>12</v>
       </c>
       <c r="H195" t="s">
         <v>13</v>
       </c>
       <c r="I195" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="1">
         <v>46051.0</v>
       </c>
       <c r="B196" t="s">
         <v>46</v>
       </c>
       <c r="C196" t="s">
         <v>10</v>
       </c>
       <c r="D196" s="2">
         <v>0.41319444444444</v>
       </c>
       <c r="E196" s="2">
         <v>0.5</v>
       </c>
       <c r="F196" t="s">
         <v>23</v>
       </c>
       <c r="G196" t="s">
         <v>12</v>
       </c>
       <c r="H196" t="s">