--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -171,50 +171,59 @@
     <t>P</t>
   </si>
   <si>
     <t>8PK AS-54</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>dr inż. Anna Gawrońska</t>
   </si>
   <si>
     <t>Nowe rodzaje żywności (L)</t>
   </si>
   <si>
     <t>dr n. med. Dorota Mickiewicz-Góra</t>
   </si>
   <si>
     <t>Nowe rodzaje żywności (W)</t>
   </si>
   <si>
     <t>Prowadzenie małej firmy (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
+  </si>
+  <si>
+    <t>Język obcy (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Ni</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -522,54 +531,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J203"/>
+  <dimension ref="A1:J205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E203" sqref="E203"/>
+      <selection activeCell="E205" sqref="E205"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6205,50 +6214,108 @@
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="1">
         <v>46055.0</v>
       </c>
       <c r="B203" t="s">
         <v>26</v>
       </c>
       <c r="D203" s="2">
         <v>0.625</v>
       </c>
       <c r="E203" s="2">
         <v>0.6875</v>
       </c>
       <c r="F203" t="s">
         <v>41</v>
       </c>
       <c r="G203" t="s">
         <v>16</v>
       </c>
       <c r="H203" t="s">
         <v>42</v>
       </c>
       <c r="I203" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10">
+      <c r="A204" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B204" t="s">
+        <v>31</v>
+      </c>
+      <c r="C204" t="s">
+        <v>37</v>
+      </c>
+      <c r="D204" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E204" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F204" t="s">
+        <v>53</v>
+      </c>
+      <c r="G204" t="s">
+        <v>54</v>
+      </c>
+      <c r="H204" t="s">
+        <v>40</v>
+      </c>
+      <c r="I204" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10">
+      <c r="A205" s="1">
+        <v>46075.0</v>
+      </c>
+      <c r="B205" t="s">
+        <v>55</v>
+      </c>
+      <c r="C205" t="s">
+        <v>37</v>
+      </c>
+      <c r="D205" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E205" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F205" t="s">
+        <v>53</v>
+      </c>
+      <c r="G205" t="s">
+        <v>54</v>
+      </c>
+      <c r="H205" t="s">
+        <v>40</v>
+      </c>
+      <c r="I205" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>