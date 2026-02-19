--- v2 (2026-01-01)
+++ v3 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -177,50 +177,56 @@
     <t>Cz</t>
   </si>
   <si>
     <t>dr inż. Anna Gawrońska</t>
   </si>
   <si>
     <t>Nowe rodzaje żywności (L)</t>
   </si>
   <si>
     <t>dr n. med. Dorota Mickiewicz-Góra</t>
   </si>
   <si>
     <t>Nowe rodzaje żywności (W)</t>
   </si>
   <si>
     <t>Prowadzenie małej firmy (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>Język obcy (E)</t>
   </si>
   <si>
     <t>E</t>
+  </si>
+  <si>
+    <t>Dietoprofilaktyka (E)</t>
+  </si>
+  <si>
+    <t>Podstawy technologii surowców zwierzęcych (E)</t>
   </si>
   <si>
     <t>Ni</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -531,54 +537,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J205"/>
+  <dimension ref="A1:J209"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E205" sqref="E205"/>
+      <selection activeCell="E209" sqref="E209"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6247,75 +6253,179 @@
       </c>
       <c r="C204" t="s">
         <v>37</v>
       </c>
       <c r="D204" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E204" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F204" t="s">
         <v>53</v>
       </c>
       <c r="G204" t="s">
         <v>54</v>
       </c>
       <c r="H204" t="s">
         <v>40</v>
       </c>
       <c r="I204" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
-        <v>46075.0</v>
+        <v>46057.0</v>
       </c>
       <c r="B205" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="D205" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E205" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F205" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G205" t="s">
         <v>54</v>
       </c>
       <c r="H205" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="I205" t="s">
         <v>14</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10">
+      <c r="A206" s="1">
+        <v>46066.0</v>
+      </c>
+      <c r="B206" t="s">
+        <v>18</v>
+      </c>
+      <c r="D206" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E206" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F206" t="s">
+        <v>56</v>
+      </c>
+      <c r="G206" t="s">
+        <v>54</v>
+      </c>
+      <c r="H206" t="s">
+        <v>33</v>
+      </c>
+      <c r="I206" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10">
+      <c r="A207" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="D207" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E207" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F207" t="s">
+        <v>55</v>
+      </c>
+      <c r="G207" t="s">
+        <v>54</v>
+      </c>
+      <c r="H207" t="s">
+        <v>13</v>
+      </c>
+      <c r="I207" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10">
+      <c r="A208" s="1">
+        <v>46075.0</v>
+      </c>
+      <c r="B208" t="s">
+        <v>57</v>
+      </c>
+      <c r="C208" t="s">
+        <v>37</v>
+      </c>
+      <c r="D208" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E208" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F208" t="s">
+        <v>53</v>
+      </c>
+      <c r="G208" t="s">
+        <v>54</v>
+      </c>
+      <c r="H208" t="s">
+        <v>40</v>
+      </c>
+      <c r="I208" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10">
+      <c r="A209" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B209" t="s">
+        <v>18</v>
+      </c>
+      <c r="D209" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E209" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="F209" t="s">
+        <v>56</v>
+      </c>
+      <c r="G209" t="s">
+        <v>54</v>
+      </c>
+      <c r="H209" t="s">
+        <v>33</v>
+      </c>
+      <c r="I209" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>