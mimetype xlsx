--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -1701,946 +1701,937 @@
       </c>
       <c r="B43" t="s">
         <v>22</v>
       </c>
       <c r="D43" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E43" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F43" t="s">
         <v>23</v>
       </c>
       <c r="G43" t="s">
         <v>24</v>
       </c>
       <c r="H43" t="s">
         <v>20</v>
       </c>
       <c r="I43" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
-        <v>45964.0</v>
+        <v>45961.0</v>
       </c>
       <c r="B44" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D44" s="2">
-        <v>0.33333333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E44" s="2">
-        <v>0.46875</v>
+        <v>0.625</v>
       </c>
       <c r="F44" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G44" t="s">
         <v>16</v>
       </c>
       <c r="H44" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
-        <v>45964.0</v>
+        <v>45961.0</v>
       </c>
       <c r="B45" t="s">
-        <v>25</v>
+        <v>22</v>
+      </c>
+      <c r="C45" t="s">
+        <v>10</v>
       </c>
       <c r="D45" s="2">
-        <v>0.47569444444444</v>
+        <v>0.62847222222222</v>
       </c>
       <c r="E45" s="2">
-        <v>0.54166666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="F45" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H45" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>45964.0</v>
       </c>
       <c r="B46" t="s">
         <v>25</v>
       </c>
       <c r="D46" s="2">
-        <v>0.54861111111111</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E46" s="2">
-        <v>0.61458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F46" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G46" t="s">
         <v>16</v>
       </c>
       <c r="H46" t="s">
         <v>27</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>45964.0</v>
       </c>
       <c r="B47" t="s">
         <v>25</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="2">
-        <v>0.625</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E47" s="2">
-        <v>0.76041666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F47" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G47" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H47" t="s">
         <v>27</v>
       </c>
       <c r="I47" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
-        <v>45965.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B48" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D48" s="2">
-        <v>0.33333333333333</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="E48" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G48" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H48" t="s">
         <v>27</v>
       </c>
       <c r="I48" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
-        <v>45965.0</v>
+        <v>45964.0</v>
       </c>
       <c r="B49" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E49" s="2">
-        <v>0.46875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F49" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G49" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="H49" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="I49" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
         <v>45965.0</v>
       </c>
       <c r="B50" t="s">
         <v>33</v>
       </c>
       <c r="C50" t="s">
         <v>17</v>
       </c>
       <c r="D50" s="2">
-        <v>0.47916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E50" s="2">
-        <v>0.61458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F50" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G50" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="H50" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="I50" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
-        <v>45966.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B51" t="s">
-        <v>9</v>
+        <v>33</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
       </c>
       <c r="D51" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E51" s="2">
-        <v>0.39930555555556</v>
+        <v>0.46875</v>
       </c>
       <c r="F51" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G51" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="H51" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="I51" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
-        <v>45967.0</v>
+        <v>45965.0</v>
       </c>
       <c r="B52" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="C52" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D52" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E52" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F52" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G52" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="H52" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="I52" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
-        <v>45967.0</v>
+        <v>45966.0</v>
       </c>
       <c r="B53" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D53" s="2">
-        <v>0.47916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E53" s="2">
-        <v>0.61458333333333</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F53" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="G53" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H53" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="I53" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
-        <v>45968.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B54" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="2">
-        <v>0.35763888888889</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E54" s="2">
-        <v>0.51388888888889</v>
+        <v>0.46875</v>
       </c>
       <c r="F54" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
       <c r="H54" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I54" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
-        <v>45968.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B55" t="s">
-        <v>22</v>
+        <v>18</v>
+      </c>
+      <c r="C55" t="s">
+        <v>17</v>
       </c>
       <c r="D55" s="2">
-        <v>0.51736111111111</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E55" s="2">
-        <v>0.67361111111111</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F55" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="G55" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H55" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I55" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>45968.0</v>
       </c>
       <c r="B56" t="s">
         <v>22</v>
       </c>
       <c r="C56" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D56" s="2">
-        <v>0.67708333333333</v>
+        <v>0.35763888888889</v>
       </c>
       <c r="E56" s="2">
-        <v>0.83333333333333</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="F56" t="s">
         <v>45</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
       <c r="H56" t="s">
         <v>46</v>
       </c>
       <c r="I56" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
-        <v>45975.0</v>
+        <v>45968.0</v>
       </c>
       <c r="B57" t="s">
         <v>22</v>
       </c>
-      <c r="C57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" s="2">
-        <v>0.33333333333333</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="E57" s="2">
-        <v>0.45138888888889</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="F57" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="G57" t="s">
-        <v>12</v>
+        <v>16</v>
+      </c>
+      <c r="H57" t="s">
+        <v>46</v>
+      </c>
+      <c r="I57" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
-        <v>45975.0</v>
+        <v>45968.0</v>
       </c>
       <c r="B58" t="s">
         <v>22</v>
       </c>
       <c r="C58" t="s">
         <v>17</v>
       </c>
       <c r="D58" s="2">
-        <v>0.45833333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E58" s="2">
-        <v>0.57638888888889</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F58" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G58" t="s">
         <v>12</v>
+      </c>
+      <c r="H58" t="s">
+        <v>46</v>
+      </c>
+      <c r="I58" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
-        <v>45978.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B59" t="s">
-        <v>25</v>
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>17</v>
       </c>
       <c r="D59" s="2">
-        <v>0.33333333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E59" s="2">
-        <v>0.46875</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F59" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H59" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
-        <v>45978.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B60" t="s">
-        <v>25</v>
+        <v>22</v>
+      </c>
+      <c r="C60" t="s">
+        <v>10</v>
       </c>
       <c r="D60" s="2">
-        <v>0.47569444444444</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E60" s="2">
-        <v>0.54166666666667</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F60" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="G60" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
-        <v>45978.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B61" t="s">
-        <v>25</v>
+        <v>22</v>
+      </c>
+      <c r="C61" t="s">
+        <v>17</v>
       </c>
       <c r="D61" s="2">
-        <v>0.54861111111111</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E61" s="2">
-        <v>0.61458333333333</v>
+        <v>0.57638888888889</v>
       </c>
       <c r="F61" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="G61" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>45978.0</v>
       </c>
       <c r="B62" t="s">
         <v>25</v>
       </c>
-      <c r="C62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E62" s="2">
-        <v>0.76041666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F62" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="G62" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H62" t="s">
         <v>27</v>
       </c>
       <c r="I62" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
-        <v>45979.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B63" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D63" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E63" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F63" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G63" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H63" t="s">
         <v>27</v>
       </c>
       <c r="I63" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
-        <v>45979.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B64" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D64" s="2">
-        <v>0.33333333333333</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="E64" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F64" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G64" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H64" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="I64" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
-        <v>45979.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B65" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="C65" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D65" s="2">
-        <v>0.47916666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E65" s="2">
-        <v>0.61458333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F65" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G65" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="H65" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="I65" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
-        <v>45980.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B66" t="s">
-        <v>9</v>
+        <v>33</v>
+      </c>
+      <c r="C66" t="s">
+        <v>17</v>
       </c>
       <c r="D66" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E66" s="2">
-        <v>0.39930555555556</v>
+        <v>0.46875</v>
       </c>
       <c r="F66" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G66" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H66" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="I66" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
-        <v>45981.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B67" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E67" s="2">
         <v>0.46875</v>
       </c>
       <c r="F67" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G67" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="H67" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="I67" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
-        <v>45981.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B68" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="C68" t="s">
         <v>17</v>
       </c>
       <c r="D68" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E68" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F68" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G68" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="H68" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="I68" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
-        <v>45982.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B69" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D69" s="2">
-        <v>0.35763888888889</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E69" s="2">
-        <v>0.51388888888889</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F69" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="G69" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H69" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="I69" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
-        <v>45982.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B70" t="s">
-        <v>22</v>
+        <v>18</v>
+      </c>
+      <c r="C70" t="s">
+        <v>10</v>
       </c>
       <c r="D70" s="2">
-        <v>0.51736111111111</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E70" s="2">
-        <v>0.67361111111111</v>
+        <v>0.46875</v>
       </c>
       <c r="F70" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="G70" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="H70" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I70" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
-        <v>45982.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B71" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C71" t="s">
         <v>17</v>
       </c>
       <c r="D71" s="2">
-        <v>0.67708333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E71" s="2">
-        <v>0.83333333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F71" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="G71" t="s">
         <v>12</v>
       </c>
       <c r="H71" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="I71" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
-        <v>45986.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B72" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" s="2">
-        <v>0.33333333333333</v>
+        <v>0.35763888888889</v>
       </c>
       <c r="E72" s="2">
-        <v>0.45138888888889</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="F72" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G72" t="s">
         <v>12</v>
+      </c>
+      <c r="H72" t="s">
+        <v>46</v>
+      </c>
+      <c r="I72" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
-        <v>45986.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B73" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D73" s="2">
-        <v>0.45833333333333</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="E73" s="2">
-        <v>0.57638888888889</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="F73" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="G73" t="s">
-        <v>12</v>
+        <v>16</v>
+      </c>
+      <c r="H73" t="s">
+        <v>46</v>
+      </c>
+      <c r="I73" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
-        <v>45987.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B74" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C74" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D74" s="2">
-        <v>0.39583333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E74" s="2">
-        <v>0.57291666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F74" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="G74" t="s">
         <v>12</v>
       </c>
       <c r="H74" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="I74" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
-        <v>45987.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B75" t="s">
-        <v>9</v>
+        <v>33</v>
+      </c>
+      <c r="C75" t="s">
+        <v>10</v>
       </c>
       <c r="D75" s="2">
-        <v>0.57986111111111</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E75" s="2">
-        <v>0.64583333333333</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F75" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="G75" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
-        <v>45987.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="C76" t="s">
         <v>17</v>
       </c>
       <c r="D76" s="2">
-        <v>0.65625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E76" s="2">
-        <v>0.83333333333333</v>
+        <v>0.57638888888889</v>
       </c>
       <c r="F76" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="G76" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>45988.0</v>
       </c>
       <c r="B77" t="s">
         <v>18</v>
       </c>
       <c r="D77" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E77" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="F77" t="s">
         <v>19</v>
       </c>
       <c r="G77" t="s">
         <v>16</v>
       </c>
       <c r="H77" t="s">
         <v>20</v>
       </c>
       <c r="I77" t="s">