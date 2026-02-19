--- v1 (2026-01-02)
+++ v2 (2026-02-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -159,50 +159,71 @@
     <t>115 A-8</t>
   </si>
   <si>
     <t>Biochemia (L)</t>
   </si>
   <si>
     <t>dr Andżelina Michalska</t>
   </si>
   <si>
     <t>7LK AS-55</t>
   </si>
   <si>
     <t>Wychowanie fizyczne (L)</t>
   </si>
   <si>
     <t>Ogólna technologia żywności (L)</t>
   </si>
   <si>
     <t>dr hab. inż. Tomasz Zięba, prof. UZ</t>
   </si>
   <si>
     <t>10LK AS-55</t>
   </si>
   <si>
     <t>Ogólna technologia żywności (W)</t>
+  </si>
+  <si>
+    <t>Ogólna technologia żywności (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Podstawy dietetyki (E)</t>
+  </si>
+  <si>
+    <t>3PK AS-54</t>
+  </si>
+  <si>
+    <t>Biochemia (E)</t>
+  </si>
+  <si>
+    <t>106PK AS-54</t>
+  </si>
+  <si>
+    <t>Chemia żywności (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -510,54 +531,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J142"/>
+  <dimension ref="A1:J150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E142" sqref="E142"/>
+      <selection activeCell="E150" sqref="E150"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4370,50 +4391,258 @@
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>46052.0</v>
       </c>
       <c r="B142" t="s">
         <v>22</v>
       </c>
       <c r="D142" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E142" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F142" t="s">
         <v>23</v>
       </c>
       <c r="G142" t="s">
         <v>24</v>
       </c>
       <c r="H142" t="s">
         <v>20</v>
       </c>
       <c r="I142" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B143" t="s">
+        <v>18</v>
+      </c>
+      <c r="D143" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E143" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F143" t="s">
+        <v>49</v>
+      </c>
+      <c r="G143" t="s">
+        <v>50</v>
+      </c>
+      <c r="H143" t="s">
+        <v>46</v>
+      </c>
+      <c r="I143" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10">
+      <c r="A144" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B144" t="s">
+        <v>22</v>
+      </c>
+      <c r="D144" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E144" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="F144" t="s">
+        <v>51</v>
+      </c>
+      <c r="G144" t="s">
+        <v>50</v>
+      </c>
+      <c r="H144" t="s">
+        <v>20</v>
+      </c>
+      <c r="I144" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10">
+      <c r="A145" s="1">
+        <v>46066.0</v>
+      </c>
+      <c r="B145" t="s">
+        <v>22</v>
+      </c>
+      <c r="D145" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E145" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F145" t="s">
+        <v>53</v>
+      </c>
+      <c r="G145" t="s">
+        <v>50</v>
+      </c>
+      <c r="H145" t="s">
+        <v>27</v>
+      </c>
+      <c r="I145" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10">
+      <c r="A146" s="1">
+        <v>46069.0</v>
+      </c>
+      <c r="B146" t="s">
+        <v>25</v>
+      </c>
+      <c r="D146" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E146" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="F146" t="s">
+        <v>55</v>
+      </c>
+      <c r="G146" t="s">
+        <v>50</v>
+      </c>
+      <c r="H146" t="s">
+        <v>27</v>
+      </c>
+      <c r="I146" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10">
+      <c r="A147" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B147" t="s">
+        <v>18</v>
+      </c>
+      <c r="D147" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E147" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F147" t="s">
+        <v>49</v>
+      </c>
+      <c r="G147" t="s">
+        <v>50</v>
+      </c>
+      <c r="H147" t="s">
+        <v>46</v>
+      </c>
+      <c r="I147" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10">
+      <c r="A148" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B148" t="s">
+        <v>22</v>
+      </c>
+      <c r="D148" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E148" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="F148" t="s">
+        <v>51</v>
+      </c>
+      <c r="G148" t="s">
+        <v>50</v>
+      </c>
+      <c r="H148" t="s">
+        <v>20</v>
+      </c>
+      <c r="I148" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10">
+      <c r="A149" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B149" t="s">
+        <v>18</v>
+      </c>
+      <c r="D149" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E149" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F149" t="s">
+        <v>55</v>
+      </c>
+      <c r="G149" t="s">
+        <v>50</v>
+      </c>
+      <c r="H149" t="s">
+        <v>27</v>
+      </c>
+      <c r="I149" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10">
+      <c r="A150" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B150" t="s">
+        <v>22</v>
+      </c>
+      <c r="D150" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E150" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="F150" t="s">
+        <v>53</v>
+      </c>
+      <c r="G150" t="s">
+        <v>50</v>
+      </c>
+      <c r="H150" t="s">
+        <v>27</v>
+      </c>
+      <c r="I150" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>