--- v0 (2025-11-14)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -180,50 +180,59 @@
     <t>17 A-13</t>
   </si>
   <si>
     <t>Socjologia (W)</t>
   </si>
   <si>
     <t>dr Artur Kinal</t>
   </si>
   <si>
     <t>Psychologia (Ć)</t>
   </si>
   <si>
     <t>dr Sławomir Baranowski</t>
   </si>
   <si>
     <t>314 A-8</t>
   </si>
   <si>
     <t>Psychologia (W)</t>
   </si>
   <si>
     <t>215 A-8</t>
   </si>
   <si>
     <t>B002 A-11; H222 A-10</t>
+  </si>
+  <si>
+    <t>Biomechanika (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Pedagogika (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -531,54 +540,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J249"/>
+  <dimension ref="A1:J253"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E249" sqref="E249"/>
+      <selection activeCell="E253" sqref="E253"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -7434,50 +7443,154 @@
     </row>
     <row r="249" spans="1:10">
       <c r="A249" s="1">
         <v>46055.0</v>
       </c>
       <c r="B249" t="s">
         <v>33</v>
       </c>
       <c r="D249" s="2">
         <v>0.67361111111111</v>
       </c>
       <c r="E249" s="2">
         <v>0.70486111111111</v>
       </c>
       <c r="F249" t="s">
         <v>53</v>
       </c>
       <c r="G249" t="s">
         <v>19</v>
       </c>
       <c r="H249" t="s">
         <v>51</v>
       </c>
       <c r="I249" t="s">
         <v>54</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10">
+      <c r="A250" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B250" t="s">
+        <v>39</v>
+      </c>
+      <c r="D250" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E250" s="2">
+        <v>0.60416666666667</v>
+      </c>
+      <c r="F250" t="s">
+        <v>56</v>
+      </c>
+      <c r="G250" t="s">
+        <v>57</v>
+      </c>
+      <c r="H250" t="s">
+        <v>29</v>
+      </c>
+      <c r="I250" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10">
+      <c r="A251" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="D251" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E251" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F251" t="s">
+        <v>58</v>
+      </c>
+      <c r="G251" t="s">
+        <v>57</v>
+      </c>
+      <c r="H251" t="s">
+        <v>20</v>
+      </c>
+      <c r="I251" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10">
+      <c r="A252" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B252" t="s">
+        <v>39</v>
+      </c>
+      <c r="D252" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E252" s="2">
+        <v>0.60416666666667</v>
+      </c>
+      <c r="F252" t="s">
+        <v>56</v>
+      </c>
+      <c r="G252" t="s">
+        <v>57</v>
+      </c>
+      <c r="H252" t="s">
+        <v>29</v>
+      </c>
+      <c r="I252" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10">
+      <c r="A253" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B253" t="s">
+        <v>44</v>
+      </c>
+      <c r="D253" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E253" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F253" t="s">
+        <v>58</v>
+      </c>
+      <c r="G253" t="s">
+        <v>57</v>
+      </c>
+      <c r="H253" t="s">
+        <v>20</v>
+      </c>
+      <c r="I253" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>