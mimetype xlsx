--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -182,57 +182,69 @@
   <si>
     <t>Socjologia (W)</t>
   </si>
   <si>
     <t>dr Artur Kinal</t>
   </si>
   <si>
     <t>Psychologia (Ć)</t>
   </si>
   <si>
     <t>dr Sławomir Baranowski</t>
   </si>
   <si>
     <t>314 A-8</t>
   </si>
   <si>
     <t>Psychologia (W)</t>
   </si>
   <si>
     <t>215 A-8</t>
   </si>
   <si>
     <t>B002 A-11; H222 A-10</t>
   </si>
   <si>
+    <t>dr Bartłomiej Hes; mgr Alicja Skorupka</t>
+  </si>
+  <si>
     <t>Biomechanika (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Pedagogika (E)</t>
+  </si>
+  <si>
+    <t>Psychologia (R)</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>116 A-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -540,54 +552,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J253"/>
+  <dimension ref="A1:J254"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E253" sqref="E253"/>
+      <selection activeCell="E254" sqref="E254"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6368,80 +6380,80 @@
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>46037.0</v>
       </c>
       <c r="B210" t="s">
         <v>44</v>
       </c>
       <c r="C210" t="s">
         <v>15</v>
       </c>
       <c r="D210" s="2">
         <v>0.3125</v>
       </c>
       <c r="E210" s="2">
         <v>0.37847222222222</v>
       </c>
       <c r="F210" t="s">
         <v>45</v>
       </c>
       <c r="G210" t="s">
         <v>12</v>
       </c>
       <c r="H210" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="I210" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
         <v>46037.0</v>
       </c>
       <c r="B211" t="s">
         <v>44</v>
       </c>
       <c r="C211" t="s">
         <v>10</v>
       </c>
       <c r="D211" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E211" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F211" t="s">
         <v>45</v>
       </c>
       <c r="G211" t="s">
         <v>12</v>
       </c>
       <c r="H211" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="I211" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>46037.0</v>
       </c>
       <c r="B212" t="s">
         <v>44</v>
       </c>
       <c r="D212" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E212" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F212" t="s">
         <v>48</v>
       </c>
       <c r="G212" t="s">
         <v>19</v>
       </c>
       <c r="H212" t="s">
@@ -6808,80 +6820,80 @@
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="1">
         <v>46044.0</v>
       </c>
       <c r="B226" t="s">
         <v>44</v>
       </c>
       <c r="C226" t="s">
         <v>15</v>
       </c>
       <c r="D226" s="2">
         <v>0.3125</v>
       </c>
       <c r="E226" s="2">
         <v>0.37847222222222</v>
       </c>
       <c r="F226" t="s">
         <v>45</v>
       </c>
       <c r="G226" t="s">
         <v>12</v>
       </c>
       <c r="H226" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="I226" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="1">
         <v>46044.0</v>
       </c>
       <c r="B227" t="s">
         <v>44</v>
       </c>
       <c r="C227" t="s">
         <v>10</v>
       </c>
       <c r="D227" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E227" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F227" t="s">
         <v>45</v>
       </c>
       <c r="G227" t="s">
         <v>12</v>
       </c>
       <c r="H227" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="I227" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="1">
         <v>46044.0</v>
       </c>
       <c r="B228" t="s">
         <v>44</v>
       </c>
       <c r="C228" t="s">
         <v>15</v>
       </c>
       <c r="D228" s="2">
         <v>0.53125</v>
       </c>
       <c r="E228" s="2">
         <v>0.59375</v>
       </c>
       <c r="F228" t="s">
         <v>28</v>
       </c>
       <c r="G228" t="s">
@@ -7248,80 +7260,80 @@
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="1">
         <v>46051.0</v>
       </c>
       <c r="B242" t="s">
         <v>44</v>
       </c>
       <c r="C242" t="s">
         <v>15</v>
       </c>
       <c r="D242" s="2">
         <v>0.3125</v>
       </c>
       <c r="E242" s="2">
         <v>0.37847222222222</v>
       </c>
       <c r="F242" t="s">
         <v>45</v>
       </c>
       <c r="G242" t="s">
         <v>12</v>
       </c>
       <c r="H242" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="I242" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="1">
         <v>46051.0</v>
       </c>
       <c r="B243" t="s">
         <v>44</v>
       </c>
       <c r="C243" t="s">
         <v>10</v>
       </c>
       <c r="D243" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E243" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F243" t="s">
         <v>45</v>
       </c>
       <c r="G243" t="s">
         <v>12</v>
       </c>
       <c r="H243" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="I243" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="1">
         <v>46051.0</v>
       </c>
       <c r="B244" t="s">
         <v>44</v>
       </c>
       <c r="C244" t="s">
         <v>15</v>
       </c>
       <c r="D244" s="2">
         <v>0.53125</v>
       </c>
       <c r="E244" s="2">
         <v>0.59375</v>
       </c>
       <c r="F244" t="s">
         <v>28</v>
       </c>
       <c r="G244" t="s">
@@ -7459,137 +7471,163 @@
       </c>
       <c r="G249" t="s">
         <v>19</v>
       </c>
       <c r="H249" t="s">
         <v>51</v>
       </c>
       <c r="I249" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="1">
         <v>46056.0</v>
       </c>
       <c r="B250" t="s">
         <v>39</v>
       </c>
       <c r="D250" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E250" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="F250" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G250" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H250" t="s">
         <v>29</v>
       </c>
       <c r="I250" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="1">
         <v>46057.0</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="D251" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E251" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F251" t="s">
+        <v>59</v>
+      </c>
+      <c r="G251" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="H251" t="s">
         <v>20</v>
       </c>
       <c r="I251" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="1">
-        <v>46070.0</v>
+        <v>46064.0</v>
       </c>
       <c r="B252" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D252" s="2">
-        <v>0.54166666666667</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="E252" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F252" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="G252" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="H252" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="I252" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B253" t="s">
+        <v>39</v>
+      </c>
+      <c r="D253" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E253" s="2">
+        <v>0.60416666666667</v>
+      </c>
+      <c r="F253" t="s">
+        <v>57</v>
+      </c>
+      <c r="G253" t="s">
+        <v>58</v>
+      </c>
+      <c r="H253" t="s">
+        <v>29</v>
+      </c>
+      <c r="I253" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10">
+      <c r="A254" s="1">
         <v>46072.0</v>
       </c>
-      <c r="B253" t="s">
+      <c r="B254" t="s">
         <v>44</v>
       </c>
-      <c r="D253" s="2">
+      <c r="D254" s="2">
         <v>0.45833333333333</v>
       </c>
-      <c r="E253" s="2">
+      <c r="E254" s="2">
         <v>0.52083333333333</v>
       </c>
-      <c r="F253" t="s">
+      <c r="F254" t="s">
+        <v>59</v>
+      </c>
+      <c r="G254" t="s">
         <v>58</v>
       </c>
-      <c r="G253" t="s">
-[...2 lines deleted...]
-      <c r="H253" t="s">
+      <c r="H254" t="s">
         <v>20</v>
       </c>
-      <c r="I253" t="s">
+      <c r="I254" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>