--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -107,51 +107,51 @@
   <si>
     <t>Regulacja cyklu komórkowego (L)</t>
   </si>
   <si>
     <t>dr Elżbieta Heger</t>
   </si>
   <si>
     <t>216 A-8</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Ekonomiczne i społeczne aspekty biotechnologii (W)</t>
   </si>
   <si>
     <t>dr Olaf Ciebiera</t>
   </si>
   <si>
     <t>Ekonomiczne i społeczne aspekty biotechnologii (Ć)</t>
   </si>
   <si>
     <t>Podstawy mikrobioanalityki (W)</t>
   </si>
   <si>
-    <t>dr inż. Julia Nowak-Jary</t>
+    <t>dr inż. Julia Nowak-Niedźwiecka</t>
   </si>
   <si>
     <t>Podstawy mikrobioanalityki (L)</t>
   </si>
   <si>
     <t>209 A-8</t>
   </si>
   <si>
     <t>218/218a A-8</t>
   </si>
   <si>
     <t>210 A-8</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Regulacja cyklu komórkowego (W)</t>
   </si>
   <si>
     <t>prof. dr hab. Aleksander Czogalla</t>
   </si>
 </sst>
 </file>
 
@@ -1031,54 +1031,54 @@
       </c>
       <c r="E20" s="2">
         <v>0.59375</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20" t="s">
         <v>19</v>
       </c>
       <c r="I20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
         <v>45951.0</v>
       </c>
       <c r="B21" t="s">
         <v>26</v>
       </c>
       <c r="D21" s="2">
-        <v>0.38194444444444</v>
+        <v>0.30555555555556</v>
       </c>
       <c r="E21" s="2">
-        <v>0.44791666666667</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="F21" t="s">
         <v>27</v>
       </c>
       <c r="G21" t="s">
         <v>11</v>
       </c>
       <c r="H21" t="s">
         <v>28</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>45951.0</v>
       </c>
       <c r="B22" t="s">
         <v>26</v>
       </c>
       <c r="D22" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E22" s="2">
@@ -1395,54 +1395,54 @@
       </c>
       <c r="E34" s="2">
         <v>0.59375</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34" t="s">
         <v>19</v>
       </c>
       <c r="I34" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>45965.0</v>
       </c>
       <c r="B35" t="s">
         <v>26</v>
       </c>
       <c r="D35" s="2">
-        <v>0.38194444444444</v>
+        <v>0.30555555555556</v>
       </c>
       <c r="E35" s="2">
-        <v>0.44791666666667</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="F35" t="s">
         <v>27</v>
       </c>
       <c r="G35" t="s">
         <v>11</v>
       </c>
       <c r="H35" t="s">
         <v>28</v>
       </c>
       <c r="I35" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>45965.0</v>
       </c>
       <c r="B36" t="s">
         <v>26</v>
       </c>
       <c r="D36" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E36" s="2">
@@ -1629,54 +1629,54 @@
       </c>
       <c r="E43" s="2">
         <v>0.74305555555556</v>
       </c>
       <c r="F43" t="s">
         <v>14</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>12</v>
       </c>
       <c r="I43" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>45979.0</v>
       </c>
       <c r="B44" t="s">
         <v>26</v>
       </c>
       <c r="D44" s="2">
-        <v>0.38194444444444</v>
+        <v>0.30555555555556</v>
       </c>
       <c r="E44" s="2">
-        <v>0.44791666666667</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="F44" t="s">
         <v>27</v>
       </c>
       <c r="G44" t="s">
         <v>11</v>
       </c>
       <c r="H44" t="s">
         <v>28</v>
       </c>
       <c r="I44" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>45979.0</v>
       </c>
       <c r="B45" t="s">
         <v>26</v>
       </c>
       <c r="D45" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E45" s="2">
@@ -1993,54 +1993,54 @@
       </c>
       <c r="E57" s="2">
         <v>0.59375</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57" t="s">
         <v>19</v>
       </c>
       <c r="I57" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>45993.0</v>
       </c>
       <c r="B58" t="s">
         <v>26</v>
       </c>
       <c r="D58" s="2">
-        <v>0.38194444444444</v>
+        <v>0.30555555555556</v>
       </c>
       <c r="E58" s="2">
-        <v>0.44791666666667</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="F58" t="s">
         <v>27</v>
       </c>
       <c r="G58" t="s">
         <v>11</v>
       </c>
       <c r="H58" t="s">
         <v>28</v>
       </c>
       <c r="I58" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>45993.0</v>
       </c>
       <c r="B59" t="s">
         <v>26</v>
       </c>
       <c r="D59" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E59" s="2">
@@ -2065,608 +2065,608 @@
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E60" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F60" t="s">
         <v>32</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>31</v>
       </c>
       <c r="I60" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
-        <v>45995.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B61" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="D61" s="2">
-        <v>0.48958333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E61" s="2">
-        <v>0.58333333333333</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F61" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="G61" t="s">
         <v>11</v>
       </c>
       <c r="H61" t="s">
-        <v>38</v>
+        <v>12</v>
+      </c>
+      <c r="I61" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
-        <v>45996.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B62" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D62" s="2">
-        <v>0.5</v>
+        <v>0.625</v>
       </c>
       <c r="E62" s="2">
-        <v>0.54166666666667</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="F62" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G62" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H62" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I62" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
-        <v>45996.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B63" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="D63" s="2">
-        <v>0.55208333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="E63" s="2">
-        <v>0.59375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F63" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G63" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H63" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
-        <v>46001.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B64" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D64" s="2">
-        <v>0.38541666666667</v>
+        <v>0.5</v>
       </c>
       <c r="E64" s="2">
-        <v>0.44791666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F64" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="G64" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H64" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="I64" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
-        <v>46001.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B65" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D65" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E65" s="2">
-        <v>0.61111111111111</v>
+        <v>0.59375</v>
       </c>
       <c r="F65" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H65" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I65" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>46001.0</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="2">
-        <v>0.625</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E66" s="2">
-        <v>0.74305555555556</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F66" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="G66" t="s">
         <v>15</v>
       </c>
       <c r="H66" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="I66" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
-        <v>46002.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B67" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="D67" s="2">
-        <v>0.48958333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E67" s="2">
-        <v>0.58333333333333</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F67" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="G67" t="s">
         <v>11</v>
       </c>
       <c r="H67" t="s">
-        <v>38</v>
+        <v>12</v>
+      </c>
+      <c r="I67" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
-        <v>46003.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B68" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D68" s="2">
-        <v>0.5</v>
+        <v>0.625</v>
       </c>
       <c r="E68" s="2">
-        <v>0.54166666666667</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="F68" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G68" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I68" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
-        <v>46003.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B69" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="D69" s="2">
-        <v>0.55208333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="E69" s="2">
-        <v>0.59375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F69" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H69" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
-        <v>46007.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B70" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D70" s="2">
-        <v>0.38194444444444</v>
+        <v>0.5</v>
       </c>
       <c r="E70" s="2">
-        <v>0.44791666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F70" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="G70" t="s">
         <v>11</v>
       </c>
       <c r="H70" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="I70" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
-        <v>46007.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B71" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D71" s="2">
-        <v>0.45833333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E71" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F71" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="I71" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B72" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D72" s="2">
-        <v>0.38541666666667</v>
+        <v>0.30555555555556</v>
       </c>
       <c r="E72" s="2">
-        <v>0.44791666666667</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="F72" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G72" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H72" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="I72" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
-        <v>46009.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B73" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D73" s="2">
-        <v>0.48958333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E73" s="2">
-        <v>0.58333333333333</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F73" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="G73" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H73" t="s">
-        <v>38</v>
+        <v>28</v>
+      </c>
+      <c r="I73" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
-        <v>46010.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B74" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D74" s="2">
-        <v>0.5</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E74" s="2">
-        <v>0.54166666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F74" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="G74" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H74" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="I74" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
-        <v>46010.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B75" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="D75" s="2">
-        <v>0.55208333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="E75" s="2">
-        <v>0.59375</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F75" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G75" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H75" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
-        <v>46030.0</v>
+        <v>46010.0</v>
       </c>
       <c r="B76" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="D76" s="2">
-        <v>0.48958333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E76" s="2">
-        <v>0.58333333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F76" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G76" t="s">
         <v>11</v>
       </c>
       <c r="H76" t="s">
-        <v>38</v>
+        <v>19</v>
+      </c>
+      <c r="I76" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
-        <v>46035.0</v>
+        <v>46010.0</v>
       </c>
       <c r="B77" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D77" s="2">
-        <v>0.38194444444444</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E77" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F77" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H77" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="I77" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
-        <v>46035.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B78" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="D78" s="2">
-        <v>0.45833333333333</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="E78" s="2">
-        <v>0.52430555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F78" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="G78" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H78" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
-        <v>46037.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B79" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D79" s="2">
-        <v>0.48958333333333</v>
+        <v>0.30555555555556</v>
       </c>
       <c r="E79" s="2">
-        <v>0.58333333333333</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="F79" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="G79" t="s">
         <v>11</v>
       </c>
       <c r="H79" t="s">
-        <v>38</v>
+        <v>28</v>
+      </c>
+      <c r="I79" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
-        <v>46043.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B80" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D80" s="2">
-        <v>0.55208333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E80" s="2">
-        <v>0.61111111111111</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F80" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="G80" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H80" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="I80" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
-        <v>46043.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B81" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="D81" s="2">
-        <v>0.625</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="E81" s="2">
-        <v>0.74305555555556</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F81" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="G81" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H81" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
-        <v>46050.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E82" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="G82" t="s">
         <v>11</v>
       </c>
       <c r="H82" t="s">
         <v>12</v>
       </c>
       <c r="I82" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
-        <v>46050.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="2">
         <v>0.625</v>
       </c>
       <c r="E83" s="2">
         <v>0.74305555555556</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
         <v>12</v>
       </c>
       <c r="I83" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>