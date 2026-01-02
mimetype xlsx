--- v1 (2025-11-17)
+++ v2 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -129,50 +129,56 @@
     <t>Podstawy mikrobioanalityki (W)</t>
   </si>
   <si>
     <t>dr inż. Julia Nowak-Niedźwiecka</t>
   </si>
   <si>
     <t>Podstawy mikrobioanalityki (L)</t>
   </si>
   <si>
     <t>209 A-8</t>
   </si>
   <si>
     <t>218/218a A-8</t>
   </si>
   <si>
     <t>210 A-8</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Regulacja cyklu komórkowego (W)</t>
   </si>
   <si>
     <t>prof. dr hab. Aleksander Czogalla</t>
+  </si>
+  <si>
+    <t>Projektowanie, analiza i symulacje bioprocesów (E)</t>
+  </si>
+  <si>
+    <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -480,54 +486,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J83"/>
+  <dimension ref="A1:J85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E83" sqref="E83"/>
+      <selection activeCell="E85" sqref="E85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2644,50 +2650,102 @@
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>46043.0</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="2">
         <v>0.625</v>
       </c>
       <c r="E83" s="2">
         <v>0.74305555555556</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83" t="s">
         <v>12</v>
       </c>
       <c r="I83" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B84" t="s">
+        <v>26</v>
+      </c>
+      <c r="D84" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E84" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F84" t="s">
+        <v>39</v>
+      </c>
+      <c r="G84" t="s">
+        <v>40</v>
+      </c>
+      <c r="H84" t="s">
+        <v>12</v>
+      </c>
+      <c r="I84" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B85" t="s">
+        <v>26</v>
+      </c>
+      <c r="D85" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E85" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F85" t="s">
+        <v>39</v>
+      </c>
+      <c r="G85" t="s">
+        <v>40</v>
+      </c>
+      <c r="H85" t="s">
+        <v>12</v>
+      </c>
+      <c r="I85" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>