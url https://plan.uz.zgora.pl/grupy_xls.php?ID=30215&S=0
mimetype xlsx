--- v2 (2026-01-02)
+++ v3 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -135,50 +135,71 @@
     <t>Podstawy mikrobioanalityki (L)</t>
   </si>
   <si>
     <t>209 A-8</t>
   </si>
   <si>
     <t>218/218a A-8</t>
   </si>
   <si>
     <t>210 A-8</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Regulacja cyklu komórkowego (W)</t>
   </si>
   <si>
     <t>prof. dr hab. Aleksander Czogalla</t>
   </si>
   <si>
     <t>Projektowanie, analiza i symulacje bioprocesów (E)</t>
   </si>
   <si>
     <t>E</t>
+  </si>
+  <si>
+    <t>Regulacja cyklu komórkowego (E)</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Aleksander Czogalla; dr Elżbieta Heger</t>
+  </si>
+  <si>
+    <t>107 A-8</t>
+  </si>
+  <si>
+    <t>Podstawy mikrobioanalityki (E)</t>
+  </si>
+  <si>
+    <t>Toksykologia (E)</t>
+  </si>
+  <si>
+    <t>221/221a A-8</t>
+  </si>
+  <si>
+    <t>116 A-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -486,66 +507,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J85"/>
+  <dimension ref="A1:J91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E85" sqref="E85"/>
+      <selection activeCell="E91" sqref="E91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -2680,72 +2701,228 @@
       </c>
       <c r="B84" t="s">
         <v>26</v>
       </c>
       <c r="D84" s="2">
         <v>0.375</v>
       </c>
       <c r="E84" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F84" t="s">
         <v>39</v>
       </c>
       <c r="G84" t="s">
         <v>40</v>
       </c>
       <c r="H84" t="s">
         <v>12</v>
       </c>
       <c r="I84" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
-        <v>46070.0</v>
+        <v>46057.0</v>
       </c>
       <c r="B85" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D85" s="2">
-        <v>0.375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E85" s="2">
-        <v>0.45833333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F85" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G85" t="s">
         <v>40</v>
       </c>
       <c r="H85" t="s">
+        <v>42</v>
+      </c>
+      <c r="I85" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B86" t="s">
+        <v>17</v>
+      </c>
+      <c r="D86" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E86" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F86" t="s">
+        <v>44</v>
+      </c>
+      <c r="G86" t="s">
+        <v>40</v>
+      </c>
+      <c r="H86" t="s">
+        <v>31</v>
+      </c>
+      <c r="I86" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B87" t="s">
+        <v>17</v>
+      </c>
+      <c r="D87" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E87" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F87" t="s">
+        <v>45</v>
+      </c>
+      <c r="G87" t="s">
+        <v>40</v>
+      </c>
+      <c r="H87" t="s">
+        <v>19</v>
+      </c>
+      <c r="I87" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B88" t="s">
+        <v>26</v>
+      </c>
+      <c r="D88" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E88" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F88" t="s">
+        <v>39</v>
+      </c>
+      <c r="G88" t="s">
+        <v>40</v>
+      </c>
+      <c r="H88" t="s">
         <v>12</v>
       </c>
-      <c r="I85" t="s">
-        <v>13</v>
+      <c r="I88" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="D89" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E89" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F89" t="s">
+        <v>41</v>
+      </c>
+      <c r="G89" t="s">
+        <v>40</v>
+      </c>
+      <c r="H89" t="s">
+        <v>42</v>
+      </c>
+      <c r="I89" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B90" t="s">
+        <v>36</v>
+      </c>
+      <c r="D90" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E90" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F90" t="s">
+        <v>44</v>
+      </c>
+      <c r="G90" t="s">
+        <v>40</v>
+      </c>
+      <c r="H90" t="s">
+        <v>31</v>
+      </c>
+      <c r="I90" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B91" t="s">
+        <v>17</v>
+      </c>
+      <c r="D91" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E91" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F91" t="s">
+        <v>45</v>
+      </c>
+      <c r="G91" t="s">
+        <v>40</v>
+      </c>
+      <c r="H91" t="s">
+        <v>19</v>
+      </c>
+      <c r="I91" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>