--- v0 (2025-11-02)
+++ v1 (2025-12-28)
@@ -1893,66 +1893,66 @@
       </c>
       <c r="E52" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="F52" t="s">
         <v>36</v>
       </c>
       <c r="G52" t="s">
         <v>11</v>
       </c>
       <c r="H52" t="s">
         <v>25</v>
       </c>
       <c r="I52" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>45968.0</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="2">
-        <v>0.52777777777778</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E53" s="2">
-        <v>0.59375</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F53" t="s">
         <v>14</v>
       </c>
       <c r="G53" t="s">
         <v>15</v>
       </c>
       <c r="H53" t="s">
         <v>12</v>
       </c>
       <c r="I53" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>45968.0</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E54" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F54" t="s">
         <v>38</v>
       </c>
       <c r="G54" t="s">
         <v>11</v>
       </c>
       <c r="H54" t="s">
         <v>39</v>
       </c>
       <c r="I54" t="s">
@@ -2283,92 +2283,92 @@
       </c>
       <c r="E67" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="F67" t="s">
         <v>36</v>
       </c>
       <c r="G67" t="s">
         <v>11</v>
       </c>
       <c r="H67" t="s">
         <v>25</v>
       </c>
       <c r="I67" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>45982.0</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E68" s="2">
-        <v>0.52083333333333</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F68" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="G68" t="s">
         <v>15</v>
       </c>
       <c r="H68" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I68" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>45982.0</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="2">
-        <v>0.52777777777778</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E69" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F69" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="G69" t="s">
         <v>15</v>
       </c>
       <c r="H69" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I69" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>45985.0</v>
       </c>
       <c r="B70" t="s">
         <v>16</v>
       </c>
       <c r="D70" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E70" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F70" t="s">
         <v>17</v>
       </c>
       <c r="G70" t="s">
         <v>11</v>
       </c>
       <c r="H70" t="s">
         <v>18</v>
       </c>
       <c r="I70" t="s">
@@ -3219,638 +3219,638 @@
       </c>
       <c r="E103" s="2">
         <v>0.59375</v>
       </c>
       <c r="F103" t="s">
         <v>28</v>
       </c>
       <c r="G103" t="s">
         <v>21</v>
       </c>
       <c r="H103" t="s">
         <v>29</v>
       </c>
       <c r="I103" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>46009.0</v>
       </c>
       <c r="B104" t="s">
         <v>31</v>
       </c>
       <c r="D104" s="2">
-        <v>0.39583333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E104" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F104" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G104" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H104" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="I104" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
-        <v>46009.0</v>
+        <v>46010.0</v>
       </c>
       <c r="B105" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D105" s="2">
-        <v>0.53125</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E105" s="2">
-        <v>0.59722222222222</v>
+        <v>0.59375</v>
       </c>
       <c r="F105" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="G105" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H105" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I105" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
-        <v>46010.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B106" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="D106" s="2">
-        <v>0.52777777777778</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E106" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F106" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G106" t="s">
         <v>15</v>
       </c>
       <c r="H106" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I106" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>46029.0</v>
       </c>
       <c r="B107" t="s">
         <v>47</v>
       </c>
       <c r="D107" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E107" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F107" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="G107" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H107" t="s">
         <v>25</v>
       </c>
       <c r="I107" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>46029.0</v>
       </c>
       <c r="B108" t="s">
         <v>47</v>
       </c>
       <c r="D108" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E108" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F108" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="G108" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H108" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I108" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B109" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="D109" s="2">
-        <v>0.53125</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="E109" s="2">
-        <v>0.59375</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F109" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G109" t="s">
         <v>21</v>
       </c>
       <c r="H109" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="I109" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>46030.0</v>
       </c>
       <c r="B110" t="s">
         <v>31</v>
       </c>
       <c r="D110" s="2">
-        <v>0.39583333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E110" s="2">
-        <v>0.48958333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F110" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="G110" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H110" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="I110" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
-        <v>46030.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B111" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D111" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E111" s="2">
-        <v>0.59722222222222</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F111" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="G111" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H111" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I111" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>46031.0</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="D112" s="2">
-        <v>0.45833333333333</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E112" s="2">
-        <v>0.51736111111111</v>
+        <v>0.59375</v>
       </c>
       <c r="F112" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G112" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H112" t="s">
         <v>12</v>
       </c>
       <c r="I112" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B113" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D113" s="2">
-        <v>0.52777777777778</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E113" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F113" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G113" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H113" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I113" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>46034.0</v>
       </c>
       <c r="B114" t="s">
         <v>16</v>
       </c>
       <c r="D114" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E114" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F114" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H114" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I114" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>46034.0</v>
       </c>
       <c r="B115" t="s">
         <v>16</v>
       </c>
       <c r="D115" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E115" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F115" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G115" t="s">
         <v>21</v>
       </c>
       <c r="H115" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I115" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B116" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D116" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E116" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F116" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G116" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H116" t="s">
         <v>25</v>
       </c>
       <c r="I116" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>46035.0</v>
       </c>
       <c r="B117" t="s">
         <v>27</v>
       </c>
       <c r="D117" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E117" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F117" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G117" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H117" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I117" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
-        <v>46035.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B118" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D118" s="2">
-        <v>0.53125</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E118" s="2">
-        <v>0.59375</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F118" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G118" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H118" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="I118" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>46037.0</v>
       </c>
       <c r="B119" t="s">
         <v>31</v>
       </c>
       <c r="D119" s="2">
-        <v>0.44791666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E119" s="2">
-        <v>0.51041666666667</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F119" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G119" t="s">
         <v>11</v>
       </c>
       <c r="H119" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="I119" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
-        <v>46037.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B120" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="D120" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E120" s="2">
-        <v>0.59722222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F120" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="G120" t="s">
         <v>11</v>
       </c>
       <c r="H120" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I120" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>46041.0</v>
       </c>
       <c r="B121" t="s">
         <v>16</v>
       </c>
       <c r="D121" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E121" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F121" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H121" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I121" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>46041.0</v>
       </c>
       <c r="B122" t="s">
         <v>16</v>
       </c>
       <c r="D122" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E122" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F122" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G122" t="s">
         <v>21</v>
       </c>
       <c r="H122" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I122" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B123" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D123" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E123" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F123" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G123" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="H123" t="s">
         <v>25</v>
       </c>
       <c r="I123" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>46042.0</v>
       </c>
       <c r="B124" t="s">
         <v>27</v>
       </c>
       <c r="D124" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E124" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F124" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="G124" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H124" t="s">
         <v>25</v>
       </c>
       <c r="I124" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>46042.0</v>
       </c>
       <c r="B125" t="s">
         <v>27</v>
       </c>
       <c r="D125" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E125" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F125" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="G125" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H125" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="I125" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B126" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="D126" s="2">
-        <v>0.53125</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="E126" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F126" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G126" t="s">
         <v>21</v>
       </c>
       <c r="H126" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="I126" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
         <v>46044.0</v>
       </c>
       <c r="B127" t="s">
         <v>31</v>
       </c>
       <c r="D127" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E127" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F127" t="s">
         <v>35</v>
       </c>
       <c r="G127" t="s">
         <v>11</v>
       </c>
       <c r="H127" t="s">
         <v>45</v>
       </c>
       <c r="I127" t="s">