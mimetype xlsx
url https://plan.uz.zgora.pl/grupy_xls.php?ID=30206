--- v0 (2025-11-02)
+++ v1 (2025-12-28)
@@ -12,194 +12,185 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
+    <t>Śr</t>
+  </si>
+  <si>
+    <t>Podstawy prawne zarządzania środowiskiem (Ć)</t>
+  </si>
+  <si>
+    <t>Ć</t>
+  </si>
+  <si>
+    <t>dr Olaf Ciebiera</t>
+  </si>
+  <si>
+    <t>216 A-8</t>
+  </si>
+  <si>
+    <t>Podstawy prawne zarządzania środowiskiem (W)</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>115 A-8</t>
+  </si>
+  <si>
+    <t>Technologia informacyjna - zaliczenie (L)</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>dr Artur Wandycz</t>
+  </si>
+  <si>
+    <t>Cz</t>
+  </si>
+  <si>
+    <t>Podstawy biologii (L)</t>
+  </si>
+  <si>
+    <t>dr Katarzyna Dancewicz</t>
+  </si>
+  <si>
+    <t>7 A-8</t>
+  </si>
+  <si>
+    <t>Zagrożenia cywilizacyjne i zrównoważony rozwój (Ć)</t>
+  </si>
+  <si>
+    <t>116 A-8</t>
+  </si>
+  <si>
+    <t>Pi</t>
+  </si>
+  <si>
+    <t>Nauki ścisłe w ochronie środowiska I (W)</t>
+  </si>
+  <si>
+    <t>dr Anna Timoszyk</t>
+  </si>
+  <si>
+    <t>Nauki ścisłe w ochronie środowiska I (Ć)</t>
+  </si>
+  <si>
+    <t>18 A-8</t>
+  </si>
+  <si>
     <t>Po</t>
   </si>
   <si>
     <t>Podstawy geologii, geomorfologii i gleboznawstwa (W)</t>
   </si>
   <si>
-    <t>W</t>
-[...1 lines deleted...]
-  <si>
     <t>dr inż. Róża Wasylewicz</t>
   </si>
   <si>
     <t>204 A-12</t>
   </si>
   <si>
     <t>Podstawy geologii, geomorfologii i gleboznawstwa (L)</t>
   </si>
   <si>
-    <t>L</t>
-[...1 lines deleted...]
-  <si>
     <t>mgr inż. Katarzyna Kubiszyn</t>
   </si>
   <si>
     <t>010 A-12</t>
   </si>
   <si>
     <t>Ochrona Przyrody (L)</t>
   </si>
   <si>
-    <t>dr Olaf Ciebiera</t>
-[...4 lines deleted...]
-  <si>
     <t>Wt</t>
   </si>
   <si>
-    <t>Podstawy prawne zarządzania środowiskiem (Ć)</t>
-[...23 lines deleted...]
-    <t>204 A-8</t>
+    <t>Podstawy biologii (W)</t>
   </si>
   <si>
     <t>Zagrożenia cywilizacyjne i zrównoważony rozwój (W)</t>
   </si>
   <si>
-    <t>Pi</t>
-[...8 lines deleted...]
-    <t>115 A-8</t>
+    <t>117 A-8</t>
   </si>
   <si>
     <t>Ochrona Przyrody (W)</t>
   </si>
   <si>
     <t>dr hab. Martin Hromada</t>
-  </si>
-[...28 lines deleted...]
-    <t>117 A-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -507,2645 +498,1085 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J99"/>
+  <dimension ref="A1:J39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E99" sqref="E99"/>
+      <selection activeCell="E39" sqref="E39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1">
-        <v>45964.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E2" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1">
-        <v>45964.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E3" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
+        <v>12</v>
+      </c>
+      <c r="I3" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1">
-        <v>45964.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="2">
         <v>0.53125</v>
       </c>
       <c r="E4" s="2">
         <v>0.59375</v>
       </c>
       <c r="F4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>19</v>
       </c>
       <c r="I4" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1">
-        <v>45965.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="E5" s="2">
+        <v>0.48958333333333</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="D5" s="2">
-[...5 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H5" t="s">
         <v>22</v>
       </c>
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1">
-        <v>45965.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D6" s="2">
         <v>0.53125</v>
       </c>
       <c r="E6" s="2">
-        <v>0.59375</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F6" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" t="s">
+        <v>11</v>
+      </c>
+      <c r="H6" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" t="s">
         <v>25</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1">
-        <v>45967.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B7" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E7" s="2">
+        <v>0.51736111111111</v>
+      </c>
+      <c r="F7" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I7" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1">
-        <v>45967.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D8" s="2">
-        <v>0.53125</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E8" s="2">
-        <v>0.59722222222222</v>
+        <v>0.59375</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G8" t="s">
         <v>11</v>
       </c>
       <c r="H8" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="I8" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1">
-        <v>45968.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E9" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F9" t="s">
         <v>32</v>
       </c>
-      <c r="D9" s="2">
-[...5 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" t="s">
         <v>33</v>
       </c>
-      <c r="G9" t="s">
-[...2 lines deleted...]
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
-        <v>45968.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D10" s="2">
-        <v>0.63541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E10" s="2">
-        <v>0.72916666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" t="s">
+        <v>18</v>
+      </c>
+      <c r="H10" t="s">
         <v>36</v>
       </c>
-      <c r="G10" t="s">
-[...2 lines deleted...]
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1">
-        <v>45974.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D11" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E11" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G11" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
-        <v>45974.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="D12" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E12" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F12" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H12" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I12" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
-        <v>45974.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B13" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="D13" s="2">
         <v>0.53125</v>
       </c>
       <c r="E13" s="2">
         <v>0.59375</v>
       </c>
       <c r="F13" t="s">
+        <v>17</v>
+      </c>
+      <c r="G13" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H13" t="s">
         <v>19</v>
       </c>
       <c r="I13" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
-        <v>45975.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D14" s="2">
-        <v>0.38541666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E14" s="2">
-        <v>0.44791666666667</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" t="s">
         <v>22</v>
       </c>
-      <c r="G14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I14" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
-        <v>45975.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B15" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D15" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E15" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="I15" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
-        <v>45975.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E16" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F16" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="I16" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
-        <v>45978.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D17" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E17" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="G17" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H17" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I17" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
-        <v>45978.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D18" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E18" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F18" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="G18" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H18" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I18" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
-        <v>45978.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="D19" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E19" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F19" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G19" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H19" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I19" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
-        <v>45979.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B20" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="D20" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E20" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F20" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G20" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I20" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
-        <v>45979.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B21" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="D21" s="2">
         <v>0.53125</v>
       </c>
       <c r="E21" s="2">
         <v>0.59375</v>
       </c>
       <c r="F21" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="G21" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H21" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="I21" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
-        <v>45981.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B22" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D22" s="2">
-        <v>0.375</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="E22" s="2">
-        <v>0.4375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F22" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H22" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I22" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
-        <v>45981.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B23" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D23" s="2">
-        <v>0.53125</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E23" s="2">
-        <v>0.59722222222222</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F23" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="G23" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I23" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
-        <v>45982.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B24" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D24" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E24" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F24" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="G24" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="H24" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I24" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
-        <v>45982.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B25" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D25" s="2">
-        <v>0.52777777777778</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E25" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="G25" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H25" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="I25" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
-        <v>45985.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B26" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D26" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E26" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G26" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="I26" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
-        <v>45985.0</v>
+        <v>46045.0</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D27" s="2">
-        <v>0.45833333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E27" s="2">
-        <v>0.52083333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="I27" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
-        <v>45985.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B28" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D28" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E28" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F28" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="G28" t="s">
         <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="I28" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
-        <v>45986.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B29" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="D29" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E29" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F29" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G29" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="H29" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="I29" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
-        <v>45986.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B30" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="D30" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E30" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F30" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="G30" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H30" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I30" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
-        <v>45986.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B31" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="D31" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E31" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F31" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H31" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="I31" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
-        <v>45988.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B32" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="D32" s="2">
-        <v>0.34375</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E32" s="2">
-        <v>0.4375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F32" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="G32" t="s">
         <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="I32" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
-        <v>45988.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B33" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="D33" s="2">
-        <v>0.44791666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E33" s="2">
-        <v>0.51041666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F33" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G33" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H33" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="I33" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
-        <v>45988.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B34" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D34" s="2">
-        <v>0.52083333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E34" s="2">
-        <v>0.59375</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F34" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G34" t="s">
         <v>11</v>
       </c>
       <c r="H34" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="I34" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
-        <v>45989.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B35" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D35" s="2">
-        <v>0.45833333333333</v>
+        <v>0.36805555555556</v>
       </c>
       <c r="E35" s="2">
-        <v>0.51736111111111</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F35" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="I35" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
-        <v>45989.0</v>
+        <v>46052.0</v>
       </c>
       <c r="B36" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D36" s="2">
-        <v>0.52777777777778</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E36" s="2">
-        <v>0.59375</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F36" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G36" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="I36" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
-        <v>45992.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B37" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D37" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E37" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F37" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G37" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="I37" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
-        <v>45992.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B38" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D38" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E38" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F38" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H38" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I38" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
-        <v>45992.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B39" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D39" s="2">
         <v>0.53125</v>
       </c>
       <c r="E39" s="2">
         <v>0.59375</v>
       </c>
       <c r="F39" t="s">
+        <v>38</v>
+      </c>
+      <c r="G39" t="s">
         <v>18</v>
       </c>
-      <c r="G39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H39" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I39" t="s">
-        <v>20</v>
-[...41 lines deleted...]
-      <c r="F41" t="s">
         <v>25</v>
-      </c>
-[...1515 lines deleted...]
-        <v>20</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>