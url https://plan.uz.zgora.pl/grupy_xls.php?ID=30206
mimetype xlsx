--- v1 (2025-12-28)
+++ v2 (2026-03-11)
@@ -12,229 +12,117 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...106 lines deleted...]
-    <t>dr hab. Martin Hromada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -498,1085 +386,97 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J39"/>
+  <dimension ref="A1:J1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E39" sqref="E39"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
-      </c>
-[...986 lines deleted...]
-        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>