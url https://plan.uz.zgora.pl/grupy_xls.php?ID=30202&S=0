--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -143,51 +143,84 @@
   <si>
     <t>Computer Programming 1/Programowanie komputerów 1 (L)</t>
   </si>
   <si>
     <t>dr inż. Paweł Wolański</t>
   </si>
   <si>
     <t>Computer Programming 1/Programowanie komputerów 1 (W)</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Algebra liniowa 1/Linear Algebra 1 (Ć)</t>
   </si>
   <si>
     <t>dr Joanna Skowronek-Kaziów</t>
   </si>
   <si>
     <t>Logic and Set Theory/Logika i teoria mnogości (W)</t>
   </si>
   <si>
     <t>Algebra liniowa 1/Linear Algebra 1 (W)</t>
   </si>
   <si>
+    <t>3 A-29</t>
+  </si>
+  <si>
+    <t>2 A-29</t>
+  </si>
+  <si>
+    <t>223 A-29</t>
+  </si>
+  <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>113 A-29</t>
+  </si>
+  <si>
+    <t>115 A-29</t>
+  </si>
+  <si>
+    <t>216 A-29</t>
+  </si>
+  <si>
+    <t>Computer Programming 1/Programowanie komputerów 1 (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Algebra liniowa 1/Linear Algebra 1 (E)</t>
+  </si>
+  <si>
+    <t>Analiza matematyczna 1/Mathematical Analysis 1 (E)</t>
+  </si>
+  <si>
+    <t>Logic and Set Theory/Logika i teoria mnogości (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -495,54 +528,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J242"/>
+  <dimension ref="A1:J250"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E242" sqref="E242"/>
+      <selection activeCell="E250" sqref="E250"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1087,51 +1120,51 @@
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>45939.0</v>
       </c>
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E22" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F22" t="s">
         <v>17</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
         <v>18</v>
       </c>
       <c r="I22" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>45939.0</v>
       </c>
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="D23" s="2">
         <v>0.53125</v>
       </c>
       <c r="E23" s="2">
         <v>0.59375</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23" t="s">
         <v>21</v>
       </c>
       <c r="I23" t="s">
@@ -1278,51 +1311,51 @@
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>45944.0</v>
       </c>
       <c r="B29" t="s">
         <v>38</v>
       </c>
       <c r="D29" s="2">
         <v>0.3125</v>
       </c>
       <c r="E29" s="2">
         <v>0.375</v>
       </c>
       <c r="F29" t="s">
         <v>42</v>
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
       <c r="H29" t="s">
         <v>40</v>
       </c>
       <c r="I29" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>45944.0</v>
       </c>
       <c r="B30" t="s">
         <v>38</v>
       </c>
       <c r="D30" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E30" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>21</v>
       </c>
       <c r="I30" t="s">
@@ -1356,77 +1389,77 @@
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>45944.0</v>
       </c>
       <c r="B32" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="2">
         <v>0.53125</v>
       </c>
       <c r="E32" s="2">
         <v>0.59375</v>
       </c>
       <c r="F32" t="s">
         <v>42</v>
       </c>
       <c r="G32" t="s">
         <v>11</v>
       </c>
       <c r="H32" t="s">
         <v>40</v>
       </c>
       <c r="I32" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>45944.0</v>
       </c>
       <c r="B33" t="s">
         <v>38</v>
       </c>
       <c r="D33" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E33" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F33" t="s">
         <v>39</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>40</v>
       </c>
       <c r="I33" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>45944.0</v>
       </c>
       <c r="B34" t="s">
         <v>38</v>
       </c>
       <c r="C34" t="s">
         <v>34</v>
       </c>
       <c r="D34" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E34" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F34" t="s">
         <v>29</v>
       </c>
       <c r="G34" t="s">
         <v>30</v>
       </c>
       <c r="H34" t="s">
@@ -1509,51 +1542,51 @@
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>45946.0</v>
       </c>
       <c r="B38" t="s">
         <v>16</v>
       </c>
       <c r="D38" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E38" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F38" t="s">
         <v>17</v>
       </c>
       <c r="G38" t="s">
         <v>15</v>
       </c>
       <c r="H38" t="s">
         <v>18</v>
       </c>
       <c r="I38" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>45946.0</v>
       </c>
       <c r="B39" t="s">
         <v>16</v>
       </c>
       <c r="D39" s="2">
         <v>0.53125</v>
       </c>
       <c r="E39" s="2">
         <v>0.59375</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>21</v>
       </c>
       <c r="I39" t="s">
@@ -1561,51 +1594,51 @@
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>45946.0</v>
       </c>
       <c r="B40" t="s">
         <v>16</v>
       </c>
       <c r="D40" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E40" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F40" t="s">
         <v>23</v>
       </c>
       <c r="G40" t="s">
         <v>15</v>
       </c>
       <c r="H40" t="s">
         <v>21</v>
       </c>
       <c r="I40" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>45946.0</v>
       </c>
       <c r="B41" t="s">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>28</v>
       </c>
       <c r="D41" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E41" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F41" t="s">
         <v>29</v>
       </c>
       <c r="G41" t="s">
         <v>30</v>
       </c>
       <c r="H41" t="s">
@@ -1931,51 +1964,51 @@
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>45953.0</v>
       </c>
       <c r="B54" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E54" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F54" t="s">
         <v>17</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
         <v>18</v>
       </c>
       <c r="I54" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>45953.0</v>
       </c>
       <c r="B55" t="s">
         <v>16</v>
       </c>
       <c r="D55" s="2">
         <v>0.53125</v>
       </c>
       <c r="E55" s="2">
         <v>0.59375</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
         <v>21</v>
       </c>
       <c r="I55" t="s">
@@ -1983,51 +2016,51 @@
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>45953.0</v>
       </c>
       <c r="B56" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E56" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F56" t="s">
         <v>23</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56" t="s">
         <v>21</v>
       </c>
       <c r="I56" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>45953.0</v>
       </c>
       <c r="B57" t="s">
         <v>16</v>
       </c>
       <c r="C57" t="s">
         <v>28</v>
       </c>
       <c r="D57" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E57" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F57" t="s">
         <v>29</v>
       </c>
       <c r="G57" t="s">
         <v>30</v>
       </c>
       <c r="H57" t="s">
@@ -2353,51 +2386,51 @@
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>45960.0</v>
       </c>
       <c r="B70" t="s">
         <v>16</v>
       </c>
       <c r="D70" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E70" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F70" t="s">
         <v>17</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>18</v>
       </c>
       <c r="I70" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>45960.0</v>
       </c>
       <c r="B71" t="s">
         <v>16</v>
       </c>
       <c r="D71" s="2">
         <v>0.53125</v>
       </c>
       <c r="E71" s="2">
         <v>0.59375</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
         <v>15</v>
       </c>
       <c r="H71" t="s">
         <v>21</v>
       </c>
       <c r="I71" t="s">
@@ -2405,51 +2438,51 @@
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>45960.0</v>
       </c>
       <c r="B72" t="s">
         <v>16</v>
       </c>
       <c r="D72" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E72" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F72" t="s">
         <v>23</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72" t="s">
         <v>21</v>
       </c>
       <c r="I72" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
         <v>45960.0</v>
       </c>
       <c r="B73" t="s">
         <v>16</v>
       </c>
       <c r="C73" t="s">
         <v>28</v>
       </c>
       <c r="D73" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E73" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F73" t="s">
         <v>29</v>
       </c>
       <c r="G73" t="s">
         <v>30</v>
       </c>
       <c r="H73" t="s">
@@ -2760,415 +2793,415 @@
       </c>
       <c r="E85" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="G85" t="s">
         <v>11</v>
       </c>
       <c r="H85" t="s">
         <v>12</v>
       </c>
       <c r="I85" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>45967.0</v>
       </c>
       <c r="B86" t="s">
         <v>16</v>
       </c>
       <c r="D86" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E86" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F86" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="I86" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>45967.0</v>
       </c>
       <c r="B87" t="s">
         <v>16</v>
       </c>
       <c r="D87" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E87" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F87" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G87" t="s">
         <v>15</v>
       </c>
       <c r="H87" t="s">
         <v>21</v>
       </c>
       <c r="I87" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>45967.0</v>
       </c>
       <c r="B88" t="s">
         <v>16</v>
       </c>
+      <c r="C88" t="s">
+        <v>28</v>
+      </c>
       <c r="D88" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E88" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F88" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G88" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H88" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="I88" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
-        <v>45967.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B89" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D89" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E89" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F89" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="G89" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H89" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="I89" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>45973.0</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="D90" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E90" s="2">
-        <v>0.44791666666667</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="F90" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G90" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
-        <v>45973.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B91" t="s">
-        <v>9</v>
+        <v>16</v>
+      </c>
+      <c r="C91" t="s">
+        <v>34</v>
       </c>
       <c r="D91" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E91" s="2">
-        <v>0.64583333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F91" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="G91" t="s">
-        <v>15</v>
+        <v>30</v>
+      </c>
+      <c r="H91" t="s">
+        <v>36</v>
+      </c>
+      <c r="I91" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>45974.0</v>
       </c>
       <c r="B92" t="s">
         <v>16</v>
       </c>
-      <c r="C92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D92" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E92" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F92" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G92" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H92" t="s">
         <v>36</v>
       </c>
       <c r="I92" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>45974.0</v>
       </c>
       <c r="B93" t="s">
         <v>16</v>
       </c>
+      <c r="C93" t="s">
+        <v>28</v>
+      </c>
       <c r="D93" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E93" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F93" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G93" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H93" t="s">
         <v>36</v>
       </c>
       <c r="I93" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>45974.0</v>
       </c>
       <c r="B94" t="s">
         <v>16</v>
       </c>
-      <c r="C94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D94" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E94" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F94" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G94" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H94" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="I94" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>45975.0</v>
       </c>
       <c r="B95" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D95" s="2">
         <v>0.3125</v>
       </c>
       <c r="E95" s="2">
         <v>0.375</v>
       </c>
       <c r="F95" t="s">
         <v>42</v>
       </c>
       <c r="G95" t="s">
         <v>11</v>
       </c>
       <c r="H95" t="s">
         <v>40</v>
       </c>
       <c r="I95" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>45975.0</v>
       </c>
       <c r="B96" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D96" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E96" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
         <v>15</v>
       </c>
       <c r="H96" t="s">
         <v>21</v>
       </c>
       <c r="I96" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>45975.0</v>
       </c>
       <c r="B97" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D97" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E97" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F97" t="s">
         <v>41</v>
       </c>
       <c r="G97" t="s">
         <v>11</v>
       </c>
       <c r="H97" t="s">
         <v>18</v>
       </c>
       <c r="I97" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>45975.0</v>
       </c>
       <c r="B98" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D98" s="2">
         <v>0.53125</v>
       </c>
       <c r="E98" s="2">
         <v>0.59375</v>
       </c>
       <c r="F98" t="s">
         <v>42</v>
       </c>
       <c r="G98" t="s">
         <v>11</v>
       </c>
       <c r="H98" t="s">
         <v>40</v>
       </c>
       <c r="I98" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>45975.0</v>
       </c>
       <c r="B99" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D99" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E99" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F99" t="s">
         <v>39</v>
       </c>
       <c r="G99" t="s">
         <v>15</v>
       </c>
       <c r="H99" t="s">
         <v>40</v>
       </c>
       <c r="I99" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>45975.0</v>
       </c>
       <c r="B100" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C100" t="s">
         <v>34</v>
       </c>
       <c r="D100" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E100" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F100" t="s">
         <v>29</v>
       </c>
       <c r="G100" t="s">
         <v>30</v>
       </c>
       <c r="H100" t="s">
         <v>31</v>
       </c>
       <c r="I100" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
@@ -3486,51 +3519,51 @@
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>45981.0</v>
       </c>
       <c r="B113" t="s">
         <v>16</v>
       </c>
       <c r="D113" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E113" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F113" t="s">
         <v>17</v>
       </c>
       <c r="G113" t="s">
         <v>15</v>
       </c>
       <c r="H113" t="s">
         <v>18</v>
       </c>
       <c r="I113" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45981.0</v>
       </c>
       <c r="B114" t="s">
         <v>16</v>
       </c>
       <c r="D114" s="2">
         <v>0.53125</v>
       </c>
       <c r="E114" s="2">
         <v>0.59375</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
         <v>15</v>
       </c>
       <c r="H114" t="s">
         <v>21</v>
       </c>
       <c r="I114" t="s">
@@ -3538,51 +3571,51 @@
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45981.0</v>
       </c>
       <c r="B115" t="s">
         <v>16</v>
       </c>
       <c r="D115" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E115" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F115" t="s">
         <v>23</v>
       </c>
       <c r="G115" t="s">
         <v>15</v>
       </c>
       <c r="H115" t="s">
         <v>21</v>
       </c>
       <c r="I115" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>45981.0</v>
       </c>
       <c r="B116" t="s">
         <v>16</v>
       </c>
       <c r="C116" t="s">
         <v>28</v>
       </c>
       <c r="D116" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E116" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F116" t="s">
         <v>29</v>
       </c>
       <c r="G116" t="s">
         <v>30</v>
       </c>
       <c r="H116" t="s">
@@ -3908,51 +3941,51 @@
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>45988.0</v>
       </c>
       <c r="B129" t="s">
         <v>16</v>
       </c>
       <c r="D129" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E129" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F129" t="s">
         <v>17</v>
       </c>
       <c r="G129" t="s">
         <v>15</v>
       </c>
       <c r="H129" t="s">
         <v>18</v>
       </c>
       <c r="I129" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>45988.0</v>
       </c>
       <c r="B130" t="s">
         <v>16</v>
       </c>
       <c r="D130" s="2">
         <v>0.53125</v>
       </c>
       <c r="E130" s="2">
         <v>0.59375</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
         <v>15</v>
       </c>
       <c r="H130" t="s">
         <v>21</v>
       </c>
       <c r="I130" t="s">
@@ -3960,51 +3993,51 @@
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>45988.0</v>
       </c>
       <c r="B131" t="s">
         <v>16</v>
       </c>
       <c r="D131" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E131" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F131" t="s">
         <v>23</v>
       </c>
       <c r="G131" t="s">
         <v>15</v>
       </c>
       <c r="H131" t="s">
         <v>21</v>
       </c>
       <c r="I131" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>45988.0</v>
       </c>
       <c r="B132" t="s">
         <v>16</v>
       </c>
       <c r="C132" t="s">
         <v>28</v>
       </c>
       <c r="D132" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E132" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F132" t="s">
         <v>29</v>
       </c>
       <c r="G132" t="s">
         <v>30</v>
       </c>
       <c r="H132" t="s">
@@ -4099,51 +4132,51 @@
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>45993.0</v>
       </c>
       <c r="B136" t="s">
         <v>38</v>
       </c>
       <c r="D136" s="2">
         <v>0.3125</v>
       </c>
       <c r="E136" s="2">
         <v>0.375</v>
       </c>
       <c r="F136" t="s">
         <v>39</v>
       </c>
       <c r="G136" t="s">
         <v>15</v>
       </c>
       <c r="H136" t="s">
         <v>40</v>
       </c>
       <c r="I136" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>45993.0</v>
       </c>
       <c r="B137" t="s">
         <v>38</v>
       </c>
       <c r="D137" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E137" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
         <v>15</v>
       </c>
       <c r="H137" t="s">
         <v>21</v>
       </c>
       <c r="I137" t="s">
@@ -4151,103 +4184,103 @@
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>45993.0</v>
       </c>
       <c r="B138" t="s">
         <v>38</v>
       </c>
       <c r="D138" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E138" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F138" t="s">
         <v>41</v>
       </c>
       <c r="G138" t="s">
         <v>11</v>
       </c>
       <c r="H138" t="s">
         <v>18</v>
       </c>
       <c r="I138" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>45993.0</v>
       </c>
       <c r="B139" t="s">
         <v>38</v>
       </c>
       <c r="D139" s="2">
         <v>0.53125</v>
       </c>
       <c r="E139" s="2">
         <v>0.59375</v>
       </c>
       <c r="F139" t="s">
         <v>42</v>
       </c>
       <c r="G139" t="s">
         <v>11</v>
       </c>
       <c r="H139" t="s">
         <v>40</v>
       </c>
       <c r="I139" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
         <v>45993.0</v>
       </c>
       <c r="B140" t="s">
         <v>38</v>
       </c>
       <c r="D140" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E140" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F140" t="s">
         <v>39</v>
       </c>
       <c r="G140" t="s">
         <v>15</v>
       </c>
       <c r="H140" t="s">
         <v>40</v>
       </c>
       <c r="I140" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>45993.0</v>
       </c>
       <c r="B141" t="s">
         <v>38</v>
       </c>
       <c r="C141" t="s">
         <v>34</v>
       </c>
       <c r="D141" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E141" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F141" t="s">
         <v>29</v>
       </c>
       <c r="G141" t="s">
         <v>30</v>
       </c>
       <c r="H141" t="s">
@@ -4330,51 +4363,51 @@
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
         <v>45995.0</v>
       </c>
       <c r="B145" t="s">
         <v>16</v>
       </c>
       <c r="D145" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E145" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F145" t="s">
         <v>17</v>
       </c>
       <c r="G145" t="s">
         <v>15</v>
       </c>
       <c r="H145" t="s">
         <v>18</v>
       </c>
       <c r="I145" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
         <v>45995.0</v>
       </c>
       <c r="B146" t="s">
         <v>16</v>
       </c>
       <c r="D146" s="2">
         <v>0.53125</v>
       </c>
       <c r="E146" s="2">
         <v>0.59375</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
         <v>15</v>
       </c>
       <c r="H146" t="s">
         <v>21</v>
       </c>
       <c r="I146" t="s">
@@ -4382,51 +4415,51 @@
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>45995.0</v>
       </c>
       <c r="B147" t="s">
         <v>16</v>
       </c>
       <c r="D147" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E147" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F147" t="s">
         <v>23</v>
       </c>
       <c r="G147" t="s">
         <v>15</v>
       </c>
       <c r="H147" t="s">
         <v>21</v>
       </c>
       <c r="I147" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>45995.0</v>
       </c>
       <c r="B148" t="s">
         <v>16</v>
       </c>
       <c r="C148" t="s">
         <v>28</v>
       </c>
       <c r="D148" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E148" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F148" t="s">
         <v>29</v>
       </c>
       <c r="G148" t="s">
         <v>30</v>
       </c>
       <c r="H148" t="s">
@@ -4752,51 +4785,51 @@
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>46002.0</v>
       </c>
       <c r="B161" t="s">
         <v>16</v>
       </c>
       <c r="D161" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E161" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F161" t="s">
         <v>17</v>
       </c>
       <c r="G161" t="s">
         <v>15</v>
       </c>
       <c r="H161" t="s">
         <v>18</v>
       </c>
       <c r="I161" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>46002.0</v>
       </c>
       <c r="B162" t="s">
         <v>16</v>
       </c>
       <c r="D162" s="2">
         <v>0.53125</v>
       </c>
       <c r="E162" s="2">
         <v>0.59375</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
         <v>15</v>
       </c>
       <c r="H162" t="s">
         <v>21</v>
       </c>
       <c r="I162" t="s">
@@ -4804,51 +4837,51 @@
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>46002.0</v>
       </c>
       <c r="B163" t="s">
         <v>16</v>
       </c>
       <c r="D163" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E163" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F163" t="s">
         <v>23</v>
       </c>
       <c r="G163" t="s">
         <v>15</v>
       </c>
       <c r="H163" t="s">
         <v>21</v>
       </c>
       <c r="I163" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
         <v>46002.0</v>
       </c>
       <c r="B164" t="s">
         <v>16</v>
       </c>
       <c r="C164" t="s">
         <v>28</v>
       </c>
       <c r="D164" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E164" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F164" t="s">
         <v>29</v>
       </c>
       <c r="G164" t="s">
         <v>30</v>
       </c>
       <c r="H164" t="s">
@@ -5174,51 +5207,51 @@
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>46009.0</v>
       </c>
       <c r="B177" t="s">
         <v>16</v>
       </c>
       <c r="D177" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E177" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F177" t="s">
         <v>17</v>
       </c>
       <c r="G177" t="s">
         <v>15</v>
       </c>
       <c r="H177" t="s">
         <v>18</v>
       </c>
       <c r="I177" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>46009.0</v>
       </c>
       <c r="B178" t="s">
         <v>16</v>
       </c>
       <c r="D178" s="2">
         <v>0.53125</v>
       </c>
       <c r="E178" s="2">
         <v>0.59375</v>
       </c>
       <c r="F178" t="s">
         <v>20</v>
       </c>
       <c r="G178" t="s">
         <v>15</v>
       </c>
       <c r="H178" t="s">
         <v>21</v>
       </c>
       <c r="I178" t="s">
@@ -5226,51 +5259,51 @@
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>46009.0</v>
       </c>
       <c r="B179" t="s">
         <v>16</v>
       </c>
       <c r="D179" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E179" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F179" t="s">
         <v>23</v>
       </c>
       <c r="G179" t="s">
         <v>15</v>
       </c>
       <c r="H179" t="s">
         <v>21</v>
       </c>
       <c r="I179" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>46009.0</v>
       </c>
       <c r="B180" t="s">
         <v>16</v>
       </c>
       <c r="C180" t="s">
         <v>28</v>
       </c>
       <c r="D180" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E180" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F180" t="s">
         <v>29</v>
       </c>
       <c r="G180" t="s">
         <v>30</v>
       </c>
       <c r="H180" t="s">
@@ -5466,51 +5499,51 @@
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
         <v>46030.0</v>
       </c>
       <c r="B188" t="s">
         <v>16</v>
       </c>
       <c r="D188" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E188" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F188" t="s">
         <v>17</v>
       </c>
       <c r="G188" t="s">
         <v>15</v>
       </c>
       <c r="H188" t="s">
         <v>18</v>
       </c>
       <c r="I188" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>46030.0</v>
       </c>
       <c r="B189" t="s">
         <v>16</v>
       </c>
       <c r="D189" s="2">
         <v>0.53125</v>
       </c>
       <c r="E189" s="2">
         <v>0.59375</v>
       </c>
       <c r="F189" t="s">
         <v>20</v>
       </c>
       <c r="G189" t="s">
         <v>15</v>
       </c>
       <c r="H189" t="s">
         <v>21</v>
       </c>
       <c r="I189" t="s">
@@ -5518,51 +5551,51 @@
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>46030.0</v>
       </c>
       <c r="B190" t="s">
         <v>16</v>
       </c>
       <c r="D190" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E190" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F190" t="s">
         <v>23</v>
       </c>
       <c r="G190" t="s">
         <v>15</v>
       </c>
       <c r="H190" t="s">
         <v>21</v>
       </c>
       <c r="I190" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>46030.0</v>
       </c>
       <c r="B191" t="s">
         <v>16</v>
       </c>
       <c r="C191" t="s">
         <v>28</v>
       </c>
       <c r="D191" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E191" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F191" t="s">
         <v>29</v>
       </c>
       <c r="G191" t="s">
         <v>30</v>
       </c>
       <c r="H191" t="s">
@@ -5888,51 +5921,51 @@
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="1">
         <v>46037.0</v>
       </c>
       <c r="B204" t="s">
         <v>16</v>
       </c>
       <c r="D204" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E204" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F204" t="s">
         <v>17</v>
       </c>
       <c r="G204" t="s">
         <v>15</v>
       </c>
       <c r="H204" t="s">
         <v>18</v>
       </c>
       <c r="I204" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
         <v>46037.0</v>
       </c>
       <c r="B205" t="s">
         <v>16</v>
       </c>
       <c r="D205" s="2">
         <v>0.53125</v>
       </c>
       <c r="E205" s="2">
         <v>0.59375</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
         <v>15</v>
       </c>
       <c r="H205" t="s">
         <v>21</v>
       </c>
       <c r="I205" t="s">
@@ -5940,51 +5973,51 @@
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
         <v>46037.0</v>
       </c>
       <c r="B206" t="s">
         <v>16</v>
       </c>
       <c r="D206" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E206" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F206" t="s">
         <v>23</v>
       </c>
       <c r="G206" t="s">
         <v>15</v>
       </c>
       <c r="H206" t="s">
         <v>21</v>
       </c>
       <c r="I206" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>46037.0</v>
       </c>
       <c r="B207" t="s">
         <v>16</v>
       </c>
       <c r="C207" t="s">
         <v>28</v>
       </c>
       <c r="D207" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E207" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F207" t="s">
         <v>29</v>
       </c>
       <c r="G207" t="s">
         <v>30</v>
       </c>
       <c r="H207" t="s">
@@ -6310,51 +6343,51 @@
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="1">
         <v>46044.0</v>
       </c>
       <c r="B220" t="s">
         <v>16</v>
       </c>
       <c r="D220" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E220" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F220" t="s">
         <v>17</v>
       </c>
       <c r="G220" t="s">
         <v>15</v>
       </c>
       <c r="H220" t="s">
         <v>18</v>
       </c>
       <c r="I220" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="1">
         <v>46044.0</v>
       </c>
       <c r="B221" t="s">
         <v>16</v>
       </c>
       <c r="D221" s="2">
         <v>0.53125</v>
       </c>
       <c r="E221" s="2">
         <v>0.59375</v>
       </c>
       <c r="F221" t="s">
         <v>20</v>
       </c>
       <c r="G221" t="s">
         <v>15</v>
       </c>
       <c r="H221" t="s">
         <v>21</v>
       </c>
       <c r="I221" t="s">
@@ -6362,51 +6395,51 @@
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="1">
         <v>46044.0</v>
       </c>
       <c r="B222" t="s">
         <v>16</v>
       </c>
       <c r="D222" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E222" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F222" t="s">
         <v>23</v>
       </c>
       <c r="G222" t="s">
         <v>15</v>
       </c>
       <c r="H222" t="s">
         <v>21</v>
       </c>
       <c r="I222" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="1">
         <v>46044.0</v>
       </c>
       <c r="B223" t="s">
         <v>16</v>
       </c>
       <c r="C223" t="s">
         <v>28</v>
       </c>
       <c r="D223" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E223" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F223" t="s">
         <v>29</v>
       </c>
       <c r="G223" t="s">
         <v>30</v>
       </c>
       <c r="H223" t="s">
@@ -6732,51 +6765,51 @@
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="1">
         <v>46051.0</v>
       </c>
       <c r="B236" t="s">
         <v>16</v>
       </c>
       <c r="D236" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E236" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F236" t="s">
         <v>17</v>
       </c>
       <c r="G236" t="s">
         <v>15</v>
       </c>
       <c r="H236" t="s">
         <v>18</v>
       </c>
       <c r="I236" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="1">
         <v>46051.0</v>
       </c>
       <c r="B237" t="s">
         <v>16</v>
       </c>
       <c r="D237" s="2">
         <v>0.53125</v>
       </c>
       <c r="E237" s="2">
         <v>0.59375</v>
       </c>
       <c r="F237" t="s">
         <v>20</v>
       </c>
       <c r="G237" t="s">
         <v>15</v>
       </c>
       <c r="H237" t="s">
         <v>21</v>
       </c>
       <c r="I237" t="s">
@@ -6784,51 +6817,51 @@
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="1">
         <v>46051.0</v>
       </c>
       <c r="B238" t="s">
         <v>16</v>
       </c>
       <c r="D238" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E238" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F238" t="s">
         <v>23</v>
       </c>
       <c r="G238" t="s">
         <v>15</v>
       </c>
       <c r="H238" t="s">
         <v>21</v>
       </c>
       <c r="I238" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="1">
         <v>46051.0</v>
       </c>
       <c r="B239" t="s">
         <v>16</v>
       </c>
       <c r="C239" t="s">
         <v>28</v>
       </c>
       <c r="D239" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E239" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F239" t="s">
         <v>29</v>
       </c>
       <c r="G239" t="s">
         <v>30</v>
       </c>
       <c r="H239" t="s">
@@ -6898,50 +6931,258 @@
         <v>46055.0</v>
       </c>
       <c r="B242" t="s">
         <v>33</v>
       </c>
       <c r="C242" t="s">
         <v>28</v>
       </c>
       <c r="D242" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E242" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F242" t="s">
         <v>35</v>
       </c>
       <c r="G242" t="s">
         <v>30</v>
       </c>
       <c r="H242" t="s">
         <v>36</v>
       </c>
       <c r="I242" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10">
+      <c r="A243" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B243" t="s">
+        <v>38</v>
+      </c>
+      <c r="D243" s="2">
+        <v>0.52152777777778</v>
+      </c>
+      <c r="E243" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F243" t="s">
+        <v>50</v>
+      </c>
+      <c r="G243" t="s">
+        <v>51</v>
+      </c>
+      <c r="H243" t="s">
+        <v>36</v>
+      </c>
+      <c r="I243" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10">
+      <c r="A244" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B244" t="s">
+        <v>46</v>
+      </c>
+      <c r="D244" s="2">
+        <v>0.46875</v>
+      </c>
+      <c r="E244" s="2">
+        <v>0.53125</v>
+      </c>
+      <c r="F244" t="s">
+        <v>52</v>
+      </c>
+      <c r="G244" t="s">
+        <v>51</v>
+      </c>
+      <c r="H244" t="s">
+        <v>40</v>
+      </c>
+      <c r="I244" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10">
+      <c r="A245" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B245" t="s">
+        <v>33</v>
+      </c>
+      <c r="D245" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E245" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F245" t="s">
+        <v>53</v>
+      </c>
+      <c r="G245" t="s">
+        <v>51</v>
+      </c>
+      <c r="H245" t="s">
+        <v>12</v>
+      </c>
+      <c r="I245" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10">
+      <c r="A246" s="1">
+        <v>46064.0</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="D246" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E246" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F246" t="s">
+        <v>54</v>
+      </c>
+      <c r="G246" t="s">
+        <v>51</v>
+      </c>
+      <c r="H246" t="s">
+        <v>18</v>
+      </c>
+      <c r="I246" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10">
+      <c r="A247" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B247" t="s">
+        <v>38</v>
+      </c>
+      <c r="D247" s="2">
+        <v>0.52152777777778</v>
+      </c>
+      <c r="E247" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F247" t="s">
+        <v>50</v>
+      </c>
+      <c r="G247" t="s">
+        <v>51</v>
+      </c>
+      <c r="H247" t="s">
+        <v>36</v>
+      </c>
+      <c r="I247" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10">
+      <c r="A248" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B248" t="s">
+        <v>33</v>
+      </c>
+      <c r="D248" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E248" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F248" t="s">
+        <v>54</v>
+      </c>
+      <c r="G248" t="s">
+        <v>51</v>
+      </c>
+      <c r="H248" t="s">
+        <v>18</v>
+      </c>
+      <c r="I248" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10">
+      <c r="A249" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B249" t="s">
+        <v>46</v>
+      </c>
+      <c r="D249" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E249" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F249" t="s">
+        <v>53</v>
+      </c>
+      <c r="G249" t="s">
+        <v>51</v>
+      </c>
+      <c r="H249" t="s">
+        <v>12</v>
+      </c>
+      <c r="I249" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10">
+      <c r="A250" s="1">
+        <v>46083.0</v>
+      </c>
+      <c r="B250" t="s">
+        <v>33</v>
+      </c>
+      <c r="D250" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E250" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="F250" t="s">
+        <v>52</v>
+      </c>
+      <c r="G250" t="s">
+        <v>51</v>
+      </c>
+      <c r="H250" t="s">
+        <v>40</v>
+      </c>
+      <c r="I250" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>