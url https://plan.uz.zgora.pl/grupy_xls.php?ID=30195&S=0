--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -171,50 +171,56 @@
     <t>mgr Magdalena Szendi</t>
   </si>
   <si>
     <t>16 A-5</t>
   </si>
   <si>
     <t>Basics of Computer Networks/Podstawy sieci komputerowych (W)</t>
   </si>
   <si>
     <t>207 A-29</t>
   </si>
   <si>
     <t>Basics of Computer Networks/Podstawy sieci komputerowych (L)</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Fundamentals of Econometrics/Podstawy ekonometrii (W)</t>
   </si>
   <si>
     <t>Fundamentals of Econometrics/Podstawy ekonometrii (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
+  </si>
+  <si>
+    <t>dr Marta Borowiecka-Olszewska; dr Katarzyna Jesse-Józefczyk; dr Mateusz Kubiak; dr hab. Elżbieta Sidorowicz, prof. UZ; dr inż. Paweł Wolański</t>
+  </si>
+  <si>
+    <t>115 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3581,51 +3587,51 @@
       </c>
       <c r="I116" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>45987.0</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="D117" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E117" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F117" t="s">
         <v>16</v>
       </c>
       <c r="G117" t="s">
         <v>17</v>
       </c>
       <c r="H117" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="I117" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>45988.0</v>
       </c>
       <c r="B118" t="s">
         <v>20</v>
       </c>
       <c r="D118" s="2">
         <v>0.53125</v>
       </c>
       <c r="E118" s="2">
         <v>0.59375</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118" t="s">
@@ -3896,51 +3902,51 @@
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>45993.0</v>
       </c>
       <c r="B129" t="s">
         <v>49</v>
       </c>
       <c r="D129" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E129" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F129" t="s">
         <v>50</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129" t="s">
         <v>15</v>
       </c>
       <c r="I129" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>45994.0</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="D130" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E130" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F130" t="s">
         <v>10</v>
       </c>
       <c r="G130" t="s">
         <v>11</v>
       </c>
       <c r="H130" t="s">
         <v>12</v>
       </c>
       <c r="I130" t="s">
@@ -3971,51 +3977,51 @@
       </c>
       <c r="I131" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>45994.0</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="D132" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E132" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F132" t="s">
         <v>16</v>
       </c>
       <c r="G132" t="s">
         <v>17</v>
       </c>
       <c r="H132" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="I132" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>45995.0</v>
       </c>
       <c r="B133" t="s">
         <v>20</v>
       </c>
       <c r="D133" s="2">
         <v>0.53125</v>
       </c>
       <c r="E133" s="2">
         <v>0.59375</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133" t="s">
@@ -4361,51 +4367,51 @@
       </c>
       <c r="I146" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>46001.0</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="D147" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E147" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F147" t="s">
         <v>16</v>
       </c>
       <c r="G147" t="s">
         <v>17</v>
       </c>
       <c r="H147" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="I147" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>46002.0</v>
       </c>
       <c r="B148" t="s">
         <v>20</v>
       </c>
       <c r="D148" s="2">
         <v>0.53125</v>
       </c>
       <c r="E148" s="2">
         <v>0.59375</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148" t="s">
@@ -4751,51 +4757,51 @@
       </c>
       <c r="I161" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>46008.0</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="D162" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E162" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F162" t="s">
         <v>16</v>
       </c>
       <c r="G162" t="s">
         <v>17</v>
       </c>
       <c r="H162" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="I162" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>46009.0</v>
       </c>
       <c r="B163" t="s">
         <v>20</v>
       </c>
       <c r="D163" s="2">
         <v>0.53125</v>
       </c>
       <c r="E163" s="2">
         <v>0.59375</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163" t="s">
@@ -5349,51 +5355,51 @@
       </c>
       <c r="I184" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46036.0</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="D185" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E185" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F185" t="s">
         <v>16</v>
       </c>
       <c r="G185" t="s">
         <v>17</v>
       </c>
       <c r="H185" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="I185" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>46037.0</v>
       </c>
       <c r="B186" t="s">
         <v>20</v>
       </c>
       <c r="D186" s="2">
         <v>0.53125</v>
       </c>
       <c r="E186" s="2">
         <v>0.59375</v>
       </c>
       <c r="F186" t="s">
         <v>21</v>
       </c>
       <c r="G186" t="s">
         <v>22</v>
       </c>
       <c r="H186" t="s">
@@ -5739,51 +5745,51 @@
       </c>
       <c r="I199" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
         <v>46043.0</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="D200" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E200" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F200" t="s">
         <v>16</v>
       </c>
       <c r="G200" t="s">
         <v>17</v>
       </c>
       <c r="H200" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="I200" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
         <v>46044.0</v>
       </c>
       <c r="B201" t="s">
         <v>20</v>
       </c>
       <c r="D201" s="2">
         <v>0.53125</v>
       </c>
       <c r="E201" s="2">
         <v>0.59375</v>
       </c>
       <c r="F201" t="s">
         <v>21</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
       <c r="H201" t="s">
@@ -6129,51 +6135,51 @@
       </c>
       <c r="I214" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
         <v>46050.0</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="D215" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E215" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F215" t="s">
         <v>16</v>
       </c>
       <c r="G215" t="s">
         <v>17</v>
       </c>
       <c r="H215" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="I215" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="1">
         <v>46051.0</v>
       </c>
       <c r="B216" t="s">
         <v>20</v>
       </c>
       <c r="D216" s="2">
         <v>0.53125</v>
       </c>
       <c r="E216" s="2">
         <v>0.59375</v>
       </c>
       <c r="F216" t="s">
         <v>21</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216" t="s">