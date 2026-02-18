--- v1 (2025-12-31)
+++ v2 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -177,50 +177,68 @@
     <t>Basics of Computer Networks/Podstawy sieci komputerowych (W)</t>
   </si>
   <si>
     <t>207 A-29</t>
   </si>
   <si>
     <t>Basics of Computer Networks/Podstawy sieci komputerowych (L)</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Fundamentals of Econometrics/Podstawy ekonometrii (W)</t>
   </si>
   <si>
     <t>Fundamentals of Econometrics/Podstawy ekonometrii (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>dr Marta Borowiecka-Olszewska; dr Katarzyna Jesse-Józefczyk; dr Mateusz Kubiak; dr hab. Elżbieta Sidorowicz, prof. UZ; dr inż. Paweł Wolański</t>
   </si>
   <si>
     <t>115 A-29</t>
+  </si>
+  <si>
+    <t>English 4/Język angielski 4 (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>115 A-2</t>
+  </si>
+  <si>
+    <t>Fundamentals of Econometrics/Podstawy ekonometrii (E)</t>
+  </si>
+  <si>
+    <t>Large Scale Software Design/Projektowanie systemów informatycznych (E)</t>
+  </si>
+  <si>
+    <t>315 A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -528,54 +546,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J226"/>
+  <dimension ref="A1:J232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E226" sqref="E226"/>
+      <selection activeCell="E232" sqref="E232"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="198.095" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5826,51 +5844,51 @@
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="1">
         <v>46044.0</v>
       </c>
       <c r="B203" t="s">
         <v>20</v>
       </c>
       <c r="D203" s="2">
         <v>0.75</v>
       </c>
       <c r="E203" s="2">
         <v>0.8125</v>
       </c>
       <c r="F203" t="s">
         <v>27</v>
       </c>
       <c r="G203" t="s">
         <v>28</v>
       </c>
       <c r="H203" t="s">
         <v>29</v>
       </c>
       <c r="I203" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="1">
         <v>46045.0</v>
       </c>
       <c r="B204" t="s">
         <v>30</v>
       </c>
       <c r="D204" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E204" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F204" t="s">
         <v>31</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204" t="s">
         <v>32</v>
       </c>
       <c r="I204" t="s">
@@ -6060,51 +6078,51 @@
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>46049.0</v>
       </c>
       <c r="B212" t="s">
         <v>49</v>
       </c>
       <c r="D212" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E212" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F212" t="s">
         <v>50</v>
       </c>
       <c r="G212" t="s">
         <v>22</v>
       </c>
       <c r="H212" t="s">
         <v>15</v>
       </c>
       <c r="I212" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
         <v>46050.0</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="D213" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E213" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F213" t="s">
         <v>10</v>
       </c>
       <c r="G213" t="s">
         <v>11</v>
       </c>
       <c r="H213" t="s">
         <v>12</v>
       </c>
       <c r="I213" t="s">
@@ -6425,50 +6443,206 @@
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="1">
         <v>46055.0</v>
       </c>
       <c r="B226" t="s">
         <v>40</v>
       </c>
       <c r="D226" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E226" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F226" t="s">
         <v>48</v>
       </c>
       <c r="G226" t="s">
         <v>11</v>
       </c>
       <c r="H226" t="s">
         <v>32</v>
       </c>
       <c r="I226" t="s">
         <v>13</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10">
+      <c r="A227" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="D227" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E227" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F227" t="s">
+        <v>55</v>
+      </c>
+      <c r="G227" t="s">
+        <v>56</v>
+      </c>
+      <c r="H227" t="s">
+        <v>36</v>
+      </c>
+      <c r="I227" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10">
+      <c r="A228" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B228" t="s">
+        <v>20</v>
+      </c>
+      <c r="D228" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E228" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="F228" t="s">
+        <v>58</v>
+      </c>
+      <c r="G228" t="s">
+        <v>56</v>
+      </c>
+      <c r="H228" t="s">
+        <v>15</v>
+      </c>
+      <c r="I228" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10">
+      <c r="A229" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B229" t="s">
+        <v>30</v>
+      </c>
+      <c r="D229" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E229" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F229" t="s">
+        <v>59</v>
+      </c>
+      <c r="G229" t="s">
+        <v>56</v>
+      </c>
+      <c r="H229" t="s">
+        <v>32</v>
+      </c>
+      <c r="I229" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10">
+      <c r="A230" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B230" t="s">
+        <v>49</v>
+      </c>
+      <c r="D230" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E230" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F230" t="s">
+        <v>55</v>
+      </c>
+      <c r="G230" t="s">
+        <v>56</v>
+      </c>
+      <c r="H230" t="s">
+        <v>36</v>
+      </c>
+      <c r="I230" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10">
+      <c r="A231" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B231" t="s">
+        <v>30</v>
+      </c>
+      <c r="D231" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E231" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F231" t="s">
+        <v>59</v>
+      </c>
+      <c r="G231" t="s">
+        <v>56</v>
+      </c>
+      <c r="H231" t="s">
+        <v>32</v>
+      </c>
+      <c r="I231" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10">
+      <c r="A232" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B232" t="s">
+        <v>20</v>
+      </c>
+      <c r="D232" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E232" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="F232" t="s">
+        <v>58</v>
+      </c>
+      <c r="G232" t="s">
+        <v>56</v>
+      </c>
+      <c r="H232" t="s">
+        <v>15</v>
+      </c>
+      <c r="I232" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>