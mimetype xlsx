--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -162,50 +162,65 @@
     <t>Object-oriented Programming 1/Programowanie obiektowe 1 (W)</t>
   </si>
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Probability Theory/Rachunek prawdopodobieństwa (W)</t>
   </si>
   <si>
     <t>3 A-29</t>
   </si>
   <si>
     <t>Bazy danych 1/Databases 1 (W)</t>
   </si>
   <si>
     <t>dr Anna Fiedorowicz</t>
   </si>
   <si>
     <t>218 A-29</t>
   </si>
   <si>
     <t>Bazy danych 1/Databases 1 (L)</t>
   </si>
   <si>
     <t>Bazy danych 1/Databases 1 (Ć)</t>
+  </si>
+  <si>
+    <t>Bazy danych 1/Databases 1 (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Fundamentals of Cryptography/Podstawy kryptografii (E)</t>
+  </si>
+  <si>
+    <t>Probability Theory/Rachunek prawdopodobieństwa (E)</t>
+  </si>
+  <si>
+    <t>202 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -513,54 +528,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J226"/>
+  <dimension ref="A1:J232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E226" sqref="E226"/>
+      <selection activeCell="E232" sqref="E232"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -975,51 +990,51 @@
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
         <v>45937.0</v>
       </c>
       <c r="B17" t="s">
         <v>42</v>
       </c>
       <c r="D17" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E17" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F17" t="s">
         <v>49</v>
       </c>
       <c r="G17" t="s">
         <v>15</v>
       </c>
       <c r="H17" t="s">
         <v>46</v>
       </c>
       <c r="I17" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>45938.0</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E18" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
         <v>11</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
@@ -2535,51 +2550,51 @@
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>45965.0</v>
       </c>
       <c r="B77" t="s">
         <v>42</v>
       </c>
       <c r="D77" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E77" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F77" t="s">
         <v>49</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77" t="s">
         <v>46</v>
       </c>
       <c r="I77" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>45966.0</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E78" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78" t="s">
         <v>11</v>
       </c>
       <c r="H78" t="s">
         <v>12</v>
       </c>
       <c r="I78" t="s">
@@ -2618,280 +2633,280 @@
       </c>
       <c r="B80" t="s">
         <v>20</v>
       </c>
       <c r="D80" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E80" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
         <v>22</v>
       </c>
       <c r="I80" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
-        <v>45967.0</v>
+        <v>45968.0</v>
       </c>
       <c r="B81" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D81" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E81" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F81" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G81" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H81" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I81" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
-        <v>45967.0</v>
+        <v>45968.0</v>
       </c>
       <c r="B82" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D82" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E82" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F82" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G82" t="s">
         <v>17</v>
       </c>
       <c r="H82" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I82" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>45968.0</v>
       </c>
       <c r="B83" t="s">
         <v>28</v>
       </c>
       <c r="D83" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E83" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F83" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G83" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H83" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I83" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>45968.0</v>
       </c>
       <c r="B84" t="s">
         <v>28</v>
       </c>
       <c r="D84" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E84" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F84" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G84" t="s">
         <v>17</v>
       </c>
       <c r="H84" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I84" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
-        <v>45968.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B85" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D85" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E85" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F85" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G85" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H85" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="I85" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
-        <v>45968.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B86" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D86" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E86" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F86" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G86" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="H86" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="I86" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>45973.0</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E87" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F87" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G87" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H87" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I87" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>45973.0</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="2">
-        <v>0.45833333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E88" s="2">
-        <v>0.52083333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F88" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G88" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H88" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I88" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>45973.0</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="D89" s="2">
-        <v>0.53125</v>
+        <v>0.75</v>
       </c>
       <c r="E89" s="2">
-        <v>0.59375</v>
+        <v>0.8125</v>
       </c>
       <c r="F89" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G89" t="s">
         <v>17</v>
       </c>
       <c r="H89" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I89" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>45974.0</v>
       </c>
       <c r="B90" t="s">
         <v>20</v>
       </c>
       <c r="D90" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E90" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F90" t="s">
         <v>38</v>
       </c>
       <c r="G90" t="s">
         <v>17</v>
       </c>
       <c r="H90" t="s">
         <v>39</v>
       </c>
       <c r="I90" t="s">
@@ -3872,92 +3887,92 @@
       </c>
       <c r="E128" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F128" t="s">
         <v>45</v>
       </c>
       <c r="G128" t="s">
         <v>11</v>
       </c>
       <c r="H128" t="s">
         <v>46</v>
       </c>
       <c r="I128" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>45993.0</v>
       </c>
       <c r="B129" t="s">
         <v>42</v>
       </c>
       <c r="D129" s="2">
-        <v>0.53125</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="E129" s="2">
-        <v>0.59375</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F129" t="s">
         <v>48</v>
       </c>
       <c r="G129" t="s">
         <v>17</v>
       </c>
       <c r="H129" t="s">
         <v>46</v>
       </c>
       <c r="I129" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>45993.0</v>
       </c>
       <c r="B130" t="s">
         <v>42</v>
       </c>
       <c r="D130" s="2">
-        <v>0.60416666666667</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="E130" s="2">
-        <v>0.66666666666667</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="F130" t="s">
         <v>49</v>
       </c>
       <c r="G130" t="s">
         <v>15</v>
       </c>
       <c r="H130" t="s">
         <v>46</v>
       </c>
       <c r="I130" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>45994.0</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="D131" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E131" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131" t="s">
         <v>11</v>
       </c>
       <c r="H131" t="s">
         <v>12</v>
       </c>
       <c r="I131" t="s">
@@ -4693,51 +4708,51 @@
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>46007.0</v>
       </c>
       <c r="B160" t="s">
         <v>42</v>
       </c>
       <c r="D160" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E160" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F160" t="s">
         <v>49</v>
       </c>
       <c r="G160" t="s">
         <v>15</v>
       </c>
       <c r="H160" t="s">
         <v>46</v>
       </c>
       <c r="I160" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>46008.0</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="D161" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E161" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F161" t="s">
         <v>10</v>
       </c>
       <c r="G161" t="s">
         <v>11</v>
       </c>
       <c r="H161" t="s">
         <v>12</v>
       </c>
       <c r="I161" t="s">
@@ -5343,51 +5358,51 @@
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46035.0</v>
       </c>
       <c r="B185" t="s">
         <v>42</v>
       </c>
       <c r="D185" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E185" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F185" t="s">
         <v>49</v>
       </c>
       <c r="G185" t="s">
         <v>15</v>
       </c>
       <c r="H185" t="s">
         <v>46</v>
       </c>
       <c r="I185" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>46036.0</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="D186" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E186" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F186" t="s">
         <v>10</v>
       </c>
       <c r="G186" t="s">
         <v>11</v>
       </c>
       <c r="H186" t="s">
         <v>12</v>
       </c>
       <c r="I186" t="s">
@@ -6410,50 +6425,206 @@
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="1">
         <v>46055.0</v>
       </c>
       <c r="B226" t="s">
         <v>37</v>
       </c>
       <c r="D226" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E226" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F226" t="s">
         <v>41</v>
       </c>
       <c r="G226" t="s">
         <v>11</v>
       </c>
       <c r="H226" t="s">
         <v>39</v>
       </c>
       <c r="I226" t="s">
         <v>19</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10">
+      <c r="A227" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B227" t="s">
+        <v>42</v>
+      </c>
+      <c r="D227" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="E227" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F227" t="s">
+        <v>50</v>
+      </c>
+      <c r="G227" t="s">
+        <v>51</v>
+      </c>
+      <c r="H227" t="s">
+        <v>46</v>
+      </c>
+      <c r="I227" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10">
+      <c r="A228" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="D228" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E228" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F228" t="s">
+        <v>52</v>
+      </c>
+      <c r="G228" t="s">
+        <v>51</v>
+      </c>
+      <c r="H228" t="s">
+        <v>30</v>
+      </c>
+      <c r="I228" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10">
+      <c r="A229" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B229" t="s">
+        <v>28</v>
+      </c>
+      <c r="D229" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E229" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F229" t="s">
+        <v>53</v>
+      </c>
+      <c r="G229" t="s">
+        <v>51</v>
+      </c>
+      <c r="H229" t="s">
+        <v>22</v>
+      </c>
+      <c r="I229" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10">
+      <c r="A230" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="D230" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E230" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F230" t="s">
+        <v>52</v>
+      </c>
+      <c r="G230" t="s">
+        <v>51</v>
+      </c>
+      <c r="H230" t="s">
+        <v>30</v>
+      </c>
+      <c r="I230" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10">
+      <c r="A231" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B231" t="s">
+        <v>28</v>
+      </c>
+      <c r="D231" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E231" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F231" t="s">
+        <v>53</v>
+      </c>
+      <c r="G231" t="s">
+        <v>51</v>
+      </c>
+      <c r="H231" t="s">
+        <v>22</v>
+      </c>
+      <c r="I231" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10">
+      <c r="A232" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B232" t="s">
+        <v>37</v>
+      </c>
+      <c r="D232" s="2">
+        <v>0.42708333333333</v>
+      </c>
+      <c r="E232" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F232" t="s">
+        <v>50</v>
+      </c>
+      <c r="G232" t="s">
+        <v>51</v>
+      </c>
+      <c r="H232" t="s">
+        <v>46</v>
+      </c>
+      <c r="I232" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>