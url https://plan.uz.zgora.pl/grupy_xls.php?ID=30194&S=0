--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -164,60 +164,69 @@
   <si>
     <t>Wt</t>
   </si>
   <si>
     <t>Probability Theory/Rachunek prawdopodobieństwa (W)</t>
   </si>
   <si>
     <t>3 A-29</t>
   </si>
   <si>
     <t>Bazy danych 1/Databases 1 (W)</t>
   </si>
   <si>
     <t>dr Anna Fiedorowicz</t>
   </si>
   <si>
     <t>218 A-29</t>
   </si>
   <si>
     <t>Bazy danych 1/Databases 1 (L)</t>
   </si>
   <si>
     <t>Bazy danych 1/Databases 1 (Ć)</t>
   </si>
   <si>
+    <t>2 A-29</t>
+  </si>
+  <si>
     <t>Bazy danych 1/Databases 1 (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Fundamentals of Cryptography/Podstawy kryptografii (E)</t>
   </si>
   <si>
     <t>Probability Theory/Rachunek prawdopodobieństwa (E)</t>
+  </si>
+  <si>
+    <t>Object-oriented Programming 1/Programowanie obiektowe 1 (E)</t>
+  </si>
+  <si>
+    <t>209 A-29</t>
   </si>
   <si>
     <t>202 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -528,54 +537,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J232"/>
+  <dimension ref="A1:J234"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E232" sqref="E232"/>
+      <selection activeCell="E234" sqref="E234"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3621,410 +3630,410 @@
       </c>
       <c r="B118" t="s">
         <v>20</v>
       </c>
       <c r="D118" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E118" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>15</v>
       </c>
       <c r="H118" t="s">
         <v>22</v>
       </c>
       <c r="I118" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
-        <v>45988.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B119" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D119" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E119" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F119" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G119" t="s">
         <v>11</v>
       </c>
       <c r="H119" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I119" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
-        <v>45988.0</v>
+        <v>45989.0</v>
       </c>
       <c r="B120" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D120" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E120" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F120" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G120" t="s">
         <v>17</v>
       </c>
       <c r="H120" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I120" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>45989.0</v>
       </c>
       <c r="B121" t="s">
         <v>28</v>
       </c>
       <c r="D121" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E121" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F121" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G121" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H121" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I121" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>45989.0</v>
       </c>
       <c r="B122" t="s">
         <v>28</v>
       </c>
       <c r="D122" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E122" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F122" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G122" t="s">
         <v>17</v>
       </c>
       <c r="H122" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I122" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B123" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D123" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E123" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F123" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="G123" t="s">
         <v>17</v>
       </c>
       <c r="H123" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="I123" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
-        <v>45989.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B124" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D124" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E124" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F124" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="G124" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H124" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="I124" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B125" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D125" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E125" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F125" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G125" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H125" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="I125" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B126" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D126" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E126" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F126" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G126" t="s">
         <v>11</v>
       </c>
       <c r="H126" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="I126" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
         <v>45993.0</v>
       </c>
       <c r="B127" t="s">
         <v>42</v>
       </c>
       <c r="D127" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="E127" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F127" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G127" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H127" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="I127" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>45993.0</v>
       </c>
       <c r="B128" t="s">
         <v>42</v>
       </c>
       <c r="D128" s="2">
-        <v>0.45833333333333</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="E128" s="2">
-        <v>0.52083333333333</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="F128" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="G128" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H128" t="s">
         <v>46</v>
       </c>
       <c r="I128" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B129" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D129" s="2">
-        <v>0.53472222222222</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E129" s="2">
-        <v>0.59722222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F129" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="G129" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H129" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="I129" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B130" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D130" s="2">
-        <v>0.61111111111111</v>
+        <v>0.53125</v>
       </c>
       <c r="E130" s="2">
-        <v>0.67361111111111</v>
+        <v>0.59375</v>
       </c>
       <c r="F130" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G130" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H130" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="I130" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>45994.0</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="D131" s="2">
-        <v>0.38541666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E131" s="2">
-        <v>0.44791666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F131" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="G131" t="s">
         <v>11</v>
       </c>
       <c r="H131" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I131" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>45994.0</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="D132" s="2">
-        <v>0.53125</v>
+        <v>0.75</v>
       </c>
       <c r="E132" s="2">
-        <v>0.59375</v>
+        <v>0.8125</v>
       </c>
       <c r="F132" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G132" t="s">
         <v>17</v>
       </c>
       <c r="H132" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I132" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>45995.0</v>
       </c>
       <c r="B133" t="s">
         <v>20</v>
       </c>
       <c r="D133" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E133" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>15</v>
       </c>
       <c r="H133" t="s">
         <v>22</v>
       </c>
       <c r="I133" t="s">
@@ -4401,410 +4410,410 @@
       </c>
       <c r="B148" t="s">
         <v>20</v>
       </c>
       <c r="D148" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E148" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>15</v>
       </c>
       <c r="H148" t="s">
         <v>22</v>
       </c>
       <c r="I148" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
-        <v>46002.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B149" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D149" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E149" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F149" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G149" t="s">
         <v>11</v>
       </c>
       <c r="H149" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I149" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
-        <v>46002.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B150" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D150" s="2">
-        <v>0.60416666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E150" s="2">
-        <v>0.66666666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F150" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G150" t="s">
         <v>17</v>
       </c>
       <c r="H150" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I150" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>46003.0</v>
       </c>
       <c r="B151" t="s">
         <v>28</v>
       </c>
       <c r="D151" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E151" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F151" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G151" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H151" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I151" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
         <v>46003.0</v>
       </c>
       <c r="B152" t="s">
         <v>28</v>
       </c>
       <c r="D152" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E152" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F152" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="G152" t="s">
         <v>17</v>
       </c>
       <c r="H152" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I152" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
-        <v>46003.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B153" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D153" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E153" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F153" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="G153" t="s">
         <v>17</v>
       </c>
       <c r="H153" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="I153" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
-        <v>46003.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B154" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D154" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E154" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F154" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="G154" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H154" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="I154" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B155" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D155" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E155" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F155" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G155" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H155" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="I155" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B156" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D156" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E156" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F156" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G156" t="s">
         <v>11</v>
       </c>
       <c r="H156" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="I156" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>46007.0</v>
       </c>
       <c r="B157" t="s">
         <v>42</v>
       </c>
       <c r="D157" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E157" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F157" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G157" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H157" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="I157" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>46007.0</v>
       </c>
       <c r="B158" t="s">
         <v>42</v>
       </c>
       <c r="D158" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E158" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F158" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="G158" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H158" t="s">
         <v>46</v>
       </c>
       <c r="I158" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B159" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D159" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E159" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F159" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="G159" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H159" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="I159" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B160" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D160" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E160" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F160" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G160" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H160" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="I160" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>46008.0</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="D161" s="2">
-        <v>0.38541666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E161" s="2">
-        <v>0.44791666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F161" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="G161" t="s">
         <v>11</v>
       </c>
       <c r="H161" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I161" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>46008.0</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="D162" s="2">
-        <v>0.53125</v>
+        <v>0.75</v>
       </c>
       <c r="E162" s="2">
-        <v>0.59375</v>
+        <v>0.8125</v>
       </c>
       <c r="F162" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G162" t="s">
         <v>17</v>
       </c>
       <c r="H162" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I162" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>46009.0</v>
       </c>
       <c r="B163" t="s">
         <v>20</v>
       </c>
       <c r="D163" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E163" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
         <v>15</v>
       </c>
       <c r="H163" t="s">
         <v>22</v>
       </c>
       <c r="I163" t="s">
@@ -4968,51 +4977,51 @@
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>46029.0</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="D170" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E170" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F170" t="s">
         <v>43</v>
       </c>
       <c r="G170" t="s">
         <v>11</v>
       </c>
       <c r="H170" t="s">
         <v>22</v>
       </c>
       <c r="I170" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>46029.0</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="D171" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E171" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F171" t="s">
         <v>45</v>
       </c>
       <c r="G171" t="s">
         <v>11</v>
       </c>
       <c r="H171" t="s">
         <v>46</v>
       </c>
       <c r="I171" t="s">
@@ -5280,51 +5289,51 @@
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>46035.0</v>
       </c>
       <c r="B182" t="s">
         <v>42</v>
       </c>
       <c r="D182" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E182" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F182" t="s">
         <v>43</v>
       </c>
       <c r="G182" t="s">
         <v>11</v>
       </c>
       <c r="H182" t="s">
         <v>22</v>
       </c>
       <c r="I182" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>46035.0</v>
       </c>
       <c r="B183" t="s">
         <v>42</v>
       </c>
       <c r="D183" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E183" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F183" t="s">
         <v>45</v>
       </c>
       <c r="G183" t="s">
         <v>11</v>
       </c>
       <c r="H183" t="s">
         <v>46</v>
       </c>
       <c r="I183" t="s">
@@ -6441,190 +6450,242 @@
       </c>
       <c r="G226" t="s">
         <v>11</v>
       </c>
       <c r="H226" t="s">
         <v>39</v>
       </c>
       <c r="I226" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="1">
         <v>46056.0</v>
       </c>
       <c r="B227" t="s">
         <v>42</v>
       </c>
       <c r="D227" s="2">
         <v>0.42708333333333</v>
       </c>
       <c r="E227" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F227" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G227" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H227" t="s">
         <v>46</v>
       </c>
       <c r="I227" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="1">
         <v>46057.0</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="D228" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E228" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F228" t="s">
+        <v>53</v>
+      </c>
+      <c r="G228" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="H228" t="s">
         <v>30</v>
       </c>
       <c r="I228" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="1">
         <v>46059.0</v>
       </c>
       <c r="B229" t="s">
         <v>28</v>
       </c>
       <c r="D229" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E229" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F229" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G229" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H229" t="s">
         <v>22</v>
       </c>
       <c r="I229" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="1">
-        <v>46071.0</v>
+        <v>46062.0</v>
       </c>
       <c r="B230" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="D230" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E230" s="2">
-        <v>0.54166666666667</v>
+        <v>0.5</v>
       </c>
       <c r="F230" t="s">
+        <v>55</v>
+      </c>
+      <c r="G230" t="s">
         <v>52</v>
       </c>
-      <c r="G230" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H230" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="I230" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
-        <v>46073.0</v>
+        <v>46071.0</v>
       </c>
       <c r="B231" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D231" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E231" s="2">
-        <v>0.45833333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F231" t="s">
         <v>53</v>
       </c>
       <c r="G231" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H231" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="I231" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B232" t="s">
+        <v>28</v>
+      </c>
+      <c r="D232" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E232" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F232" t="s">
+        <v>54</v>
+      </c>
+      <c r="G232" t="s">
+        <v>52</v>
+      </c>
+      <c r="H232" t="s">
+        <v>22</v>
+      </c>
+      <c r="I232" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10">
+      <c r="A233" s="1">
         <v>46076.0</v>
       </c>
-      <c r="B232" t="s">
+      <c r="B233" t="s">
         <v>37</v>
       </c>
-      <c r="D232" s="2">
+      <c r="D233" s="2">
         <v>0.42708333333333</v>
       </c>
-      <c r="E232" s="2">
+      <c r="E233" s="2">
         <v>0.58333333333333</v>
       </c>
-      <c r="F232" t="s">
-[...2 lines deleted...]
-      <c r="G232" t="s">
+      <c r="F233" t="s">
         <v>51</v>
       </c>
-      <c r="H232" t="s">
+      <c r="G233" t="s">
+        <v>52</v>
+      </c>
+      <c r="H233" t="s">
         <v>46</v>
       </c>
-      <c r="I232" t="s">
-        <v>54</v>
+      <c r="I233" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10">
+      <c r="A234" s="1">
+        <v>46078.0</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="D234" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E234" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F234" t="s">
+        <v>55</v>
+      </c>
+      <c r="G234" t="s">
+        <v>52</v>
+      </c>
+      <c r="H234" t="s">
+        <v>39</v>
+      </c>
+      <c r="I234" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>