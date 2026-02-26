--- v2 (2026-01-01)
+++ v3 (2026-02-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -183,50 +183,53 @@
     <t>Bazy danych 1/Databases 1 (L)</t>
   </si>
   <si>
     <t>Bazy danych 1/Databases 1 (Ć)</t>
   </si>
   <si>
     <t>2 A-29</t>
   </si>
   <si>
     <t>Bazy danych 1/Databases 1 (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Fundamentals of Cryptography/Podstawy kryptografii (E)</t>
   </si>
   <si>
     <t>Probability Theory/Rachunek prawdopodobieństwa (E)</t>
   </si>
   <si>
     <t>Object-oriented Programming 1/Programowanie obiektowe 1 (E)</t>
   </si>
   <si>
     <t>209 A-29</t>
+  </si>
+  <si>
+    <t>Dynamic Reporting/Dynamiczne raportowanie (E)</t>
   </si>
   <si>
     <t>202 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -537,54 +540,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J234"/>
+  <dimension ref="A1:J236"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E234" sqref="E234"/>
+      <selection activeCell="E236" sqref="E236"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6496,196 +6499,248 @@
       </c>
       <c r="E228" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F228" t="s">
         <v>53</v>
       </c>
       <c r="G228" t="s">
         <v>52</v>
       </c>
       <c r="H228" t="s">
         <v>30</v>
       </c>
       <c r="I228" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="1">
         <v>46059.0</v>
       </c>
       <c r="B229" t="s">
         <v>28</v>
       </c>
       <c r="D229" s="2">
-        <v>0.38541666666667</v>
+        <v>0.35416666666667</v>
       </c>
       <c r="E229" s="2">
-        <v>0.52083333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F229" t="s">
         <v>54</v>
       </c>
       <c r="G229" t="s">
         <v>52</v>
       </c>
       <c r="H229" t="s">
         <v>22</v>
       </c>
       <c r="I229" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="1">
         <v>46062.0</v>
       </c>
       <c r="B230" t="s">
         <v>37</v>
       </c>
       <c r="D230" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E230" s="2">
         <v>0.5</v>
       </c>
       <c r="F230" t="s">
         <v>55</v>
       </c>
       <c r="G230" t="s">
         <v>52</v>
       </c>
       <c r="H230" t="s">
         <v>39</v>
       </c>
       <c r="I230" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
-        <v>46071.0</v>
+        <v>46064.0</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="D231" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E231" s="2">
-        <v>0.54166666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F231" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="G231" t="s">
         <v>52</v>
       </c>
       <c r="H231" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I231" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
-        <v>46073.0</v>
+        <v>46071.0</v>
       </c>
       <c r="B232" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D232" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E232" s="2">
-        <v>0.45833333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F232" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G232" t="s">
         <v>52</v>
       </c>
       <c r="H232" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="I232" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="1">
-        <v>46076.0</v>
+        <v>46072.0</v>
       </c>
       <c r="B233" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="D233" s="2">
-        <v>0.42708333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E233" s="2">
-        <v>0.58333333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F233" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G233" t="s">
         <v>52</v>
       </c>
       <c r="H233" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="I233" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="1">
-        <v>46078.0</v>
+        <v>46076.0</v>
       </c>
       <c r="B234" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="D234" s="2">
-        <v>0.41666666666667</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E234" s="2">
-        <v>0.5</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F234" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G234" t="s">
         <v>52</v>
       </c>
       <c r="H234" t="s">
+        <v>46</v>
+      </c>
+      <c r="I234" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10">
+      <c r="A235" s="1">
+        <v>46078.0</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="D235" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E235" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F235" t="s">
+        <v>55</v>
+      </c>
+      <c r="G235" t="s">
+        <v>52</v>
+      </c>
+      <c r="H235" t="s">
         <v>39</v>
       </c>
-      <c r="I234" t="s">
+      <c r="I235" t="s">
         <v>56</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10">
+      <c r="A236" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B236" t="s">
+        <v>28</v>
+      </c>
+      <c r="D236" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E236" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F236" t="s">
+        <v>54</v>
+      </c>
+      <c r="G236" t="s">
+        <v>52</v>
+      </c>
+      <c r="H236" t="s">
+        <v>22</v>
+      </c>
+      <c r="I236" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>