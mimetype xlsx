--- v0 (2025-10-28)
+++ v1 (2026-02-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -110,51 +110,66 @@
   <si>
     <t>Zarządzanie projektem (W)</t>
   </si>
   <si>
     <t>dr inż. Wojciech Babirecki</t>
   </si>
   <si>
     <t>Zarządzanie projektem (P)</t>
   </si>
   <si>
     <t>H130 A-10</t>
   </si>
   <si>
     <t>Analiza danych produkcyjnych (W)</t>
   </si>
   <si>
     <t>B118 A-11; H130 A-10</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
+    <t>B213 A-11</t>
+  </si>
+  <si>
     <t>Śr</t>
+  </si>
+  <si>
+    <t>So</t>
+  </si>
+  <si>
+    <t>Analiza danych produkcyjnych (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>B312 A-11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -462,54 +477,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J84"/>
+  <dimension ref="A1:J86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E84" sqref="E84"/>
+      <selection activeCell="E86" sqref="E86"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1325,222 +1340,222 @@
       </c>
       <c r="E32" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F32" t="s">
         <v>18</v>
       </c>
       <c r="G32" t="s">
         <v>11</v>
       </c>
       <c r="H32" t="s">
         <v>19</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>45975.0</v>
       </c>
       <c r="B33" t="s">
         <v>31</v>
       </c>
       <c r="D33" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E33" s="2">
-        <v>0.51736111111111</v>
+        <v>0.59375</v>
       </c>
       <c r="F33" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H33" t="s">
         <v>22</v>
       </c>
       <c r="I33" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
-        <v>45975.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B34" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D34" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E34" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G34" t="s">
         <v>11</v>
       </c>
       <c r="H34" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="I34" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>45978.0</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E35" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G35" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H35" t="s">
         <v>12</v>
       </c>
       <c r="I35" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D36" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E36" s="2">
-        <v>0.52430555555556</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G36" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H36" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I36" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>45979.0</v>
       </c>
       <c r="B37" t="s">
         <v>17</v>
       </c>
       <c r="D37" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E37" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F37" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H37" t="s">
         <v>19</v>
       </c>
       <c r="I37" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>45979.0</v>
       </c>
       <c r="B38" t="s">
         <v>17</v>
       </c>
       <c r="D38" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E38" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F38" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H38" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I38" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>45979.0</v>
       </c>
       <c r="B39" t="s">
         <v>17</v>
       </c>
       <c r="D39" s="2">
-        <v>0.53125</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E39" s="2">
-        <v>0.59375</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G39" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H39" t="s">
         <v>22</v>
       </c>
       <c r="I39" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>45985.0</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E40" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40" t="s">
         <v>11</v>
       </c>
       <c r="H40" t="s">
         <v>12</v>
       </c>
       <c r="I40" t="s">
@@ -2076,103 +2091,103 @@
       </c>
       <c r="D61" s="2">
         <v>0.53125</v>
       </c>
       <c r="E61" s="2">
         <v>0.59375</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>11</v>
       </c>
       <c r="H61" t="s">
         <v>22</v>
       </c>
       <c r="I61" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>46029.0</v>
       </c>
       <c r="B62" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D62" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E62" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F62" t="s">
         <v>18</v>
       </c>
       <c r="G62" t="s">
         <v>11</v>
       </c>
       <c r="H62" t="s">
         <v>19</v>
       </c>
       <c r="I62" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>46029.0</v>
       </c>
       <c r="B63" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D63" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E63" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="F63" t="s">
         <v>28</v>
       </c>
       <c r="G63" t="s">
         <v>15</v>
       </c>
       <c r="H63" t="s">
         <v>22</v>
       </c>
       <c r="I63" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>46029.0</v>
       </c>
       <c r="B64" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D64" s="2">
         <v>0.53125</v>
       </c>
       <c r="E64" s="2">
         <v>0.59375</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>11</v>
       </c>
       <c r="H64" t="s">
         <v>22</v>
       </c>
       <c r="I64" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>46034.0</v>
       </c>
       <c r="B65" t="s">
@@ -2667,50 +2682,102 @@
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>46055.0</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="2">
         <v>0.53125</v>
       </c>
       <c r="E84" s="2">
         <v>0.59027777777778</v>
       </c>
       <c r="F84" t="s">
         <v>26</v>
       </c>
       <c r="G84" t="s">
         <v>11</v>
       </c>
       <c r="H84" t="s">
         <v>25</v>
       </c>
       <c r="I84" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" s="1">
+        <v>46060.0</v>
+      </c>
+      <c r="B85" t="s">
+        <v>34</v>
+      </c>
+      <c r="D85" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E85" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F85" t="s">
+        <v>35</v>
+      </c>
+      <c r="G85" t="s">
+        <v>36</v>
+      </c>
+      <c r="H85" t="s">
+        <v>22</v>
+      </c>
+      <c r="I85" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B86" t="s">
+        <v>31</v>
+      </c>
+      <c r="D86" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E86" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F86" t="s">
+        <v>35</v>
+      </c>
+      <c r="G86" t="s">
+        <v>36</v>
+      </c>
+      <c r="H86" t="s">
+        <v>22</v>
+      </c>
+      <c r="I86" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>