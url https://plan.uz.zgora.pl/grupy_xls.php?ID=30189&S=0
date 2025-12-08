--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -182,57 +182,69 @@
   <si>
     <t>B301 A-11</t>
   </si>
   <si>
     <t>Podstawy utrzymania ruchu (P)</t>
   </si>
   <si>
     <t>Logistyka produkcji (W)</t>
   </si>
   <si>
     <t>Zarządzanie jakością w procesach produkcyjnych (P)</t>
   </si>
   <si>
     <t>Inżynieria współbieżna (P)</t>
   </si>
   <si>
     <t>Seminarium dyplomowe - inżynierskie I (S)</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>B311 A-11</t>
   </si>
   <si>
+    <t>prof. dr hab. Taras Nahirnyy; prof. dr hab. inż. Matthias Ziegenhorn</t>
+  </si>
+  <si>
+    <t>dr inż. Tomasz Belica; prof. dr hab. inż. Matthias Ziegenhorn</t>
+  </si>
+  <si>
     <t>Pi</t>
   </si>
   <si>
+    <t>Procesy technologiczne (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Język angielski IV (E)</t>
+  </si>
+  <si>
     <t>Logistyka produkcji (E)</t>
-  </si>
-[...1 lines deleted...]
-    <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -540,66 +552,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J197"/>
+  <dimension ref="A1:J201"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E197" sqref="E197"/>
+      <selection activeCell="E201" sqref="E201"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -2053,54 +2065,54 @@
       </c>
       <c r="E57" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
         <v>21</v>
       </c>
       <c r="H57" t="s">
         <v>22</v>
       </c>
       <c r="I57" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>45960.0</v>
       </c>
       <c r="B58" t="s">
         <v>15</v>
       </c>
       <c r="D58" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E58" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F58" t="s">
         <v>24</v>
       </c>
       <c r="G58" t="s">
         <v>21</v>
       </c>
       <c r="H58" t="s">
         <v>25</v>
       </c>
       <c r="I58" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>45964.0</v>
       </c>
       <c r="B59" t="s">
         <v>27</v>
       </c>
       <c r="D59" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E59" s="2">
@@ -2299,51 +2311,51 @@
       </c>
       <c r="I66" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>45966.0</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E67" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="F67" t="s">
         <v>10</v>
       </c>
       <c r="G67" t="s">
         <v>11</v>
       </c>
       <c r="H67" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="I67" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>45966.0</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="E68" s="2">
         <v>0.77430555555556</v>
       </c>
       <c r="F68" t="s">
         <v>49</v>
       </c>
       <c r="G68" t="s">
         <v>17</v>
       </c>
       <c r="H68" t="s">
@@ -2417,508 +2429,508 @@
       </c>
       <c r="E71" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
         <v>21</v>
       </c>
       <c r="H71" t="s">
         <v>22</v>
       </c>
       <c r="I71" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>45967.0</v>
       </c>
       <c r="B72" t="s">
         <v>15</v>
       </c>
       <c r="D72" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E72" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F72" t="s">
         <v>24</v>
       </c>
       <c r="G72" t="s">
         <v>21</v>
       </c>
       <c r="H72" t="s">
         <v>25</v>
       </c>
       <c r="I72" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
-        <v>45973.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B73" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D73" s="2">
-        <v>0.63541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E73" s="2">
-        <v>0.69791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F73" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="G73" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H73" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="I73" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>45973.0</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="D74" s="2">
-        <v>0.70833333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E74" s="2">
-        <v>0.76736111111111</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F74" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G74" t="s">
         <v>11</v>
       </c>
       <c r="H74" t="s">
         <v>12</v>
       </c>
       <c r="I74" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
-        <v>45974.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B75" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D75" s="2">
-        <v>0.38541666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E75" s="2">
-        <v>0.44444444444444</v>
+        <v>0.76736111111111</v>
       </c>
       <c r="F75" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="G75" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="H75" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="I75" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>45974.0</v>
       </c>
       <c r="B76" t="s">
         <v>15</v>
       </c>
       <c r="D76" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E76" s="2">
-        <v>0.51736111111111</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F76" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="G76" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H76" t="s">
         <v>29</v>
       </c>
       <c r="I76" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>45974.0</v>
       </c>
       <c r="B77" t="s">
         <v>15</v>
       </c>
       <c r="D77" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E77" s="2">
-        <v>0.59375</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F77" t="s">
         <v>32</v>
       </c>
       <c r="G77" t="s">
         <v>21</v>
       </c>
       <c r="H77" t="s">
         <v>29</v>
       </c>
       <c r="I77" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>45974.0</v>
       </c>
       <c r="B78" t="s">
         <v>15</v>
       </c>
       <c r="D78" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E78" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F78" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G78" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="H78" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I78" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
-        <v>45975.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B79" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="D79" s="2">
-        <v>0.3125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E79" s="2">
-        <v>0.37152777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F79" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="G79" t="s">
         <v>17</v>
       </c>
       <c r="H79" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I79" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>45975.0</v>
       </c>
       <c r="B80" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D80" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E80" s="2">
-        <v>0.51736111111111</v>
+        <v>0.37152777777778</v>
       </c>
       <c r="F80" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G80" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="H80" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="I80" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>45975.0</v>
       </c>
       <c r="B81" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D81" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E81" s="2">
-        <v>0.59375</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F81" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="G81" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="H81" t="s">
         <v>47</v>
       </c>
       <c r="I81" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
-        <v>45978.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B82" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="D82" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E82" s="2">
-        <v>0.45138888888889</v>
+        <v>0.59375</v>
       </c>
       <c r="F82" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="G82" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H82" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="I82" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>45978.0</v>
       </c>
       <c r="B83" t="s">
         <v>27</v>
       </c>
       <c r="D83" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E83" s="2">
-        <v>0.52430555555556</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F83" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G83" t="s">
         <v>11</v>
       </c>
       <c r="H83" t="s">
         <v>29</v>
       </c>
       <c r="I83" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>45978.0</v>
       </c>
       <c r="B84" t="s">
         <v>27</v>
       </c>
       <c r="D84" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E84" s="2">
-        <v>0.59375</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F84" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G84" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H84" t="s">
         <v>29</v>
       </c>
       <c r="I84" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>45978.0</v>
       </c>
       <c r="B85" t="s">
         <v>27</v>
       </c>
       <c r="D85" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E85" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F85" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G85" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="H85" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I85" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
-        <v>45979.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B86" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D86" s="2">
-        <v>0.3125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E86" s="2">
-        <v>0.37847222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F86" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G86" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H86" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I86" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>45979.0</v>
       </c>
       <c r="B87" t="s">
         <v>37</v>
       </c>
       <c r="D87" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E87" s="2">
-        <v>0.45138888888889</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F87" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="G87" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H87" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="I87" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>45979.0</v>
       </c>
       <c r="B88" t="s">
         <v>37</v>
       </c>
       <c r="D88" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E88" s="2">
-        <v>0.52430555555556</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F88" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G88" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H88" t="s">
         <v>42</v>
       </c>
       <c r="I88" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>45979.0</v>
       </c>
       <c r="B89" t="s">
         <v>37</v>
       </c>
       <c r="D89" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E89" s="2">
-        <v>0.59375</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F89" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G89" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H89" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="I89" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>45980.0</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="D90" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E90" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="G90" t="s">
         <v>11</v>
       </c>
       <c r="H90" t="s">
         <v>12</v>
       </c>
       <c r="I90" t="s">
@@ -3015,54 +3027,54 @@
       </c>
       <c r="E94" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
         <v>21</v>
       </c>
       <c r="H94" t="s">
         <v>22</v>
       </c>
       <c r="I94" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>45981.0</v>
       </c>
       <c r="B95" t="s">
         <v>15</v>
       </c>
       <c r="D95" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E95" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F95" t="s">
         <v>24</v>
       </c>
       <c r="G95" t="s">
         <v>21</v>
       </c>
       <c r="H95" t="s">
         <v>25</v>
       </c>
       <c r="I95" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>45985.0</v>
       </c>
       <c r="B96" t="s">
         <v>27</v>
       </c>
       <c r="D96" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E96" s="2">
@@ -3209,51 +3221,51 @@
       </c>
       <c r="I101" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>45986.0</v>
       </c>
       <c r="B102" t="s">
         <v>37</v>
       </c>
       <c r="D102" s="2">
         <v>0.53125</v>
       </c>
       <c r="E102" s="2">
         <v>0.59375</v>
       </c>
       <c r="F102" t="s">
         <v>46</v>
       </c>
       <c r="G102" t="s">
         <v>21</v>
       </c>
       <c r="H102" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="I102" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>45987.0</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="D103" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E103" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="G103" t="s">
         <v>11</v>
       </c>
       <c r="H103" t="s">
@@ -3327,54 +3339,54 @@
       </c>
       <c r="E106" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
         <v>21</v>
       </c>
       <c r="H106" t="s">
         <v>22</v>
       </c>
       <c r="I106" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>45988.0</v>
       </c>
       <c r="B107" t="s">
         <v>15</v>
       </c>
       <c r="D107" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E107" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F107" t="s">
         <v>24</v>
       </c>
       <c r="G107" t="s">
         <v>21</v>
       </c>
       <c r="H107" t="s">
         <v>25</v>
       </c>
       <c r="I107" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>45992.0</v>
       </c>
       <c r="B108" t="s">
         <v>27</v>
       </c>
       <c r="D108" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E108" s="2">
@@ -3691,54 +3703,54 @@
       </c>
       <c r="E120" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
         <v>21</v>
       </c>
       <c r="H120" t="s">
         <v>22</v>
       </c>
       <c r="I120" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>45995.0</v>
       </c>
       <c r="B121" t="s">
         <v>15</v>
       </c>
       <c r="D121" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E121" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F121" t="s">
         <v>24</v>
       </c>
       <c r="G121" t="s">
         <v>21</v>
       </c>
       <c r="H121" t="s">
         <v>25</v>
       </c>
       <c r="I121" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>45999.0</v>
       </c>
       <c r="B122" t="s">
         <v>27</v>
       </c>
       <c r="D122" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E122" s="2">
@@ -4003,54 +4015,54 @@
       </c>
       <c r="E132" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
         <v>21</v>
       </c>
       <c r="H132" t="s">
         <v>22</v>
       </c>
       <c r="I132" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>46002.0</v>
       </c>
       <c r="B133" t="s">
         <v>15</v>
       </c>
       <c r="D133" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E133" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F133" t="s">
         <v>24</v>
       </c>
       <c r="G133" t="s">
         <v>21</v>
       </c>
       <c r="H133" t="s">
         <v>25</v>
       </c>
       <c r="I133" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>46006.0</v>
       </c>
       <c r="B134" t="s">
         <v>27</v>
       </c>
       <c r="D134" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E134" s="2">
@@ -4367,54 +4379,54 @@
       </c>
       <c r="E146" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
         <v>21</v>
       </c>
       <c r="H146" t="s">
         <v>22</v>
       </c>
       <c r="I146" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>46009.0</v>
       </c>
       <c r="B147" t="s">
         <v>15</v>
       </c>
       <c r="D147" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E147" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F147" t="s">
         <v>24</v>
       </c>
       <c r="G147" t="s">
         <v>21</v>
       </c>
       <c r="H147" t="s">
         <v>25</v>
       </c>
       <c r="I147" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>46029.0</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="D148" s="2">
         <v>0.3125</v>
       </c>
       <c r="E148" s="2">
@@ -4523,54 +4535,54 @@
       </c>
       <c r="E152" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
         <v>21</v>
       </c>
       <c r="H152" t="s">
         <v>22</v>
       </c>
       <c r="I152" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
         <v>46030.0</v>
       </c>
       <c r="B153" t="s">
         <v>15</v>
       </c>
       <c r="D153" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E153" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F153" t="s">
         <v>24</v>
       </c>
       <c r="G153" t="s">
         <v>21</v>
       </c>
       <c r="H153" t="s">
         <v>25</v>
       </c>
       <c r="I153" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
         <v>46034.0</v>
       </c>
       <c r="B154" t="s">
         <v>27</v>
       </c>
       <c r="D154" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E154" s="2">
@@ -4887,54 +4899,54 @@
       </c>
       <c r="E166" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
         <v>21</v>
       </c>
       <c r="H166" t="s">
         <v>22</v>
       </c>
       <c r="I166" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>46037.0</v>
       </c>
       <c r="B167" t="s">
         <v>15</v>
       </c>
       <c r="D167" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E167" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F167" t="s">
         <v>24</v>
       </c>
       <c r="G167" t="s">
         <v>21</v>
       </c>
       <c r="H167" t="s">
         <v>25</v>
       </c>
       <c r="I167" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>46041.0</v>
       </c>
       <c r="B168" t="s">
         <v>27</v>
       </c>
       <c r="D168" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E168" s="2">
@@ -5173,54 +5185,54 @@
       </c>
       <c r="E177" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
         <v>21</v>
       </c>
       <c r="H177" t="s">
         <v>22</v>
       </c>
       <c r="I177" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>46044.0</v>
       </c>
       <c r="B178" t="s">
         <v>15</v>
       </c>
       <c r="D178" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E178" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F178" t="s">
         <v>24</v>
       </c>
       <c r="G178" t="s">
         <v>21</v>
       </c>
       <c r="H178" t="s">
         <v>25</v>
       </c>
       <c r="I178" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>46048.0</v>
       </c>
       <c r="B179" t="s">
         <v>27</v>
       </c>
       <c r="D179" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E179" s="2">
@@ -5511,54 +5523,54 @@
       </c>
       <c r="E190" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
         <v>21</v>
       </c>
       <c r="H190" t="s">
         <v>22</v>
       </c>
       <c r="I190" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>46051.0</v>
       </c>
       <c r="B191" t="s">
         <v>15</v>
       </c>
       <c r="D191" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E191" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F191" t="s">
         <v>24</v>
       </c>
       <c r="G191" t="s">
         <v>21</v>
       </c>
       <c r="H191" t="s">
         <v>25</v>
       </c>
       <c r="I191" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
         <v>46055.0</v>
       </c>
       <c r="B192" t="s">
         <v>27</v>
       </c>
       <c r="D192" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E192" s="2">
@@ -5635,97 +5647,201 @@
       </c>
       <c r="B195" t="s">
         <v>27</v>
       </c>
       <c r="D195" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E195" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F195" t="s">
         <v>34</v>
       </c>
       <c r="G195" t="s">
         <v>17</v>
       </c>
       <c r="H195" t="s">
         <v>35</v>
       </c>
       <c r="I195" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="1">
-        <v>46062.0</v>
+        <v>46056.0</v>
       </c>
       <c r="B196" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D196" s="2">
-        <v>0.45833333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E196" s="2">
-        <v>0.52083333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F196" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G196" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="H196" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I196" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="D197" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E197" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F197" t="s">
+        <v>61</v>
+      </c>
+      <c r="G197" t="s">
+        <v>60</v>
+      </c>
+      <c r="H197" t="s">
+        <v>22</v>
+      </c>
+      <c r="I197" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10">
+      <c r="A198" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B198" t="s">
+        <v>27</v>
+      </c>
+      <c r="D198" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E198" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F198" t="s">
+        <v>62</v>
+      </c>
+      <c r="G198" t="s">
+        <v>60</v>
+      </c>
+      <c r="H198" t="s">
+        <v>18</v>
+      </c>
+      <c r="I198" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10">
+      <c r="A199" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B199" t="s">
+        <v>37</v>
+      </c>
+      <c r="D199" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E199" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="F199" t="s">
+        <v>59</v>
+      </c>
+      <c r="G199" t="s">
+        <v>60</v>
+      </c>
+      <c r="H199" t="s">
+        <v>29</v>
+      </c>
+      <c r="I199" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10">
+      <c r="A200" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="D200" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E200" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F200" t="s">
+        <v>61</v>
+      </c>
+      <c r="G200" t="s">
+        <v>60</v>
+      </c>
+      <c r="H200" t="s">
+        <v>22</v>
+      </c>
+      <c r="I200" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10">
+      <c r="A201" s="1">
         <v>46080.0</v>
       </c>
-      <c r="B197" t="s">
-[...2 lines deleted...]
-      <c r="D197" s="2">
+      <c r="B201" t="s">
+        <v>58</v>
+      </c>
+      <c r="D201" s="2">
         <v>0.45833333333333</v>
       </c>
-      <c r="E197" s="2">
+      <c r="E201" s="2">
         <v>0.52083333333333</v>
       </c>
-      <c r="F197" t="s">
-[...5 lines deleted...]
-      <c r="H197" t="s">
+      <c r="F201" t="s">
+        <v>62</v>
+      </c>
+      <c r="G201" t="s">
+        <v>60</v>
+      </c>
+      <c r="H201" t="s">
         <v>18</v>
       </c>
-      <c r="I197" t="s">
+      <c r="I201" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>