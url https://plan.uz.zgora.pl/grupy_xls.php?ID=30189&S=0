--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -198,50 +198,53 @@
     <t>Seminarium dyplomowe - inżynierskie I (S)</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>B311 A-11</t>
   </si>
   <si>
     <t>prof. dr hab. Taras Nahirnyy; prof. dr hab. inż. Matthias Ziegenhorn</t>
   </si>
   <si>
     <t>dr inż. Tomasz Belica; prof. dr hab. inż. Matthias Ziegenhorn</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Procesy technologiczne (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Język angielski IV (E)</t>
+  </si>
+  <si>
+    <t>Język niemiecki IV (E)</t>
   </si>
   <si>
     <t>Logistyka produkcji (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -552,54 +555,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J201"/>
+  <dimension ref="A1:J203"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E201" sqref="E201"/>
+      <selection activeCell="E203" sqref="E203"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4483,118 +4486,118 @@
       </c>
       <c r="E150" s="2">
         <v>0.59375</v>
       </c>
       <c r="F150" t="s">
         <v>46</v>
       </c>
       <c r="G150" t="s">
         <v>21</v>
       </c>
       <c r="H150" t="s">
         <v>47</v>
       </c>
       <c r="I150" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>46030.0</v>
       </c>
       <c r="B151" t="s">
         <v>15</v>
       </c>
       <c r="D151" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E151" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F151" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="H151" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I151" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
         <v>46030.0</v>
       </c>
       <c r="B152" t="s">
         <v>15</v>
       </c>
       <c r="D152" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E152" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F152" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G152" t="s">
         <v>21</v>
       </c>
       <c r="H152" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I152" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
-        <v>46030.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B153" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D153" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E153" s="2">
-        <v>0.52083333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F153" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="G153" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H153" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I153" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
         <v>46034.0</v>
       </c>
       <c r="B154" t="s">
         <v>27</v>
       </c>
       <c r="D154" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E154" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F154" t="s">
         <v>28</v>
       </c>
       <c r="G154" t="s">
         <v>11</v>
       </c>
       <c r="H154" t="s">
         <v>29</v>
       </c>
       <c r="I154" t="s">
@@ -5699,149 +5702,201 @@
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="D197" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E197" s="2">
         <v>0.5</v>
       </c>
       <c r="F197" t="s">
         <v>61</v>
       </c>
       <c r="G197" t="s">
         <v>60</v>
       </c>
       <c r="H197" t="s">
         <v>22</v>
       </c>
       <c r="I197" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="1">
-        <v>46062.0</v>
+        <v>46058.0</v>
       </c>
       <c r="B198" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="D198" s="2">
-        <v>0.45833333333333</v>
+        <v>0.50694444444444</v>
       </c>
       <c r="E198" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F198" t="s">
         <v>62</v>
       </c>
       <c r="G198" t="s">
         <v>60</v>
       </c>
       <c r="H198" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I198" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="1">
-        <v>46070.0</v>
+        <v>46062.0</v>
       </c>
       <c r="B199" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D199" s="2">
-        <v>0.58333333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E199" s="2">
-        <v>0.625</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F199" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="G199" t="s">
         <v>60</v>
       </c>
       <c r="H199" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I199" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
-        <v>46071.0</v>
+        <v>46070.0</v>
       </c>
       <c r="B200" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="D200" s="2">
-        <v>0.41666666666667</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E200" s="2">
-        <v>0.5</v>
+        <v>0.625</v>
       </c>
       <c r="F200" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="G200" t="s">
         <v>60</v>
       </c>
       <c r="H200" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="I200" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
-        <v>46080.0</v>
+        <v>46071.0</v>
       </c>
       <c r="B201" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="D201" s="2">
-        <v>0.45833333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E201" s="2">
-        <v>0.52083333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F201" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G201" t="s">
         <v>60</v>
       </c>
       <c r="H201" t="s">
+        <v>22</v>
+      </c>
+      <c r="I201" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10">
+      <c r="A202" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B202" t="s">
+        <v>15</v>
+      </c>
+      <c r="D202" s="2">
+        <v>0.51041666666667</v>
+      </c>
+      <c r="E202" s="2">
+        <v>0.59375</v>
+      </c>
+      <c r="F202" t="s">
+        <v>62</v>
+      </c>
+      <c r="G202" t="s">
+        <v>60</v>
+      </c>
+      <c r="H202" t="s">
+        <v>25</v>
+      </c>
+      <c r="I202" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10">
+      <c r="A203" s="1">
+        <v>46080.0</v>
+      </c>
+      <c r="B203" t="s">
+        <v>58</v>
+      </c>
+      <c r="D203" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E203" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F203" t="s">
+        <v>63</v>
+      </c>
+      <c r="G203" t="s">
+        <v>60</v>
+      </c>
+      <c r="H203" t="s">
         <v>18</v>
       </c>
-      <c r="I201" t="s">
+      <c r="I203" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>