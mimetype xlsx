--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -555,54 +555,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J203"/>
+  <dimension ref="A1:J202"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E203" sqref="E203"/>
+      <selection activeCell="E202" sqref="E202"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5828,76 +5828,50 @@
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
         <v>46072.0</v>
       </c>
       <c r="B202" t="s">
         <v>15</v>
       </c>
       <c r="D202" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="E202" s="2">
         <v>0.59375</v>
       </c>
       <c r="F202" t="s">
         <v>62</v>
       </c>
       <c r="G202" t="s">
         <v>60</v>
       </c>
       <c r="H202" t="s">
         <v>25</v>
       </c>
       <c r="I202" t="s">
         <v>26</v>
-      </c>
-[...24 lines deleted...]
-        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>