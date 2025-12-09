--- v0 (2025-10-23)
+++ v1 (2025-12-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -177,50 +177,80 @@
     <t>Inżynieria współbieżna (P)</t>
   </si>
   <si>
     <t>B212 A-11</t>
   </si>
   <si>
     <t>Podstawy utrzymania ruchu (P)</t>
   </si>
   <si>
     <t>B311 A-11</t>
   </si>
   <si>
     <t>Zarządzanie jakością w procesach produkcyjnych (W)</t>
   </si>
   <si>
     <t>Zarządzanie relacjami z klientami (W)</t>
   </si>
   <si>
     <t>dr inż. Małgorzata Śliwa</t>
   </si>
   <si>
     <t>Zarządzanie relacjami z klientami (L)</t>
   </si>
   <si>
     <t>B202 A-11</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Taras Nahirnyy; prof. dr hab. inż. Matthias Ziegenhorn</t>
+  </si>
+  <si>
+    <t>dr inż. Tomasz Belica; prof. dr hab. inż. Matthias Ziegenhorn</t>
+  </si>
+  <si>
+    <t>B301 A-11</t>
+  </si>
+  <si>
+    <t>Język angielski IV (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>302 A-2</t>
+  </si>
+  <si>
+    <t>Logistyka produkcji (E)</t>
+  </si>
+  <si>
+    <t>B112 A-11</t>
+  </si>
+  <si>
+    <t>Wt</t>
+  </si>
+  <si>
+    <t>Procesy technologiczne (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -528,66 +558,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J114"/>
+  <dimension ref="A1:J119"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E114" sqref="E114"/>
+      <selection activeCell="E119" sqref="E119"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1229,280 +1259,280 @@
       </c>
       <c r="B26" t="s">
         <v>34</v>
       </c>
       <c r="D26" s="2">
         <v>0.53125</v>
       </c>
       <c r="E26" s="2">
         <v>0.59375</v>
       </c>
       <c r="F26" t="s">
         <v>39</v>
       </c>
       <c r="G26" t="s">
         <v>11</v>
       </c>
       <c r="H26" t="s">
         <v>36</v>
       </c>
       <c r="I26" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
-        <v>45956.0</v>
+        <v>45969.0</v>
       </c>
       <c r="B27" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D27" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E27" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F27" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="G27" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H27" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>45969.0</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E28" s="2">
-        <v>0.375</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G28" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H28" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I28" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>45969.0</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E29" s="2">
-        <v>0.44097222222222</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="F29" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I29" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>45969.0</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E30" s="2">
-        <v>0.51388888888889</v>
+        <v>0.59375</v>
       </c>
       <c r="F30" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I30" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>45969.0</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E31" s="2">
-        <v>0.59375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G31" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H31" t="s">
         <v>22</v>
       </c>
       <c r="I31" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>45969.0</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="2">
-        <v>0.60416666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E32" s="2">
-        <v>0.69791666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F32" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G32" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="H32" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="I32" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>45969.0</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="2">
-        <v>0.75</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="E33" s="2">
-        <v>0.8125</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="F33" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G33" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H33" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="I33" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>45969.0</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E34" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F34" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G34" t="s">
         <v>25</v>
       </c>
       <c r="H34" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I34" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
-        <v>45969.0</v>
+        <v>45970.0</v>
       </c>
       <c r="B35" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="D35" s="2">
-        <v>0.82291666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E35" s="2">
-        <v>0.88541666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F35" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="G35" t="s">
         <v>25</v>
       </c>
       <c r="H35" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="I35" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>45970.0</v>
       </c>
       <c r="B36" t="s">
         <v>34</v>
       </c>
       <c r="D36" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E36" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="F36" t="s">
         <v>35</v>
       </c>
       <c r="G36" t="s">
         <v>15</v>
       </c>
       <c r="H36" t="s">
         <v>36</v>
       </c>
       <c r="I36" t="s">
@@ -1741,51 +1771,51 @@
       </c>
       <c r="I45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>45983.0</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="2">
         <v>0.75</v>
       </c>
       <c r="E46" s="2">
         <v>0.8125</v>
       </c>
       <c r="F46" t="s">
         <v>27</v>
       </c>
       <c r="G46" t="s">
         <v>15</v>
       </c>
       <c r="H46" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="I46" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>45983.0</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E47" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F47" t="s">
         <v>28</v>
       </c>
       <c r="G47" t="s">
         <v>25</v>
       </c>
       <c r="H47" t="s">
@@ -1865,294 +1895,294 @@
       </c>
       <c r="G50" t="s">
         <v>25</v>
       </c>
       <c r="H50" t="s">
         <v>52</v>
       </c>
       <c r="I50" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
         <v>45984.0</v>
       </c>
       <c r="B51" t="s">
         <v>34</v>
       </c>
       <c r="D51" s="2">
         <v>0.53125</v>
       </c>
       <c r="E51" s="2">
         <v>0.59375</v>
       </c>
       <c r="F51" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="G51" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="H51" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="I51" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
-        <v>45984.0</v>
+        <v>45997.0</v>
       </c>
       <c r="B52" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D52" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E52" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F52" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="G52" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H52" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="I52" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>45997.0</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E53" s="2">
-        <v>0.375</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="F53" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G53" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H53" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I53" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>45997.0</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E54" s="2">
-        <v>0.44097222222222</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="F54" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G54" t="s">
         <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I54" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>45997.0</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E55" s="2">
-        <v>0.51388888888889</v>
+        <v>0.59375</v>
       </c>
       <c r="F55" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I55" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>45997.0</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E56" s="2">
-        <v>0.59375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F56" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G56" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H56" t="s">
         <v>22</v>
       </c>
       <c r="I56" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>45997.0</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="2">
-        <v>0.60416666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E57" s="2">
-        <v>0.69791666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F57" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G57" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="I57" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>45997.0</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="2">
-        <v>0.75</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="E58" s="2">
-        <v>0.8125</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="F58" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G58" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H58" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="I58" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>45997.0</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E59" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F59" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G59" t="s">
         <v>25</v>
       </c>
       <c r="H59" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I59" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
-        <v>45997.0</v>
+        <v>45998.0</v>
       </c>
       <c r="B60" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="D60" s="2">
-        <v>0.82291666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E60" s="2">
-        <v>0.88541666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F60" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="G60" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H60" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="I60" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>45998.0</v>
       </c>
       <c r="B61" t="s">
         <v>34</v>
       </c>
       <c r="D61" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E61" s="2">
         <v>0.44097222222222</v>
       </c>
       <c r="F61" t="s">
         <v>35</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>36</v>
       </c>
       <c r="I61" t="s">
@@ -3513,50 +3543,180 @@
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>46054.0</v>
       </c>
       <c r="B114" t="s">
         <v>34</v>
       </c>
       <c r="D114" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E114" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F114" t="s">
         <v>45</v>
       </c>
       <c r="G114" t="s">
         <v>25</v>
       </c>
       <c r="H114" t="s">
         <v>43</v>
       </c>
       <c r="I114" t="s">
         <v>13</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" s="1">
+        <v>46060.0</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="D115" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E115" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F115" t="s">
+        <v>58</v>
+      </c>
+      <c r="G115" t="s">
+        <v>59</v>
+      </c>
+      <c r="H115" t="s">
+        <v>29</v>
+      </c>
+      <c r="I115" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" s="1">
+        <v>46061.0</v>
+      </c>
+      <c r="B116" t="s">
+        <v>34</v>
+      </c>
+      <c r="D116" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E116" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F116" t="s">
+        <v>61</v>
+      </c>
+      <c r="G116" t="s">
+        <v>59</v>
+      </c>
+      <c r="H116" t="s">
+        <v>36</v>
+      </c>
+      <c r="I116" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B117" t="s">
+        <v>63</v>
+      </c>
+      <c r="D117" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E117" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="F117" t="s">
+        <v>64</v>
+      </c>
+      <c r="G117" t="s">
+        <v>59</v>
+      </c>
+      <c r="H117" t="s">
+        <v>22</v>
+      </c>
+      <c r="I117" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" s="1">
+        <v>46081.0</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="D118" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E118" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F118" t="s">
+        <v>58</v>
+      </c>
+      <c r="G118" t="s">
+        <v>59</v>
+      </c>
+      <c r="H118" t="s">
+        <v>29</v>
+      </c>
+      <c r="I118" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" s="1">
+        <v>46082.0</v>
+      </c>
+      <c r="B119" t="s">
+        <v>34</v>
+      </c>
+      <c r="D119" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E119" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F119" t="s">
+        <v>61</v>
+      </c>
+      <c r="G119" t="s">
+        <v>59</v>
+      </c>
+      <c r="H119" t="s">
+        <v>36</v>
+      </c>
+      <c r="I119" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>