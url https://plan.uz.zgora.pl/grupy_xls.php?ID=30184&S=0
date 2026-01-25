--- v1 (2025-12-09)
+++ v2 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -188,69 +188,75 @@
   <si>
     <t>Zarządzanie jakością w procesach produkcyjnych (W)</t>
   </si>
   <si>
     <t>Zarządzanie relacjami z klientami (W)</t>
   </si>
   <si>
     <t>dr inż. Małgorzata Śliwa</t>
   </si>
   <si>
     <t>Zarządzanie relacjami z klientami (L)</t>
   </si>
   <si>
     <t>B202 A-11</t>
   </si>
   <si>
     <t>prof. dr hab. Taras Nahirnyy; prof. dr hab. inż. Matthias Ziegenhorn</t>
   </si>
   <si>
     <t>dr inż. Tomasz Belica; prof. dr hab. inż. Matthias Ziegenhorn</t>
   </si>
   <si>
     <t>B301 A-11</t>
   </si>
   <si>
+    <t>Język niemiecki IV (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>12 A-5</t>
+  </si>
+  <si>
     <t>Język angielski IV (E)</t>
   </si>
   <si>
-    <t>E</t>
-[...1 lines deleted...]
-  <si>
     <t>302 A-2</t>
   </si>
   <si>
+    <t>Procesy technologiczne (E)</t>
+  </si>
+  <si>
     <t>Logistyka produkcji (E)</t>
   </si>
   <si>
     <t>B112 A-11</t>
   </si>
   <si>
     <t>Wt</t>
-  </si>
-[...1 lines deleted...]
-    <t>Procesy technologiczne (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -558,54 +564,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J119"/>
+  <dimension ref="A1:J122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E119" sqref="E119"/>
+      <selection activeCell="E122" sqref="E122"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2487,144 +2493,144 @@
       </c>
       <c r="E73" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F73" t="s">
         <v>31</v>
       </c>
       <c r="G73" t="s">
         <v>25</v>
       </c>
       <c r="H73" t="s">
         <v>32</v>
       </c>
       <c r="I73" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>46005.0</v>
       </c>
       <c r="B74" t="s">
         <v>34</v>
       </c>
       <c r="D74" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E74" s="2">
-        <v>0.45486111111111</v>
+        <v>0.375</v>
       </c>
       <c r="F74" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="G74" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H74" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="I74" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>46005.0</v>
       </c>
       <c r="B75" t="s">
         <v>34</v>
       </c>
       <c r="D75" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E75" s="2">
-        <v>0.52777777777778</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="F75" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="G75" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="H75" t="s">
         <v>52</v>
       </c>
       <c r="I75" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>46005.0</v>
       </c>
       <c r="B76" t="s">
         <v>34</v>
       </c>
       <c r="D76" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E76" s="2">
-        <v>0.59375</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="F76" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="G76" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="H76" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="I76" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>46005.0</v>
       </c>
       <c r="B77" t="s">
         <v>34</v>
       </c>
       <c r="D77" s="2">
-        <v>0.67708333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E77" s="2">
-        <v>0.73958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F77" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="G77" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H77" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="I77" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>46032.0</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="2">
         <v>0.3125</v>
       </c>
       <c r="E78" s="2">
         <v>0.375</v>
       </c>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78" t="s">
         <v>11</v>
       </c>
       <c r="H78" t="s">
         <v>12</v>
       </c>
       <c r="I78" t="s">
@@ -3189,66 +3195,66 @@
       </c>
       <c r="E100" s="2">
         <v>0.52777777777778</v>
       </c>
       <c r="F100" t="s">
         <v>53</v>
       </c>
       <c r="G100" t="s">
         <v>25</v>
       </c>
       <c r="H100" t="s">
         <v>52</v>
       </c>
       <c r="I100" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>46040.0</v>
       </c>
       <c r="B101" t="s">
         <v>34</v>
       </c>
       <c r="D101" s="2">
-        <v>0.67708333333333</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="E101" s="2">
-        <v>0.73958333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F101" t="s">
         <v>45</v>
       </c>
       <c r="G101" t="s">
         <v>25</v>
       </c>
       <c r="H101" t="s">
         <v>43</v>
       </c>
       <c r="I101" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>46053.0</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="2">
         <v>0.3125</v>
       </c>
       <c r="E102" s="2">
         <v>0.375</v>
       </c>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102" t="s">
         <v>11</v>
       </c>
       <c r="H102" t="s">
         <v>12</v>
       </c>
       <c r="I102" t="s">
@@ -3553,170 +3559,248 @@
       </c>
       <c r="E114" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F114" t="s">
         <v>45</v>
       </c>
       <c r="G114" t="s">
         <v>25</v>
       </c>
       <c r="H114" t="s">
         <v>43</v>
       </c>
       <c r="I114" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>46060.0</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="D115" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E115" s="2">
-        <v>0.54166666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F115" t="s">
         <v>58</v>
       </c>
       <c r="G115" t="s">
         <v>59</v>
       </c>
       <c r="H115" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I115" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
-        <v>46061.0</v>
+        <v>46060.0</v>
       </c>
       <c r="B116" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D116" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E116" s="2">
-        <v>0.52083333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F116" t="s">
         <v>61</v>
       </c>
       <c r="G116" t="s">
         <v>59</v>
       </c>
       <c r="H116" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I116" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
-        <v>46070.0</v>
+        <v>46060.0</v>
       </c>
       <c r="B117" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
       <c r="D117" s="2">
-        <v>0.625</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E117" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F117" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G117" t="s">
         <v>59</v>
       </c>
       <c r="H117" t="s">
         <v>22</v>
       </c>
       <c r="I117" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
-        <v>46081.0</v>
+        <v>46061.0</v>
       </c>
       <c r="B118" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="D118" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E118" s="2">
-        <v>0.5</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F118" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="G118" t="s">
         <v>59</v>
       </c>
       <c r="H118" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I118" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
-        <v>46082.0</v>
+        <v>46070.0</v>
       </c>
       <c r="B119" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="D119" s="2">
-        <v>0.45833333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E119" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F119" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G119" t="s">
         <v>59</v>
       </c>
       <c r="H119" t="s">
+        <v>22</v>
+      </c>
+      <c r="I119" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" s="1">
+        <v>46075.0</v>
+      </c>
+      <c r="B120" t="s">
+        <v>34</v>
+      </c>
+      <c r="D120" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E120" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F120" t="s">
+        <v>58</v>
+      </c>
+      <c r="G120" t="s">
+        <v>59</v>
+      </c>
+      <c r="H120" t="s">
+        <v>32</v>
+      </c>
+      <c r="I120" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" s="1">
+        <v>46081.0</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="D121" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E121" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F121" t="s">
+        <v>61</v>
+      </c>
+      <c r="G121" t="s">
+        <v>59</v>
+      </c>
+      <c r="H121" t="s">
+        <v>29</v>
+      </c>
+      <c r="I121" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" s="1">
+        <v>46082.0</v>
+      </c>
+      <c r="B122" t="s">
+        <v>34</v>
+      </c>
+      <c r="D122" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E122" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F122" t="s">
+        <v>64</v>
+      </c>
+      <c r="G122" t="s">
+        <v>59</v>
+      </c>
+      <c r="H122" t="s">
         <v>36</v>
       </c>
-      <c r="I119" t="s">
-        <v>62</v>
+      <c r="I122" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>