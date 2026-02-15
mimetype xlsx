--- v0 (2025-10-28)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -141,50 +141,71 @@
     <t>mgr Agnieszka Florkowska</t>
   </si>
   <si>
     <t>B104 A-11</t>
   </si>
   <si>
     <t>Język niemiecki (L)</t>
   </si>
   <si>
     <t>mgr Danuta Chlebicz</t>
   </si>
   <si>
     <t>13 A-5</t>
   </si>
   <si>
     <t>Praca przejściowa (P)</t>
   </si>
   <si>
     <t>B112 A-11</t>
   </si>
   <si>
     <t>B118 A-11</t>
   </si>
   <si>
     <t>Modelowanie i symulacja procesów produkcyjnych (W)</t>
+  </si>
+  <si>
+    <t>dr inż. Tomasz Belica; prof. dr hab. inż. Matthias Ziegenhorn</t>
+  </si>
+  <si>
+    <t>prof. dr hab. Taras Nahirnyy; prof. dr hab. inż. Matthias Ziegenhorn</t>
+  </si>
+  <si>
+    <t>12 A-5</t>
+  </si>
+  <si>
+    <t>Modelowanie i symulacja procesów produkcyjnych (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>B208 A-11</t>
+  </si>
+  <si>
+    <t>Optymalizacja przepływu produkcji (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -492,66 +513,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J100"/>
+  <dimension ref="A1:J104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E100" sqref="E100"/>
+      <selection activeCell="E104" sqref="E104"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1523,77 +1544,77 @@
       </c>
       <c r="I38" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>45984.0</v>
       </c>
       <c r="B39" t="s">
         <v>26</v>
       </c>
       <c r="D39" s="2">
         <v>0.3125</v>
       </c>
       <c r="E39" s="2">
         <v>0.375</v>
       </c>
       <c r="F39" t="s">
         <v>14</v>
       </c>
       <c r="G39" t="s">
         <v>11</v>
       </c>
       <c r="H39" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="I39" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>45984.0</v>
       </c>
       <c r="B40" t="s">
         <v>26</v>
       </c>
       <c r="D40" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E40" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F40" t="s">
         <v>27</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>45984.0</v>
       </c>
       <c r="B41" t="s">
         <v>26</v>
       </c>
       <c r="D41" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E41" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F41" t="s">
         <v>29</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41" t="s">
@@ -1656,51 +1677,51 @@
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>45984.0</v>
       </c>
       <c r="B44" t="s">
         <v>26</v>
       </c>
       <c r="D44" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E44" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F44" t="s">
         <v>36</v>
       </c>
       <c r="G44" t="s">
         <v>18</v>
       </c>
       <c r="H44" t="s">
         <v>37</v>
       </c>
       <c r="I44" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>45984.0</v>
       </c>
       <c r="B45" t="s">
         <v>26</v>
       </c>
       <c r="D45" s="2">
         <v>0.75</v>
       </c>
       <c r="E45" s="2">
         <v>0.84375</v>
       </c>
       <c r="F45" t="s">
         <v>39</v>
       </c>
       <c r="G45" t="s">
         <v>11</v>
       </c>
       <c r="H45" t="s">
         <v>31</v>
       </c>
       <c r="I45" t="s">
@@ -1942,51 +1963,51 @@
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>45998.0</v>
       </c>
       <c r="B55" t="s">
         <v>26</v>
       </c>
       <c r="D55" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E55" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F55" t="s">
         <v>36</v>
       </c>
       <c r="G55" t="s">
         <v>18</v>
       </c>
       <c r="H55" t="s">
         <v>37</v>
       </c>
       <c r="I55" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>45998.0</v>
       </c>
       <c r="B56" t="s">
         <v>26</v>
       </c>
       <c r="D56" s="2">
         <v>0.75</v>
       </c>
       <c r="E56" s="2">
         <v>0.84375</v>
       </c>
       <c r="F56" t="s">
         <v>39</v>
       </c>
       <c r="G56" t="s">
         <v>11</v>
       </c>
       <c r="H56" t="s">
         <v>23</v>
       </c>
       <c r="I56" t="s">
@@ -2228,51 +2249,51 @@
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>46005.0</v>
       </c>
       <c r="B66" t="s">
         <v>26</v>
       </c>
       <c r="D66" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E66" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F66" t="s">
         <v>36</v>
       </c>
       <c r="G66" t="s">
         <v>18</v>
       </c>
       <c r="H66" t="s">
         <v>37</v>
       </c>
       <c r="I66" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>46005.0</v>
       </c>
       <c r="B67" t="s">
         <v>26</v>
       </c>
       <c r="D67" s="2">
         <v>0.75</v>
       </c>
       <c r="E67" s="2">
         <v>0.84375</v>
       </c>
       <c r="F67" t="s">
         <v>39</v>
       </c>
       <c r="G67" t="s">
         <v>11</v>
       </c>
       <c r="H67" t="s">
         <v>15</v>
       </c>
       <c r="I67" t="s">
@@ -2514,51 +2535,51 @@
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>46033.0</v>
       </c>
       <c r="B77" t="s">
         <v>26</v>
       </c>
       <c r="D77" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E77" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F77" t="s">
         <v>36</v>
       </c>
       <c r="G77" t="s">
         <v>18</v>
       </c>
       <c r="H77" t="s">
         <v>37</v>
       </c>
       <c r="I77" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>46033.0</v>
       </c>
       <c r="B78" t="s">
         <v>26</v>
       </c>
       <c r="D78" s="2">
         <v>0.75</v>
       </c>
       <c r="E78" s="2">
         <v>0.84375</v>
       </c>
       <c r="F78" t="s">
         <v>39</v>
       </c>
       <c r="G78" t="s">
         <v>11</v>
       </c>
       <c r="H78" t="s">
         <v>23</v>
       </c>
       <c r="I78" t="s">
@@ -2800,51 +2821,51 @@
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>46040.0</v>
       </c>
       <c r="B88" t="s">
         <v>26</v>
       </c>
       <c r="D88" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E88" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F88" t="s">
         <v>36</v>
       </c>
       <c r="G88" t="s">
         <v>18</v>
       </c>
       <c r="H88" t="s">
         <v>37</v>
       </c>
       <c r="I88" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>46040.0</v>
       </c>
       <c r="B89" t="s">
         <v>26</v>
       </c>
       <c r="D89" s="2">
         <v>0.75</v>
       </c>
       <c r="E89" s="2">
         <v>0.84375</v>
       </c>
       <c r="F89" t="s">
         <v>39</v>
       </c>
       <c r="G89" t="s">
         <v>11</v>
       </c>
       <c r="H89" t="s">
         <v>15</v>
       </c>
       <c r="I89" t="s">
@@ -3086,77 +3107,181 @@
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>46054.0</v>
       </c>
       <c r="B99" t="s">
         <v>26</v>
       </c>
       <c r="D99" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E99" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F99" t="s">
         <v>36</v>
       </c>
       <c r="G99" t="s">
         <v>18</v>
       </c>
       <c r="H99" t="s">
         <v>37</v>
       </c>
       <c r="I99" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>46054.0</v>
       </c>
       <c r="B100" t="s">
         <v>26</v>
       </c>
       <c r="D100" s="2">
         <v>0.75</v>
       </c>
       <c r="E100" s="2">
         <v>0.84375</v>
       </c>
       <c r="F100" t="s">
         <v>39</v>
       </c>
       <c r="G100" t="s">
         <v>11</v>
       </c>
       <c r="H100" t="s">
         <v>31</v>
       </c>
       <c r="I100" t="s">
         <v>40</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" s="1">
+        <v>46060.0</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="D101" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E101" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F101" t="s">
+        <v>46</v>
+      </c>
+      <c r="G101" t="s">
+        <v>47</v>
+      </c>
+      <c r="H101" t="s">
+        <v>23</v>
+      </c>
+      <c r="I101" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" s="1">
+        <v>46061.0</v>
+      </c>
+      <c r="B102" t="s">
+        <v>26</v>
+      </c>
+      <c r="D102" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E102" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="F102" t="s">
+        <v>49</v>
+      </c>
+      <c r="G102" t="s">
+        <v>47</v>
+      </c>
+      <c r="H102" t="s">
+        <v>23</v>
+      </c>
+      <c r="I102" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" s="1">
+        <v>46081.0</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="D103" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E103" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F103" t="s">
+        <v>49</v>
+      </c>
+      <c r="G103" t="s">
+        <v>47</v>
+      </c>
+      <c r="H103" t="s">
+        <v>23</v>
+      </c>
+      <c r="I103" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" s="1">
+        <v>46082.0</v>
+      </c>
+      <c r="B104" t="s">
+        <v>26</v>
+      </c>
+      <c r="D104" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E104" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F104" t="s">
+        <v>46</v>
+      </c>
+      <c r="G104" t="s">
+        <v>47</v>
+      </c>
+      <c r="H104" t="s">
+        <v>23</v>
+      </c>
+      <c r="I104" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>