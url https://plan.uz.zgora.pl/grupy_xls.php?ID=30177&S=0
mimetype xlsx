--- v0 (2025-11-02)
+++ v1 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -186,50 +186,53 @@
     <t>dr inż. Joanna Cyganiuk</t>
   </si>
   <si>
     <t>Podstawy programowania (W)</t>
   </si>
   <si>
     <t>Fizyka (W)</t>
   </si>
   <si>
     <t>dr hab. Ryszard Matysiak, prof. UZ</t>
   </si>
   <si>
     <t>dr inż. Roman Kielec, prof. UZ</t>
   </si>
   <si>
     <t>B208 A-11</t>
   </si>
   <si>
     <t>Fizyka (Ć)</t>
   </si>
   <si>
     <t>Podstawy elektrotechniki (L)</t>
   </si>
   <si>
     <t>514 A-2</t>
+  </si>
+  <si>
+    <t>dr inż. Mariusz Michalski; dr inż. Remigiusz Romankiewicz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -552,51 +555,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J272"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E272" sqref="E272"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -4073,95 +4076,95 @@
       </c>
       <c r="F128" t="s">
         <v>34</v>
       </c>
       <c r="G128" t="s">
         <v>15</v>
       </c>
       <c r="H128" t="s">
         <v>12</v>
       </c>
       <c r="I128" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>45985.0</v>
       </c>
       <c r="B129" t="s">
         <v>40</v>
       </c>
       <c r="C129" t="s">
         <v>16</v>
       </c>
       <c r="D129" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E129" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F129" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G129" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H129" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I129" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>45985.0</v>
       </c>
       <c r="B130" t="s">
         <v>40</v>
       </c>
       <c r="C130" t="s">
         <v>16</v>
       </c>
       <c r="D130" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E130" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F130" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="G130" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H130" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I130" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>45985.0</v>
       </c>
       <c r="B131" t="s">
         <v>40</v>
       </c>
       <c r="C131" t="s">
         <v>25</v>
       </c>
       <c r="D131" s="2">
         <v>0.53125</v>
       </c>
       <c r="E131" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="F131" t="s">
         <v>56</v>
       </c>
       <c r="G131" t="s">
         <v>18</v>
       </c>
       <c r="H131" t="s">
@@ -4597,95 +4600,95 @@
       </c>
       <c r="F147" t="s">
         <v>34</v>
       </c>
       <c r="G147" t="s">
         <v>15</v>
       </c>
       <c r="H147" t="s">
         <v>12</v>
       </c>
       <c r="I147" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>45992.0</v>
       </c>
       <c r="B148" t="s">
         <v>40</v>
       </c>
       <c r="C148" t="s">
         <v>16</v>
       </c>
       <c r="D148" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E148" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F148" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G148" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H148" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I148" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>45992.0</v>
       </c>
       <c r="B149" t="s">
         <v>40</v>
       </c>
       <c r="C149" t="s">
         <v>16</v>
       </c>
       <c r="D149" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E149" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F149" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="G149" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H149" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I149" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>45992.0</v>
       </c>
       <c r="B150" t="s">
         <v>40</v>
       </c>
       <c r="C150" t="s">
         <v>25</v>
       </c>
       <c r="D150" s="2">
         <v>0.53125</v>
       </c>
       <c r="E150" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="F150" t="s">
         <v>56</v>
       </c>
       <c r="G150" t="s">
         <v>18</v>
       </c>
       <c r="H150" t="s">
@@ -5095,95 +5098,95 @@
       </c>
       <c r="F165" t="s">
         <v>34</v>
       </c>
       <c r="G165" t="s">
         <v>15</v>
       </c>
       <c r="H165" t="s">
         <v>12</v>
       </c>
       <c r="I165" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>45999.0</v>
       </c>
       <c r="B166" t="s">
         <v>40</v>
       </c>
       <c r="C166" t="s">
         <v>16</v>
       </c>
       <c r="D166" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E166" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F166" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G166" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H166" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I166" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>45999.0</v>
       </c>
       <c r="B167" t="s">
         <v>40</v>
       </c>
       <c r="C167" t="s">
         <v>16</v>
       </c>
       <c r="D167" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E167" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F167" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="G167" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H167" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I167" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>45999.0</v>
       </c>
       <c r="B168" t="s">
         <v>40</v>
       </c>
       <c r="C168" t="s">
         <v>25</v>
       </c>
       <c r="D168" s="2">
         <v>0.53125</v>
       </c>
       <c r="E168" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="F168" t="s">
         <v>56</v>
       </c>
       <c r="G168" t="s">
         <v>18</v>
       </c>
       <c r="H168" t="s">
@@ -5275,51 +5278,51 @@
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
         <v>46000.0</v>
       </c>
       <c r="B172" t="s">
         <v>48</v>
       </c>
       <c r="C172" t="s">
         <v>16</v>
       </c>
       <c r="D172" s="2">
         <v>0.53125</v>
       </c>
       <c r="E172" s="2">
         <v>0.59375</v>
       </c>
       <c r="F172" t="s">
         <v>26</v>
       </c>
       <c r="G172" t="s">
         <v>18</v>
       </c>
       <c r="H172" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="I172" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>46000.0</v>
       </c>
       <c r="B173" t="s">
         <v>48</v>
       </c>
       <c r="C173" t="s">
         <v>25</v>
       </c>
       <c r="D173" s="2">
         <v>0.53125</v>
       </c>
       <c r="E173" s="2">
         <v>0.59375</v>
       </c>
       <c r="F173" t="s">
         <v>17</v>
       </c>
       <c r="G173" t="s">
@@ -5524,51 +5527,51 @@
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
         <v>46002.0</v>
       </c>
       <c r="B181" t="s">
         <v>24</v>
       </c>
       <c r="C181" t="s">
         <v>25</v>
       </c>
       <c r="D181" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E181" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F181" t="s">
         <v>26</v>
       </c>
       <c r="G181" t="s">
         <v>18</v>
       </c>
       <c r="H181" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="I181" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>46002.0</v>
       </c>
       <c r="B182" t="s">
         <v>24</v>
       </c>
       <c r="D182" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E182" s="2">
         <v>0.51736111111111</v>
       </c>
       <c r="F182" t="s">
         <v>29</v>
       </c>
       <c r="G182" t="s">
         <v>11</v>
       </c>
       <c r="H182" t="s">
@@ -5619,95 +5622,95 @@
       </c>
       <c r="F184" t="s">
         <v>34</v>
       </c>
       <c r="G184" t="s">
         <v>15</v>
       </c>
       <c r="H184" t="s">
         <v>12</v>
       </c>
       <c r="I184" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46006.0</v>
       </c>
       <c r="B185" t="s">
         <v>40</v>
       </c>
       <c r="C185" t="s">
         <v>16</v>
       </c>
       <c r="D185" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E185" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F185" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G185" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H185" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I185" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>46006.0</v>
       </c>
       <c r="B186" t="s">
         <v>40</v>
       </c>
       <c r="C186" t="s">
         <v>16</v>
       </c>
       <c r="D186" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E186" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F186" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="G186" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H186" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I186" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>46006.0</v>
       </c>
       <c r="B187" t="s">
         <v>40</v>
       </c>
       <c r="C187" t="s">
         <v>25</v>
       </c>
       <c r="D187" s="2">
         <v>0.53125</v>
       </c>
       <c r="E187" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="F187" t="s">
         <v>56</v>
       </c>
       <c r="G187" t="s">
         <v>18</v>
       </c>
       <c r="H187" t="s">
@@ -6389,95 +6392,95 @@
       </c>
       <c r="F212" t="s">
         <v>34</v>
       </c>
       <c r="G212" t="s">
         <v>15</v>
       </c>
       <c r="H212" t="s">
         <v>12</v>
       </c>
       <c r="I212" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
         <v>46034.0</v>
       </c>
       <c r="B213" t="s">
         <v>40</v>
       </c>
       <c r="C213" t="s">
         <v>16</v>
       </c>
       <c r="D213" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E213" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F213" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G213" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H213" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I213" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
         <v>46034.0</v>
       </c>
       <c r="B214" t="s">
         <v>40</v>
       </c>
       <c r="C214" t="s">
         <v>16</v>
       </c>
       <c r="D214" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E214" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F214" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="G214" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H214" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I214" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
         <v>46034.0</v>
       </c>
       <c r="B215" t="s">
         <v>40</v>
       </c>
       <c r="C215" t="s">
         <v>25</v>
       </c>
       <c r="D215" s="2">
         <v>0.53125</v>
       </c>
       <c r="E215" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="F215" t="s">
         <v>56</v>
       </c>
       <c r="G215" t="s">
         <v>18</v>
       </c>
       <c r="H215" t="s">
@@ -6528,66 +6531,66 @@
       </c>
       <c r="E217" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F217" t="s">
         <v>21</v>
       </c>
       <c r="G217" t="s">
         <v>18</v>
       </c>
       <c r="H217" t="s">
         <v>47</v>
       </c>
       <c r="I217" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
         <v>46035.0</v>
       </c>
       <c r="B218" t="s">
         <v>48</v>
       </c>
       <c r="D218" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E218" s="2">
-        <v>0.51736111111111</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F218" t="s">
         <v>37</v>
       </c>
       <c r="G218" t="s">
         <v>11</v>
       </c>
       <c r="H218" t="s">
         <v>49</v>
       </c>
       <c r="I218" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
         <v>46035.0</v>
       </c>
       <c r="B219" t="s">
         <v>48</v>
       </c>
       <c r="C219" t="s">
         <v>16</v>
       </c>
       <c r="D219" s="2">
         <v>0.53125</v>
       </c>
       <c r="E219" s="2">
         <v>0.59375</v>
       </c>
       <c r="F219" t="s">
         <v>26</v>
       </c>
       <c r="G219" t="s">
         <v>18</v>
       </c>
       <c r="H219" t="s">
@@ -6887,95 +6890,95 @@
       </c>
       <c r="F230" t="s">
         <v>34</v>
       </c>
       <c r="G230" t="s">
         <v>15</v>
       </c>
       <c r="H230" t="s">
         <v>12</v>
       </c>
       <c r="I230" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
         <v>46041.0</v>
       </c>
       <c r="B231" t="s">
         <v>40</v>
       </c>
       <c r="C231" t="s">
         <v>16</v>
       </c>
       <c r="D231" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E231" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F231" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G231" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H231" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I231" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
         <v>46041.0</v>
       </c>
       <c r="B232" t="s">
         <v>40</v>
       </c>
       <c r="C232" t="s">
         <v>16</v>
       </c>
       <c r="D232" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E232" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F232" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="G232" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H232" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I232" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="1">
         <v>46041.0</v>
       </c>
       <c r="B233" t="s">
         <v>40</v>
       </c>
       <c r="C233" t="s">
         <v>25</v>
       </c>
       <c r="D233" s="2">
         <v>0.53125</v>
       </c>
       <c r="E233" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="F233" t="s">
         <v>56</v>
       </c>
       <c r="G233" t="s">
         <v>18</v>
       </c>
       <c r="H233" t="s">
@@ -7903,95 +7906,95 @@
       </c>
       <c r="F267" t="s">
         <v>34</v>
       </c>
       <c r="G267" t="s">
         <v>15</v>
       </c>
       <c r="H267" t="s">
         <v>12</v>
       </c>
       <c r="I267" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
         <v>46055.0</v>
       </c>
       <c r="B268" t="s">
         <v>40</v>
       </c>
       <c r="C268" t="s">
         <v>16</v>
       </c>
       <c r="D268" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E268" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F268" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G268" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="H268" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I268" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="1">
         <v>46055.0</v>
       </c>
       <c r="B269" t="s">
         <v>40</v>
       </c>
       <c r="C269" t="s">
         <v>16</v>
       </c>
       <c r="D269" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E269" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F269" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="G269" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="H269" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I269" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
         <v>46055.0</v>
       </c>
       <c r="B270" t="s">
         <v>40</v>
       </c>
       <c r="C270" t="s">
         <v>25</v>
       </c>
       <c r="D270" s="2">
         <v>0.53125</v>
       </c>
       <c r="E270" s="2">
         <v>0.59722222222222</v>
       </c>
       <c r="F270" t="s">
         <v>56</v>
       </c>
       <c r="G270" t="s">
         <v>18</v>
       </c>
       <c r="H270" t="s">