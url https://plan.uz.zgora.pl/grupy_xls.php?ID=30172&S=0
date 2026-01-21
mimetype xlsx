--- v0 (2025-10-24)
+++ v1 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -201,50 +201,62 @@
     <t>B311 A-11</t>
   </si>
   <si>
     <t>Fizyka (W)</t>
   </si>
   <si>
     <t>dr hab. Ryszard Matysiak, prof. UZ</t>
   </si>
   <si>
     <t>Fizyka (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>302 A-2</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Podstawy Konstrukcji Maszyn I (E)</t>
   </si>
   <si>
     <t>E</t>
+  </si>
+  <si>
+    <t>Metrologia i systemy pomiarowe (E)</t>
+  </si>
+  <si>
+    <t>B213 A-11</t>
+  </si>
+  <si>
+    <t>Elektrotechnika i elektronika II (E)</t>
+  </si>
+  <si>
+    <t>Fizyka (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -552,54 +564,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J288"/>
+  <dimension ref="A1:J294"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E288" sqref="E288"/>
+      <selection activeCell="E294" sqref="E294"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5772,683 +5784,683 @@
       </c>
       <c r="F184" t="s">
         <v>45</v>
       </c>
       <c r="G184" t="s">
         <v>12</v>
       </c>
       <c r="H184" t="s">
         <v>40</v>
       </c>
       <c r="I184" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46000.0</v>
       </c>
       <c r="B185" t="s">
         <v>47</v>
       </c>
       <c r="C185" t="s">
         <v>15</v>
       </c>
       <c r="D185" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E185" s="2">
-        <v>0.44791666666667</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F185" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="G185" t="s">
         <v>12</v>
       </c>
       <c r="H185" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="I185" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>46000.0</v>
       </c>
       <c r="B186" t="s">
         <v>47</v>
       </c>
-      <c r="C186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D186" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E186" s="2">
-        <v>0.51736111111111</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F186" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="G186" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="H186" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="I186" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>46000.0</v>
       </c>
       <c r="B187" t="s">
         <v>47</v>
       </c>
       <c r="D187" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E187" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F187" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G187" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H187" t="s">
         <v>56</v>
       </c>
       <c r="I187" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
-        <v>46000.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B188" t="s">
-        <v>47</v>
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>10</v>
       </c>
       <c r="D188" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E188" s="2">
-        <v>0.66666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F188" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="G188" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="H188" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="I188" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>46001.0</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D189" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E189" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F189" t="s">
         <v>11</v>
       </c>
       <c r="G189" t="s">
         <v>12</v>
       </c>
       <c r="H189" t="s">
         <v>13</v>
       </c>
       <c r="I189" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>46001.0</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
-      <c r="C190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" s="2">
-        <v>0.38541666666667</v>
+        <v>0.46180555555556</v>
       </c>
       <c r="E190" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F190" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="G190" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="H190" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="I190" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>46001.0</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
+      <c r="C191" t="s">
+        <v>10</v>
+      </c>
       <c r="D191" s="2">
-        <v>0.46180555555556</v>
+        <v>0.53125</v>
       </c>
       <c r="E191" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F191" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G191" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="H191" t="s">
         <v>18</v>
       </c>
       <c r="I191" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B192" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C192" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D192" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E192" s="2">
-        <v>0.59027777777778</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F192" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G192" t="s">
         <v>12</v>
       </c>
       <c r="H192" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I192" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="1">
         <v>46002.0</v>
       </c>
       <c r="B193" t="s">
         <v>22</v>
       </c>
       <c r="C193" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D193" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E193" s="2">
-        <v>0.51736111111111</v>
+        <v>0.59375</v>
       </c>
       <c r="F193" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G193" t="s">
         <v>12</v>
       </c>
       <c r="H193" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="I193" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="1">
         <v>46002.0</v>
       </c>
       <c r="B194" t="s">
         <v>22</v>
       </c>
       <c r="C194" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D194" s="2">
         <v>0.53125</v>
       </c>
       <c r="E194" s="2">
         <v>0.59375</v>
       </c>
       <c r="F194" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G194" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="H194" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I194" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="1">
         <v>46002.0</v>
       </c>
       <c r="B195" t="s">
         <v>22</v>
       </c>
       <c r="C195" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D195" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E195" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F195" t="s">
         <v>29</v>
       </c>
       <c r="G195" t="s">
         <v>30</v>
       </c>
       <c r="H195" t="s">
         <v>31</v>
       </c>
       <c r="I195" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="1">
         <v>46002.0</v>
       </c>
       <c r="B196" t="s">
         <v>22</v>
       </c>
-      <c r="C196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D196" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E196" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F196" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G196" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="H196" t="s">
         <v>31</v>
       </c>
       <c r="I196" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
-        <v>46002.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B197" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="D197" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E197" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F197" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G197" t="s">
         <v>17</v>
       </c>
       <c r="H197" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I197" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="1">
         <v>46006.0</v>
       </c>
       <c r="B198" t="s">
         <v>35</v>
       </c>
+      <c r="C198" t="s">
+        <v>15</v>
+      </c>
       <c r="D198" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E198" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F198" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G198" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="H198" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I198" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="1">
         <v>46006.0</v>
       </c>
       <c r="B199" t="s">
         <v>35</v>
       </c>
       <c r="C199" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D199" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E199" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F199" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G199" t="s">
         <v>12</v>
       </c>
       <c r="H199" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="I199" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
         <v>46006.0</v>
       </c>
       <c r="B200" t="s">
         <v>35</v>
       </c>
       <c r="C200" t="s">
         <v>10</v>
       </c>
       <c r="D200" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E200" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F200" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G200" t="s">
         <v>12</v>
       </c>
       <c r="H200" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I200" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
         <v>46006.0</v>
       </c>
       <c r="B201" t="s">
         <v>35</v>
       </c>
       <c r="C201" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D201" s="2">
         <v>0.53125</v>
       </c>
       <c r="E201" s="2">
         <v>0.59375</v>
       </c>
       <c r="F201" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G201" t="s">
         <v>12</v>
       </c>
       <c r="H201" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="I201" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
         <v>46006.0</v>
       </c>
       <c r="B202" t="s">
         <v>35</v>
       </c>
       <c r="C202" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D202" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E202" s="2">
-        <v>0.59375</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="F202" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G202" t="s">
         <v>12</v>
       </c>
       <c r="H202" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I202" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B203" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="C203" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D203" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E203" s="2">
-        <v>0.67013888888889</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F203" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="G203" t="s">
         <v>12</v>
       </c>
       <c r="H203" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I203" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="1">
         <v>46007.0</v>
       </c>
       <c r="B204" t="s">
         <v>47</v>
       </c>
       <c r="C204" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D204" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E204" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F204" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="G204" t="s">
         <v>12</v>
       </c>
       <c r="H204" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="I204" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
         <v>46007.0</v>
       </c>
       <c r="B205" t="s">
         <v>47</v>
       </c>
-      <c r="C205" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D205" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E205" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F205" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G205" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="H205" t="s">
         <v>51</v>
       </c>
       <c r="I205" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
         <v>46007.0</v>
       </c>
       <c r="B206" t="s">
         <v>47</v>
       </c>
       <c r="D206" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E206" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F206" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G206" t="s">
         <v>17</v>
       </c>
       <c r="H206" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="I206" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>46007.0</v>
       </c>
       <c r="B207" t="s">
         <v>47</v>
       </c>
+      <c r="C207" t="s">
+        <v>15</v>
+      </c>
       <c r="D207" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E207" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F207" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="G207" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="H207" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="I207" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
         <v>46008.0</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>10</v>
       </c>
       <c r="D208" s="2">
         <v>0.3125</v>
       </c>
       <c r="E208" s="2">
         <v>0.375</v>
       </c>
       <c r="F208" t="s">
         <v>11</v>
       </c>
       <c r="G208" t="s">
         <v>12</v>
       </c>
       <c r="H208" t="s">
@@ -8669,71 +8681,227 @@
       </c>
       <c r="B287" t="s">
         <v>47</v>
       </c>
       <c r="D287" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E287" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F287" t="s">
         <v>61</v>
       </c>
       <c r="G287" t="s">
         <v>62</v>
       </c>
       <c r="H287" t="s">
         <v>31</v>
       </c>
       <c r="I287" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="1">
-        <v>46071.0</v>
+        <v>46057.0</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="D288" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E288" s="2">
         <v>0.45833333333333</v>
       </c>
-      <c r="E288" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="F288" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G288" t="s">
         <v>62</v>
       </c>
       <c r="H288" t="s">
+        <v>37</v>
+      </c>
+      <c r="I288" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10">
+      <c r="A289" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B289" t="s">
+        <v>35</v>
+      </c>
+      <c r="D289" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E289" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F289" t="s">
+        <v>65</v>
+      </c>
+      <c r="G289" t="s">
+        <v>62</v>
+      </c>
+      <c r="H289" t="s">
+        <v>18</v>
+      </c>
+      <c r="I289" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10">
+      <c r="A290" s="1">
+        <v>46063.0</v>
+      </c>
+      <c r="B290" t="s">
+        <v>47</v>
+      </c>
+      <c r="D290" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E290" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F290" t="s">
+        <v>66</v>
+      </c>
+      <c r="G290" t="s">
+        <v>62</v>
+      </c>
+      <c r="H290" t="s">
+        <v>56</v>
+      </c>
+      <c r="I290" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10">
+      <c r="A291" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B291" t="s">
+        <v>47</v>
+      </c>
+      <c r="D291" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E291" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F291" t="s">
+        <v>65</v>
+      </c>
+      <c r="G291" t="s">
+        <v>62</v>
+      </c>
+      <c r="H291" t="s">
+        <v>18</v>
+      </c>
+      <c r="I291" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10">
+      <c r="A292" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="D292" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E292" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F292" t="s">
+        <v>61</v>
+      </c>
+      <c r="G292" t="s">
+        <v>62</v>
+      </c>
+      <c r="H292" t="s">
         <v>31</v>
       </c>
-      <c r="I288" t="s">
+      <c r="I292" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="293" spans="1:10">
+      <c r="A293" s="1">
+        <v>46077.0</v>
+      </c>
+      <c r="B293" t="s">
+        <v>47</v>
+      </c>
+      <c r="D293" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E293" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F293" t="s">
+        <v>63</v>
+      </c>
+      <c r="G293" t="s">
+        <v>62</v>
+      </c>
+      <c r="H293" t="s">
+        <v>37</v>
+      </c>
+      <c r="I293" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="294" spans="1:10">
+      <c r="A294" s="1">
+        <v>46078.0</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="D294" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E294" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F294" t="s">
+        <v>66</v>
+      </c>
+      <c r="G294" t="s">
+        <v>62</v>
+      </c>
+      <c r="H294" t="s">
+        <v>56</v>
+      </c>
+      <c r="I294" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>