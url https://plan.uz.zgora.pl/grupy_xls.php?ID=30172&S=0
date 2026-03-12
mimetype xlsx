--- v1 (2026-01-21)
+++ v2 (2026-03-12)
@@ -564,54 +564,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J294"/>
+  <dimension ref="A1:J293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E294" sqref="E294"/>
+      <selection activeCell="E293" sqref="E293"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -8833,76 +8833,50 @@
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="1">
         <v>46077.0</v>
       </c>
       <c r="B293" t="s">
         <v>47</v>
       </c>
       <c r="D293" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E293" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F293" t="s">
         <v>63</v>
       </c>
       <c r="G293" t="s">
         <v>62</v>
       </c>
       <c r="H293" t="s">
         <v>37</v>
       </c>
       <c r="I293" t="s">
         <v>38</v>
-      </c>
-[...24 lines deleted...]
-        <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>