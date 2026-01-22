--- v0 (2025-10-24)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -201,50 +201,71 @@
     <t>Fizyka (L)</t>
   </si>
   <si>
     <t>dr Waldemar Grabowski</t>
   </si>
   <si>
     <t>103 A-29</t>
   </si>
   <si>
     <t>Techniki automatyzacji I (W)</t>
   </si>
   <si>
     <t>Techniki automatyzacji I (L)</t>
   </si>
   <si>
     <t>B301 A-11; H020 A-10</t>
   </si>
   <si>
     <t>Fizyka (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>dr hab. inż. Radosław Maruda, prof. UZ; dr inż. Natalia Szczotkarz</t>
+  </si>
+  <si>
+    <t>Podstawy Konstrukcji Maszyn I (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>302 A-2</t>
+  </si>
+  <si>
+    <t>Elektrotechnika i elektronika II (E)</t>
+  </si>
+  <si>
+    <t>Fizyka (E)</t>
+  </si>
+  <si>
+    <t>Metrologia i systemy pomiarowe (E)</t>
+  </si>
+  <si>
+    <t>B104 A-11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -552,54 +573,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J181"/>
+  <dimension ref="A1:J189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E181" sqref="E181"/>
+      <selection activeCell="E189" sqref="E189"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3129,330 +3150,330 @@
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="2">
         <v>0.75</v>
       </c>
       <c r="E91" s="2">
         <v>0.8125</v>
       </c>
       <c r="F91" t="s">
         <v>33</v>
       </c>
       <c r="G91" t="s">
         <v>18</v>
       </c>
       <c r="H91" t="s">
         <v>34</v>
       </c>
       <c r="I91" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
-        <v>45998.0</v>
+        <v>45997.0</v>
       </c>
       <c r="B92" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="D92" s="2">
-        <v>0.31944444444444</v>
+        <v>0.81597222222222</v>
       </c>
       <c r="E92" s="2">
-        <v>0.375</v>
+        <v>0.88194444444444</v>
       </c>
       <c r="F92" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G92" t="s">
         <v>11</v>
       </c>
       <c r="H92" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="I92" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>45998.0</v>
       </c>
       <c r="B93" t="s">
         <v>36</v>
       </c>
-      <c r="C93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D93" s="2">
-        <v>0.38541666666667</v>
+        <v>0.31944444444444</v>
       </c>
       <c r="E93" s="2">
-        <v>0.44097222222222</v>
+        <v>0.375</v>
       </c>
       <c r="F93" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G93" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H93" t="s">
         <v>38</v>
       </c>
       <c r="I93" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>45998.0</v>
       </c>
       <c r="B94" t="s">
         <v>36</v>
       </c>
       <c r="C94" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D94" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E94" s="2">
-        <v>0.44791666666667</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="F94" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="G94" t="s">
         <v>18</v>
       </c>
       <c r="H94" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="I94" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>45998.0</v>
       </c>
       <c r="B95" t="s">
         <v>36</v>
       </c>
       <c r="C95" t="s">
         <v>21</v>
       </c>
       <c r="D95" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E95" s="2">
-        <v>0.51388888888889</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F95" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="G95" t="s">
         <v>18</v>
       </c>
       <c r="H95" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="I95" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>45998.0</v>
       </c>
       <c r="B96" t="s">
         <v>36</v>
       </c>
       <c r="C96" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D96" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E96" s="2">
-        <v>0.52083333333333</v>
+        <v>0.51388888888889</v>
       </c>
       <c r="F96" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G96" t="s">
         <v>18</v>
       </c>
       <c r="H96" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="I96" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>45998.0</v>
       </c>
       <c r="B97" t="s">
         <v>36</v>
       </c>
       <c r="C97" t="s">
         <v>16</v>
       </c>
       <c r="D97" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E97" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F97" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G97" t="s">
         <v>18</v>
       </c>
       <c r="H97" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="I97" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>45998.0</v>
       </c>
       <c r="B98" t="s">
         <v>36</v>
       </c>
       <c r="C98" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D98" s="2">
         <v>0.53125</v>
       </c>
       <c r="E98" s="2">
         <v>0.59375</v>
       </c>
       <c r="F98" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G98" t="s">
         <v>18</v>
       </c>
       <c r="H98" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="I98" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>45998.0</v>
       </c>
       <c r="B99" t="s">
         <v>36</v>
       </c>
       <c r="C99" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D99" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E99" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F99" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="G99" t="s">
         <v>18</v>
       </c>
       <c r="H99" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="I99" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>45998.0</v>
       </c>
       <c r="B100" t="s">
         <v>36</v>
       </c>
       <c r="C100" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D100" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E100" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F100" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G100" t="s">
         <v>18</v>
       </c>
       <c r="H100" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I100" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>45998.0</v>
       </c>
       <c r="B101" t="s">
         <v>36</v>
       </c>
+      <c r="C101" t="s">
+        <v>21</v>
+      </c>
       <c r="D101" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E101" s="2">
-        <v>0.73263888888889</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F101" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="G101" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H101" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="I101" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>46004.0</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="2">
         <v>0.3125</v>
       </c>
       <c r="E102" s="2">
         <v>0.375</v>
       </c>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102" t="s">
         <v>11</v>
       </c>
       <c r="H102" t="s">
         <v>12</v>
       </c>
       <c r="I102" t="s">
@@ -5657,50 +5678,258 @@
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
         <v>46054.0</v>
       </c>
       <c r="B181" t="s">
         <v>36</v>
       </c>
       <c r="D181" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E181" s="2">
         <v>0.73263888888889</v>
       </c>
       <c r="F181" t="s">
         <v>51</v>
       </c>
       <c r="G181" t="s">
         <v>11</v>
       </c>
       <c r="H181" t="s">
         <v>19</v>
       </c>
       <c r="I181" t="s">
         <v>52</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10">
+      <c r="A182" s="1">
+        <v>46060.0</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="D182" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E182" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F182" t="s">
+        <v>63</v>
+      </c>
+      <c r="G182" t="s">
+        <v>64</v>
+      </c>
+      <c r="H182" t="s">
+        <v>15</v>
+      </c>
+      <c r="I182" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10">
+      <c r="A183" s="1">
+        <v>46061.0</v>
+      </c>
+      <c r="B183" t="s">
+        <v>36</v>
+      </c>
+      <c r="D183" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E183" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F183" t="s">
+        <v>66</v>
+      </c>
+      <c r="G183" t="s">
+        <v>64</v>
+      </c>
+      <c r="H183" t="s">
+        <v>19</v>
+      </c>
+      <c r="I183" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10">
+      <c r="A184" s="1">
+        <v>46067.0</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="D184" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E184" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F184" t="s">
+        <v>67</v>
+      </c>
+      <c r="G184" t="s">
+        <v>64</v>
+      </c>
+      <c r="H184" t="s">
+        <v>32</v>
+      </c>
+      <c r="I184" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10">
+      <c r="A185" s="1">
+        <v>46068.0</v>
+      </c>
+      <c r="B185" t="s">
+        <v>36</v>
+      </c>
+      <c r="D185" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E185" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F185" t="s">
+        <v>68</v>
+      </c>
+      <c r="G185" t="s">
+        <v>64</v>
+      </c>
+      <c r="H185" t="s">
+        <v>12</v>
+      </c>
+      <c r="I185" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10">
+      <c r="A186" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="D186" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E186" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F186" t="s">
+        <v>63</v>
+      </c>
+      <c r="G186" t="s">
+        <v>64</v>
+      </c>
+      <c r="H186" t="s">
+        <v>15</v>
+      </c>
+      <c r="I186" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10">
+      <c r="A187" s="1">
+        <v>46075.0</v>
+      </c>
+      <c r="B187" t="s">
+        <v>36</v>
+      </c>
+      <c r="D187" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E187" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F187" t="s">
+        <v>66</v>
+      </c>
+      <c r="G187" t="s">
+        <v>64</v>
+      </c>
+      <c r="H187" t="s">
+        <v>19</v>
+      </c>
+      <c r="I187" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10">
+      <c r="A188" s="1">
+        <v>46081.0</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="D188" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E188" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F188" t="s">
+        <v>67</v>
+      </c>
+      <c r="G188" t="s">
+        <v>64</v>
+      </c>
+      <c r="H188" t="s">
+        <v>32</v>
+      </c>
+      <c r="I188" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10">
+      <c r="A189" s="1">
+        <v>46082.0</v>
+      </c>
+      <c r="B189" t="s">
+        <v>36</v>
+      </c>
+      <c r="D189" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E189" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F189" t="s">
+        <v>68</v>
+      </c>
+      <c r="G189" t="s">
+        <v>64</v>
+      </c>
+      <c r="H189" t="s">
+        <v>12</v>
+      </c>
+      <c r="I189" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>