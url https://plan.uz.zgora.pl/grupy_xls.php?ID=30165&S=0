--- v1 (2026-01-22)
+++ v2 (2026-03-11)
@@ -573,54 +573,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J189"/>
+  <dimension ref="A1:J188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E189" sqref="E189"/>
+      <selection activeCell="E188" sqref="E188"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5860,76 +5860,50 @@
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
         <v>46081.0</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="D188" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E188" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="F188" t="s">
         <v>67</v>
       </c>
       <c r="G188" t="s">
         <v>64</v>
       </c>
       <c r="H188" t="s">
         <v>32</v>
       </c>
       <c r="I188" t="s">
         <v>13</v>
-      </c>
-[...24 lines deleted...]
-        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>