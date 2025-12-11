--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -117,50 +117,53 @@
     <t>B208 A-11</t>
   </si>
   <si>
     <t>Ni</t>
   </si>
   <si>
     <t>Zarządzanie procesami technologicznymi (P)</t>
   </si>
   <si>
     <t>dr inż. Kamil Leksycki</t>
   </si>
   <si>
     <t>B111 A-11</t>
   </si>
   <si>
     <t>Zarządzanie procesami technologicznymi (W)</t>
   </si>
   <si>
     <t>Eksploatacja i programowanie obrabiarek CNC (W)</t>
   </si>
   <si>
     <t>Eksploatacja i programowanie obrabiarek CNC (L)</t>
   </si>
   <si>
     <t>H130 A-10</t>
+  </si>
+  <si>
+    <t>dr hab. inż. Radosław Maruda, prof. UZ; dr inż. Natalia Szczotkarz</t>
   </si>
   <si>
     <t>B407 A-11; B420 A-11</t>
   </si>
   <si>
     <t>B112 A-11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -489,51 +492,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E75" sqref="E75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1683,80 +1686,80 @@
       </c>
       <c r="I43" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>46004.0</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E44" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
         <v>21</v>
       </c>
       <c r="H44" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="I44" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>46004.0</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2">
         <v>0.75</v>
       </c>
       <c r="E45" s="2">
         <v>0.84375</v>
       </c>
       <c r="F45" t="s">
         <v>24</v>
       </c>
       <c r="G45" t="s">
         <v>25</v>
       </c>
       <c r="H45" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="I45" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>46005.0</v>
       </c>
       <c r="B46" t="s">
         <v>27</v>
       </c>
       <c r="D46" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E46" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F46" t="s">
         <v>31</v>
       </c>
       <c r="G46" t="s">
         <v>16</v>
       </c>
       <c r="H46" t="s">
@@ -1822,80 +1825,80 @@
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
         <v>46032.0</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="2">
         <v>0.3125</v>
       </c>
       <c r="E49" s="2">
         <v>0.375</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
         <v>21</v>
       </c>
       <c r="H49" t="s">
         <v>22</v>
       </c>
       <c r="I49" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
         <v>46032.0</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E50" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F50" t="s">
         <v>24</v>
       </c>
       <c r="G50" t="s">
         <v>25</v>
       </c>
       <c r="H50" t="s">
         <v>22</v>
       </c>
       <c r="I50" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
         <v>46032.0</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E51" s="2">
         <v>0.51388888888889</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
         <v>12</v>
       </c>
       <c r="H51" t="s">