--- v1 (2025-12-11)
+++ v2 (2026-01-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -126,50 +126,65 @@
     <t>dr inż. Kamil Leksycki</t>
   </si>
   <si>
     <t>B111 A-11</t>
   </si>
   <si>
     <t>Zarządzanie procesami technologicznymi (W)</t>
   </si>
   <si>
     <t>Eksploatacja i programowanie obrabiarek CNC (W)</t>
   </si>
   <si>
     <t>Eksploatacja i programowanie obrabiarek CNC (L)</t>
   </si>
   <si>
     <t>H130 A-10</t>
   </si>
   <si>
     <t>dr hab. inż. Radosław Maruda, prof. UZ; dr inż. Natalia Szczotkarz</t>
   </si>
   <si>
     <t>B407 A-11; B420 A-11</t>
   </si>
   <si>
     <t>B112 A-11</t>
+  </si>
+  <si>
+    <t>Pi</t>
+  </si>
+  <si>
+    <t>Wybrane problemy tribologii (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Zarządzanie procesami technologicznymi (E)</t>
+  </si>
+  <si>
+    <t>Planowanie badań inżynierskich (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -477,54 +492,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J75"/>
+  <dimension ref="A1:J81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E75" sqref="E75"/>
+      <selection activeCell="E81" sqref="E81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2535,50 +2550,206 @@
         <v>46054.0</v>
       </c>
       <c r="B75" t="s">
         <v>27</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" s="2">
         <v>0.53125</v>
       </c>
       <c r="E75" s="2">
         <v>0.59375</v>
       </c>
       <c r="F75" t="s">
         <v>33</v>
       </c>
       <c r="G75" t="s">
         <v>12</v>
       </c>
       <c r="H75" t="s">
         <v>29</v>
       </c>
       <c r="I75" t="s">
         <v>23</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
+      <c r="A76" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B76" t="s">
+        <v>38</v>
+      </c>
+      <c r="D76" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E76" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F76" t="s">
+        <v>39</v>
+      </c>
+      <c r="G76" t="s">
+        <v>40</v>
+      </c>
+      <c r="H76" t="s">
+        <v>13</v>
+      </c>
+      <c r="I76" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" s="1">
+        <v>46060.0</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="D77" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E77" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="F77" t="s">
+        <v>41</v>
+      </c>
+      <c r="G77" t="s">
+        <v>40</v>
+      </c>
+      <c r="H77" t="s">
+        <v>29</v>
+      </c>
+      <c r="I77" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" s="1">
+        <v>46061.0</v>
+      </c>
+      <c r="B78" t="s">
+        <v>27</v>
+      </c>
+      <c r="D78" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E78" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F78" t="s">
+        <v>42</v>
+      </c>
+      <c r="G78" t="s">
+        <v>40</v>
+      </c>
+      <c r="H78" t="s">
+        <v>18</v>
+      </c>
+      <c r="I78" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="D79" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E79" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="F79" t="s">
+        <v>41</v>
+      </c>
+      <c r="G79" t="s">
+        <v>40</v>
+      </c>
+      <c r="H79" t="s">
+        <v>29</v>
+      </c>
+      <c r="I79" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="D80" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E80" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F80" t="s">
+        <v>42</v>
+      </c>
+      <c r="G80" t="s">
+        <v>40</v>
+      </c>
+      <c r="H80" t="s">
+        <v>18</v>
+      </c>
+      <c r="I80" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" s="1">
+        <v>46081.0</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="D81" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E81" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F81" t="s">
+        <v>39</v>
+      </c>
+      <c r="G81" t="s">
+        <v>40</v>
+      </c>
+      <c r="H81" t="s">
+        <v>13</v>
+      </c>
+      <c r="I81" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>