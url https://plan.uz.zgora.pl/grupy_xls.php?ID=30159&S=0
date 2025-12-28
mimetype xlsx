--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -170,54 +170,63 @@
   <si>
     <t>H212 A-10</t>
   </si>
   <si>
     <t>Termodynamika techniczna (L)</t>
   </si>
   <si>
     <t>dr inż. Jarosław Falicki</t>
   </si>
   <si>
     <t>H130 A-10</t>
   </si>
   <si>
     <t>Mechanika płynów (Ć)</t>
   </si>
   <si>
     <t>Podstawy metrologii (W)</t>
   </si>
   <si>
     <t>Podstawy elektroniki (W)</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
+    <t>B401 A-11</t>
+  </si>
+  <si>
+    <t>Podstawy elektroniki (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>B213 A-11</t>
+  </si>
+  <si>
     <t>Termodynamika techniczna (E)</t>
-  </si>
-[...1 lines deleted...]
-    <t>E</t>
   </si>
   <si>
     <t>B112 A-11</t>
   </si>
   <si>
     <t>Mechanika płynów (E)</t>
   </si>
   <si>
     <t>Podstawy Konstrukcji Maszyn (E)</t>
   </si>
   <si>
     <t>B312 A-11</t>
   </si>
   <si>
     <t>B417 A-11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
@@ -540,54 +549,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J188"/>
+  <dimension ref="A1:J190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E188" sqref="E188"/>
+      <selection activeCell="E190" sqref="E190"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2792,589 +2801,589 @@
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="2">
         <v>0.53125</v>
       </c>
       <c r="E86" s="2">
         <v>0.59375</v>
       </c>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="G86" t="s">
         <v>11</v>
       </c>
       <c r="H86" t="s">
         <v>12</v>
       </c>
       <c r="I86" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
-        <v>45980.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B87" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D87" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E87" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F87" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="G87" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H87" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I87" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
-        <v>45980.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B88" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D88" s="2">
-        <v>0.67708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E88" s="2">
-        <v>0.73958333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F88" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="G88" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H88" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I88" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>45985.0</v>
       </c>
       <c r="B89" t="s">
         <v>28</v>
       </c>
       <c r="D89" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E89" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F89" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="G89" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H89" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I89" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>45985.0</v>
       </c>
       <c r="B90" t="s">
         <v>28</v>
       </c>
       <c r="D90" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E90" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66319444444444</v>
       </c>
       <c r="F90" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="G90" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H90" t="s">
         <v>30</v>
       </c>
       <c r="I90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>45985.0</v>
       </c>
       <c r="B91" t="s">
         <v>28</v>
       </c>
       <c r="D91" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E91" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F91" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="G91" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H91" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I91" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
-        <v>45985.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B92" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="D92" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E92" s="2">
-        <v>0.66319444444444</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F92" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G92" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H92" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I92" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
-        <v>45985.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B93" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="D93" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E93" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F93" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G93" t="s">
         <v>11</v>
       </c>
       <c r="H93" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="I93" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>45986.0</v>
       </c>
       <c r="B94" t="s">
         <v>38</v>
       </c>
       <c r="D94" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E94" s="2">
-        <v>0.37847222222222</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F94" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G94" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H94" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="I94" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>45986.0</v>
       </c>
       <c r="B95" t="s">
         <v>38</v>
       </c>
       <c r="D95" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E95" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F95" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="G95" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H95" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="I95" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B96" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D96" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E96" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F96" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="G96" t="s">
         <v>11</v>
       </c>
       <c r="H96" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="I96" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B97" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D97" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E97" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F97" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G97" t="s">
         <v>15</v>
       </c>
       <c r="H97" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="I97" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>45987.0</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="D98" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E98" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F98" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G98" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H98" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I98" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
-        <v>45987.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B99" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D99" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E99" s="2">
-        <v>0.66666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F99" t="s">
         <v>14</v>
       </c>
       <c r="G99" t="s">
         <v>15</v>
       </c>
       <c r="H99" t="s">
         <v>16</v>
       </c>
       <c r="I99" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
-        <v>45987.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B100" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="D100" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E100" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44444444444444</v>
       </c>
       <c r="F100" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G100" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H100" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="I100" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>45988.0</v>
       </c>
       <c r="B101" t="s">
         <v>21</v>
       </c>
       <c r="D101" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E101" s="2">
-        <v>0.44444444444444</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F101" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G101" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H101" t="s">
         <v>23</v>
       </c>
       <c r="I101" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>45988.0</v>
       </c>
       <c r="B102" t="s">
         <v>21</v>
       </c>
       <c r="D102" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E102" s="2">
-        <v>0.51736111111111</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F102" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G102" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="H102" t="s">
         <v>23</v>
       </c>
-      <c r="I102" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
-        <v>45988.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B103" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="D103" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E103" s="2">
-        <v>0.59027777777778</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F103" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G103" t="s">
         <v>11</v>
       </c>
       <c r="H103" t="s">
-        <v>23</v>
+        <v>36</v>
+      </c>
+      <c r="I103" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>45992.0</v>
       </c>
       <c r="B104" t="s">
         <v>28</v>
       </c>
       <c r="D104" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E104" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F104" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G104" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H104" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I104" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>45992.0</v>
       </c>
       <c r="B105" t="s">
         <v>28</v>
       </c>
       <c r="D105" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E105" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F105" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G105" t="s">
         <v>15</v>
       </c>
       <c r="H105" t="s">
         <v>30</v>
       </c>
       <c r="I105" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>45992.0</v>
       </c>
       <c r="B106" t="s">
         <v>28</v>
       </c>
       <c r="D106" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E106" s="2">
-        <v>0.59375</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="F106" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G106" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H106" t="s">
         <v>30</v>
       </c>
       <c r="I106" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B107" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="D107" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E107" s="2">
-        <v>0.67013888888889</v>
+        <v>0.375</v>
       </c>
       <c r="F107" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G107" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H107" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I107" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>45993.0</v>
       </c>
       <c r="B108" t="s">
         <v>38</v>
       </c>
       <c r="D108" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E108" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F108" t="s">
         <v>39</v>
       </c>
       <c r="G108" t="s">
         <v>11</v>
       </c>
       <c r="H108" t="s">
         <v>40</v>
       </c>
       <c r="I108" t="s">
@@ -5273,202 +5282,254 @@
       </c>
       <c r="B182" t="s">
         <v>28</v>
       </c>
       <c r="D182" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E182" s="2">
         <v>0.66319444444444</v>
       </c>
       <c r="F182" t="s">
         <v>48</v>
       </c>
       <c r="G182" t="s">
         <v>26</v>
       </c>
       <c r="H182" t="s">
         <v>30</v>
       </c>
       <c r="I182" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
-        <v>46057.0</v>
+        <v>46056.0</v>
       </c>
       <c r="B183" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="D183" s="2">
-        <v>0.45833333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E183" s="2">
-        <v>0.53125</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="F183" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G183" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H183" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="I183" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
-        <v>46058.0</v>
+        <v>46057.0</v>
       </c>
       <c r="B184" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="D184" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E184" s="2">
         <v>0.53125</v>
       </c>
       <c r="F184" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G184" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H184" t="s">
         <v>30</v>
       </c>
       <c r="I184" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
-        <v>46062.0</v>
+        <v>46058.0</v>
       </c>
       <c r="B185" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D185" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E185" s="2">
-        <v>0.52083333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="F185" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G185" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H185" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I185" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
-        <v>46070.0</v>
+        <v>46062.0</v>
       </c>
       <c r="B186" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D186" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E186" s="2">
-        <v>0.53125</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F186" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="G186" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H186" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I186" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
-        <v>46071.0</v>
+        <v>46070.0</v>
       </c>
       <c r="B187" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="D187" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E187" s="2">
-        <v>0.48958333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="F187" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G187" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H187" t="s">
         <v>30</v>
       </c>
       <c r="I187" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
-        <v>46076.0</v>
+        <v>46071.0</v>
       </c>
       <c r="B188" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D188" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E188" s="2">
+        <v>0.48958333333333</v>
+      </c>
+      <c r="F188" t="s">
+        <v>58</v>
+      </c>
+      <c r="G188" t="s">
+        <v>54</v>
+      </c>
+      <c r="H188" t="s">
+        <v>30</v>
+      </c>
+      <c r="I188" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10">
+      <c r="A189" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B189" t="s">
+        <v>28</v>
+      </c>
+      <c r="D189" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E189" s="2">
         <v>0.52083333333333</v>
       </c>
-      <c r="F188" t="s">
-[...2 lines deleted...]
-      <c r="G188" t="s">
+      <c r="F189" t="s">
+        <v>59</v>
+      </c>
+      <c r="G189" t="s">
+        <v>54</v>
+      </c>
+      <c r="H189" t="s">
+        <v>16</v>
+      </c>
+      <c r="I189" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10">
+      <c r="A190" s="1">
+        <v>46077.0</v>
+      </c>
+      <c r="B190" t="s">
+        <v>38</v>
+      </c>
+      <c r="D190" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E190" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F190" t="s">
         <v>53</v>
       </c>
-      <c r="H188" t="s">
-[...3 lines deleted...]
-        <v>57</v>
+      <c r="G190" t="s">
+        <v>54</v>
+      </c>
+      <c r="H190" t="s">
+        <v>43</v>
+      </c>
+      <c r="I190" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>