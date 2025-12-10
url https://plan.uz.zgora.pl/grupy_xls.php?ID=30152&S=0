--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -117,50 +117,53 @@
     <t>Ni</t>
   </si>
   <si>
     <t>Pomoc przedlekarska (W)</t>
   </si>
   <si>
     <t>dr inż. Dariusz Królik</t>
   </si>
   <si>
     <t>B118 A-11</t>
   </si>
   <si>
     <t>Pomoc przedlekarska (P)</t>
   </si>
   <si>
     <t>Rozwiązania urbanistyczne pomieszczeń pracy (W)</t>
   </si>
   <si>
     <t>dr Czesław Częstochowski</t>
   </si>
   <si>
     <t>Rozwiązania urbanistyczne pomieszczeń pracy (Ć)</t>
   </si>
   <si>
     <t>Ocena przydatności technicznej maszyn i urządzeń (W)</t>
+  </si>
+  <si>
+    <t>315 A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -863,118 +866,118 @@
       </c>
       <c r="E14" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F14" t="s">
         <v>23</v>
       </c>
       <c r="G14" t="s">
         <v>19</v>
       </c>
       <c r="H14" t="s">
         <v>24</v>
       </c>
       <c r="I14" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
         <v>45969.0</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E15" s="2">
-        <v>0.375</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I15" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
         <v>45969.0</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="2">
-        <v>0.38541666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E16" s="2">
-        <v>0.44097222222222</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="F16" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H16" t="s">
         <v>16</v>
       </c>
       <c r="I16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
         <v>45969.0</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
-        <v>0.44791666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E17" s="2">
-        <v>0.50347222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F17" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G17" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H17" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I17" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>45969.0</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E18" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F18" t="s">
         <v>23</v>
       </c>
       <c r="G18" t="s">
         <v>19</v>
       </c>
       <c r="H18" t="s">
         <v>24</v>
       </c>
       <c r="I18" t="s">
@@ -1071,300 +1074,300 @@
       </c>
       <c r="E22" s="2">
         <v>0.62847222222222</v>
       </c>
       <c r="F22" t="s">
         <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>11</v>
       </c>
       <c r="H22" t="s">
         <v>32</v>
       </c>
       <c r="I22" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>45983.0</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="2">
-        <v>0.3125</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="E23" s="2">
-        <v>0.375</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="I23" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>45983.0</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
-        <v>0.45486111111111</v>
+        <v>0.53125</v>
       </c>
       <c r="E24" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F24" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>45983.0</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E25" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F25" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G25" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H25" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="I25" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>45983.0</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E26" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F26" t="s">
         <v>23</v>
       </c>
       <c r="G26" t="s">
         <v>19</v>
       </c>
       <c r="H26" t="s">
         <v>24</v>
       </c>
       <c r="I26" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>45997.0</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E27" s="2">
-        <v>0.375</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I27" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>45997.0</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="2">
-        <v>0.38541666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E28" s="2">
-        <v>0.44097222222222</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="F28" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G28" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H28" t="s">
         <v>16</v>
       </c>
       <c r="I28" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>45997.0</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="2">
-        <v>0.44791666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E29" s="2">
-        <v>0.50347222222222</v>
+        <v>0.59375</v>
       </c>
       <c r="F29" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G29" t="s">
         <v>19</v>
       </c>
       <c r="H29" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I29" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>45997.0</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E30" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>19</v>
       </c>
       <c r="H30" t="s">
         <v>21</v>
       </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>45997.0</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E31" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F31" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G31" t="s">
         <v>19</v>
       </c>
       <c r="H31" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="I31" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>45997.0</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E32" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F32" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G32" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H32" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I32" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>45998.0</v>
       </c>
       <c r="B33" t="s">
         <v>26</v>
       </c>
       <c r="D33" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E33" s="2">
         <v>0.44166666666667</v>
       </c>
       <c r="F33" t="s">
         <v>27</v>
       </c>
       <c r="G33" t="s">
         <v>15</v>
       </c>
       <c r="H33" t="s">
         <v>28</v>
       </c>
       <c r="I33" t="s">
@@ -1435,248 +1438,248 @@
       </c>
       <c r="E36" s="2">
         <v>0.62847222222222</v>
       </c>
       <c r="F36" t="s">
         <v>33</v>
       </c>
       <c r="G36" t="s">
         <v>11</v>
       </c>
       <c r="H36" t="s">
         <v>32</v>
       </c>
       <c r="I36" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>46004.0</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="2">
-        <v>0.3125</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="E37" s="2">
-        <v>0.375</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F37" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G37" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="I37" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>46004.0</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="2">
-        <v>0.45486111111111</v>
+        <v>0.53125</v>
       </c>
       <c r="E38" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F38" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H38" t="s">
         <v>21</v>
       </c>
       <c r="I38" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>46004.0</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E39" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F39" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G39" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H39" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="I39" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>46004.0</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E40" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F40" t="s">
         <v>23</v>
       </c>
       <c r="G40" t="s">
         <v>19</v>
       </c>
       <c r="H40" t="s">
         <v>24</v>
       </c>
       <c r="I40" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>46032.0</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E41" s="2">
-        <v>0.375</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="F41" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G41" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H41" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I41" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
         <v>46032.0</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="2">
-        <v>0.38541666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E42" s="2">
-        <v>0.44097222222222</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="F42" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G42" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H42" t="s">
         <v>16</v>
       </c>
       <c r="I42" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
         <v>46032.0</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="2">
-        <v>0.44791666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E43" s="2">
-        <v>0.50347222222222</v>
+        <v>0.59375</v>
       </c>
       <c r="F43" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G43" t="s">
         <v>19</v>
       </c>
       <c r="H43" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I43" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>46032.0</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E44" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F44" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G44" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H44" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="I44" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>46032.0</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E45" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F45" t="s">
         <v>23</v>
       </c>
       <c r="G45" t="s">
         <v>19</v>
       </c>
       <c r="H45" t="s">
         <v>24</v>
       </c>
       <c r="I45" t="s">
@@ -1773,248 +1776,248 @@
       </c>
       <c r="E49" s="2">
         <v>0.62847222222222</v>
       </c>
       <c r="F49" t="s">
         <v>33</v>
       </c>
       <c r="G49" t="s">
         <v>11</v>
       </c>
       <c r="H49" t="s">
         <v>32</v>
       </c>
       <c r="I49" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
         <v>46039.0</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="2">
-        <v>0.3125</v>
+        <v>0.45486111111111</v>
       </c>
       <c r="E50" s="2">
-        <v>0.375</v>
+        <v>0.52430555555556</v>
       </c>
       <c r="F50" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G50" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="I50" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
         <v>46039.0</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="2">
-        <v>0.45486111111111</v>
+        <v>0.53125</v>
       </c>
       <c r="E51" s="2">
-        <v>0.52430555555556</v>
+        <v>0.59375</v>
       </c>
       <c r="F51" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H51" t="s">
         <v>21</v>
       </c>
       <c r="I51" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
         <v>46039.0</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E52" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F52" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G52" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H52" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="I52" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>46039.0</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E53" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F53" t="s">
         <v>23</v>
       </c>
       <c r="G53" t="s">
         <v>19</v>
       </c>
       <c r="H53" t="s">
         <v>24</v>
       </c>
       <c r="I53" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>46053.0</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E54" s="2">
-        <v>0.375</v>
+        <v>0.44097222222222</v>
       </c>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G54" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H54" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I54" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>46053.0</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="2">
-        <v>0.38541666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="E55" s="2">
-        <v>0.44097222222222</v>
+        <v>0.50347222222222</v>
       </c>
       <c r="F55" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G55" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H55" t="s">
         <v>16</v>
       </c>
       <c r="I55" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>46053.0</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="2">
-        <v>0.44791666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E56" s="2">
-        <v>0.50347222222222</v>
+        <v>0.59375</v>
       </c>
       <c r="F56" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G56" t="s">
         <v>19</v>
       </c>
       <c r="H56" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I56" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>46053.0</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E57" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F57" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G57" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H57" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="I57" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>46053.0</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E58" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F58" t="s">
         <v>23</v>
       </c>
       <c r="G58" t="s">
         <v>19</v>
       </c>
       <c r="H58" t="s">
         <v>24</v>
       </c>
       <c r="I58" t="s">