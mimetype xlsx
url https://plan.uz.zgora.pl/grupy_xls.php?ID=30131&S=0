--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -71,84 +71,81 @@
   <si>
     <t>W</t>
   </si>
   <si>
     <t>dr inż. Marzena Jasiewicz</t>
   </si>
   <si>
     <t>114 A-12</t>
   </si>
   <si>
     <t>Bezpieczeństwo i ergonomia pracy (W)</t>
   </si>
   <si>
     <t>dr inż. Dariusz Królik</t>
   </si>
   <si>
     <t>202 A-29</t>
   </si>
   <si>
     <t>Przedmiot-nauki społeczne (W)</t>
   </si>
   <si>
     <t>dr inż. Katarzyna Łuszczyńska</t>
   </si>
   <si>
-    <t>123 A-2</t>
+    <t>014 A-12</t>
   </si>
   <si>
     <t>Zastosowanie BIM w Inżynierii Środowiska (L)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>mgr inż. Katarzyna Kubiszyn</t>
   </si>
   <si>
     <t>204 A-12</t>
   </si>
   <si>
     <t>Instalacje gazowe (P)</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Bezpieczeństwo i ergonomia pracy (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>dr hab. inż. Andrzej Greinert, prof. UZ</t>
   </si>
   <si>
     <t>105 A-12</t>
-  </si>
-[...1 lines deleted...]
-    <t>201 A-12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -776,63 +773,63 @@
       </c>
       <c r="F11" t="s">
         <v>14</v>
       </c>
       <c r="G11" t="s">
         <v>11</v>
       </c>
       <c r="H11" t="s">
         <v>15</v>
       </c>
       <c r="I11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
         <v>45970.0</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E12" s="2">
-        <v>0.69791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F12" t="s">
         <v>17</v>
       </c>
       <c r="G12" t="s">
         <v>11</v>
       </c>
       <c r="H12" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I12" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
         <v>45970.0</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="2">
         <v>0.75</v>
       </c>
       <c r="E13" s="2">
         <v>0.84375</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>21</v>
       </c>
       <c r="H13" t="s">
         <v>22</v>
       </c>
       <c r="I13" t="s">
@@ -877,66 +874,66 @@
       </c>
       <c r="E15" s="2">
         <v>0.625</v>
       </c>
       <c r="F15" t="s">
         <v>26</v>
       </c>
       <c r="G15" t="s">
         <v>27</v>
       </c>
       <c r="H15" t="s">
         <v>15</v>
       </c>
       <c r="I15" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
         <v>45984.0</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="2">
-        <v>0.67708333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E16" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F16" t="s">
         <v>17</v>
       </c>
       <c r="G16" t="s">
         <v>11</v>
       </c>
       <c r="H16" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I16" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
         <v>45984.0</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
         <v>0.75</v>
       </c>
       <c r="E17" s="2">
         <v>0.84375</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>21</v>
       </c>
       <c r="H17" t="s">
         <v>22</v>
       </c>
       <c r="I17" t="s">
@@ -1085,144 +1082,144 @@
       </c>
       <c r="E23" s="2">
         <v>0.625</v>
       </c>
       <c r="F23" t="s">
         <v>26</v>
       </c>
       <c r="G23" t="s">
         <v>27</v>
       </c>
       <c r="H23" t="s">
         <v>15</v>
       </c>
       <c r="I23" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>46005.0</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
-        <v>0.67708333333333</v>
+        <v>0.64583333333333</v>
       </c>
       <c r="E24" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F24" t="s">
         <v>17</v>
       </c>
       <c r="G24" t="s">
         <v>11</v>
       </c>
       <c r="H24" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I24" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>46005.0</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
         <v>0.75</v>
       </c>
       <c r="E25" s="2">
         <v>0.84375</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
         <v>21</v>
       </c>
       <c r="H25" t="s">
         <v>22</v>
       </c>
       <c r="I25" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>46033.0</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E26" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G26" t="s">
         <v>11</v>
       </c>
       <c r="H26" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="I26" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>46033.0</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E27" s="2">
-        <v>0.69791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F27" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>11</v>
       </c>
       <c r="H27" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I27" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>