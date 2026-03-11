--- v1 (2025-11-22)
+++ v2 (2026-03-11)
@@ -1030,196 +1030,196 @@
       </c>
       <c r="E21" s="2">
         <v>0.84375</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
         <v>21</v>
       </c>
       <c r="H21" t="s">
         <v>22</v>
       </c>
       <c r="I21" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>46005.0</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="2">
-        <v>0.42708333333333</v>
+        <v>0.32291666666667</v>
       </c>
       <c r="E22" s="2">
-        <v>0.52083333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F22" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="G22" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H22" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I22" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>46005.0</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="2">
-        <v>0.53125</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="E23" s="2">
-        <v>0.625</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F23" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H23" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I23" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>46005.0</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
-        <v>0.64583333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E24" s="2">
-        <v>0.73958333333333</v>
+        <v>0.625</v>
       </c>
       <c r="F24" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="G24" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="H24" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I24" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>46005.0</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
-        <v>0.75</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E25" s="2">
-        <v>0.84375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F25" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G25" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H25" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I25" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
-        <v>46033.0</v>
+        <v>46005.0</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="2">
-        <v>0.45833333333333</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E26" s="2">
-        <v>0.52083333333333</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F26" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H26" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I26" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>46033.0</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E27" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F27" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G27" t="s">
         <v>11</v>
       </c>
       <c r="H27" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="I27" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>