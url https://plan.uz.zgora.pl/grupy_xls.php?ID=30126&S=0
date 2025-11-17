--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -90,50 +90,53 @@
     <t>105 A-12</t>
   </si>
   <si>
     <t>Po</t>
   </si>
   <si>
     <t>Zastosowanie BIM w Inżynierii Środowiska (L)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>mgr inż. Katarzyna Kubiszyn</t>
   </si>
   <si>
     <t>204 A-12</t>
   </si>
   <si>
     <t>Bezpieczeństwo i ergonomia pracy (W)</t>
   </si>
   <si>
     <t>dr inż. Dariusz Królik</t>
   </si>
   <si>
     <t>104 A-12</t>
+  </si>
+  <si>
+    <t>117 A-12</t>
   </si>
   <si>
     <t>Instalacje gazowe (P)</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Bezpieczeństwo i ergonomia pracy (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
@@ -658,103 +661,103 @@
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1">
         <v>45938.0</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E7" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
         <v>11</v>
       </c>
       <c r="H7" t="s">
         <v>16</v>
       </c>
       <c r="I7" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1">
         <v>45938.0</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E8" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="F8" t="s">
         <v>14</v>
       </c>
       <c r="G8" t="s">
         <v>11</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1">
         <v>45938.0</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="2">
         <v>0.5625</v>
       </c>
       <c r="E9" s="2">
         <v>0.625</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
         <v>11</v>
       </c>
       <c r="H9" t="s">
         <v>16</v>
       </c>
       <c r="I9" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
         <v>45943.0</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="2">
         <v>0.53125</v>
       </c>
       <c r="E10" s="2">
         <v>0.625</v>
       </c>
       <c r="F10" t="s">
         <v>19</v>
       </c>
       <c r="G10" t="s">
         <v>20</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
@@ -788,103 +791,103 @@
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
         <v>45945.0</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E12" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
         <v>11</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
         <v>45945.0</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E13" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="F13" t="s">
         <v>14</v>
       </c>
       <c r="G13" t="s">
         <v>11</v>
       </c>
       <c r="H13" t="s">
         <v>15</v>
       </c>
       <c r="I13" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
         <v>45945.0</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="2">
         <v>0.5625</v>
       </c>
       <c r="E14" s="2">
         <v>0.625</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
         <v>11</v>
       </c>
       <c r="H14" t="s">
         <v>16</v>
       </c>
       <c r="I14" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
         <v>45950.0</v>
       </c>
       <c r="B15" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="2">
         <v>0.53125</v>
       </c>
       <c r="E15" s="2">
         <v>0.625</v>
       </c>
       <c r="F15" t="s">
         <v>19</v>
       </c>
       <c r="G15" t="s">
         <v>20</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
@@ -918,103 +921,103 @@
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
         <v>45952.0</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E17" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
         <v>11</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>45952.0</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E18" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>11</v>
       </c>
       <c r="H18" t="s">
         <v>15</v>
       </c>
       <c r="I18" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
         <v>45952.0</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
         <v>0.5625</v>
       </c>
       <c r="E19" s="2">
         <v>0.625</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
         <v>11</v>
       </c>
       <c r="H19" t="s">
         <v>16</v>
       </c>
       <c r="I19" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
         <v>45957.0</v>
       </c>
       <c r="B20" t="s">
         <v>18</v>
       </c>
       <c r="D20" s="2">
         <v>0.53125</v>
       </c>
       <c r="E20" s="2">
         <v>0.625</v>
       </c>
       <c r="F20" t="s">
         <v>19</v>
       </c>
       <c r="G20" t="s">
         <v>20</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
@@ -1048,103 +1051,103 @@
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>45959.0</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E22" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22" t="s">
         <v>11</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>45959.0</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E23" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="F23" t="s">
         <v>14</v>
       </c>
       <c r="G23" t="s">
         <v>11</v>
       </c>
       <c r="H23" t="s">
         <v>15</v>
       </c>
       <c r="I23" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>45959.0</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
         <v>0.5625</v>
       </c>
       <c r="E24" s="2">
         <v>0.625</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
         <v>11</v>
       </c>
       <c r="H24" t="s">
         <v>16</v>
       </c>
       <c r="I24" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>45964.0</v>
       </c>
       <c r="B25" t="s">
         <v>18</v>
       </c>
       <c r="D25" s="2">
         <v>0.53125</v>
       </c>
       <c r="E25" s="2">
         <v>0.625</v>
       </c>
       <c r="F25" t="s">
         <v>19</v>
       </c>
       <c r="G25" t="s">
         <v>20</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" t="s">
@@ -1163,554 +1166,554 @@
       </c>
       <c r="E26" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F26" t="s">
         <v>23</v>
       </c>
       <c r="G26" t="s">
         <v>11</v>
       </c>
       <c r="H26" t="s">
         <v>24</v>
       </c>
       <c r="I26" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>45966.0</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E27" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F27" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G27" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="H27" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I27" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>45966.0</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="2">
-        <v>0.5625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E28" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G28" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="H28" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I28" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>45973.0</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E29" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F29" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G29" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="H29" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I29" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>45973.0</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
-        <v>0.5625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E30" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G30" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="H30" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I30" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>45974.0</v>
       </c>
       <c r="B31" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D31" s="2">
         <v>0.53125</v>
       </c>
       <c r="E31" s="2">
         <v>0.625</v>
       </c>
       <c r="F31" t="s">
         <v>19</v>
       </c>
       <c r="G31" t="s">
         <v>20</v>
       </c>
       <c r="H31" t="s">
         <v>21</v>
       </c>
       <c r="I31" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>45974.0</v>
       </c>
       <c r="B32" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D32" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E32" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F32" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G32" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H32" t="s">
         <v>24</v>
       </c>
       <c r="I32" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>45978.0</v>
       </c>
       <c r="B33" t="s">
         <v>18</v>
       </c>
       <c r="D33" s="2">
         <v>0.53125</v>
       </c>
       <c r="E33" s="2">
         <v>0.625</v>
       </c>
       <c r="F33" t="s">
         <v>19</v>
       </c>
       <c r="G33" t="s">
         <v>20</v>
       </c>
       <c r="H33" t="s">
         <v>21</v>
       </c>
       <c r="I33" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>45978.0</v>
       </c>
       <c r="B34" t="s">
         <v>18</v>
       </c>
       <c r="D34" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E34" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F34" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G34" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H34" t="s">
         <v>24</v>
       </c>
       <c r="I34" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>45980.0</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E35" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F35" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G35" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="H35" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I35" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>45980.0</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="2">
-        <v>0.5625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E36" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G36" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="H36" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I36" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>45985.0</v>
       </c>
       <c r="B37" t="s">
         <v>18</v>
       </c>
       <c r="D37" s="2">
         <v>0.53125</v>
       </c>
       <c r="E37" s="2">
         <v>0.625</v>
       </c>
       <c r="F37" t="s">
         <v>19</v>
       </c>
       <c r="G37" t="s">
         <v>20</v>
       </c>
       <c r="H37" t="s">
         <v>21</v>
       </c>
       <c r="I37" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>45985.0</v>
       </c>
       <c r="B38" t="s">
         <v>18</v>
       </c>
       <c r="D38" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E38" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F38" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G38" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H38" t="s">
         <v>24</v>
       </c>
       <c r="I38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>45987.0</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E39" s="2">
-        <v>0.55208333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F39" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="G39" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="H39" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I39" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>45987.0</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="2">
-        <v>0.5625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E40" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="F40" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G40" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="H40" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I40" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>45992.0</v>
       </c>
       <c r="B41" t="s">
         <v>18</v>
       </c>
       <c r="D41" s="2">
         <v>0.53125</v>
       </c>
       <c r="E41" s="2">
         <v>0.625</v>
       </c>
       <c r="F41" t="s">
         <v>19</v>
       </c>
       <c r="G41" t="s">
         <v>20</v>
       </c>
       <c r="H41" t="s">
         <v>21</v>
       </c>
       <c r="I41" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
         <v>45992.0</v>
       </c>
       <c r="B42" t="s">
         <v>18</v>
       </c>
       <c r="D42" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E42" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F42" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G42" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H42" t="s">
         <v>24</v>
       </c>
       <c r="I42" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
         <v>45994.0</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E43" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="F43" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G43" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H43" t="s">
         <v>15</v>
       </c>
       <c r="I43" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>45994.0</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="2">
         <v>0.5625</v>
       </c>
       <c r="E44" s="2">
         <v>0.625</v>
       </c>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44" t="s">
         <v>11</v>
       </c>
       <c r="H44" t="s">
         <v>12</v>
       </c>
       <c r="I44" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>45999.0</v>
       </c>
       <c r="B45" t="s">
         <v>18</v>
       </c>
       <c r="D45" s="2">
         <v>0.53125</v>
       </c>
       <c r="E45" s="2">
         <v>0.625</v>
       </c>
       <c r="F45" t="s">
         <v>19</v>
       </c>
       <c r="G45" t="s">
         <v>20</v>
       </c>
       <c r="H45" t="s">
         <v>21</v>
       </c>
       <c r="I45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>45999.0</v>
       </c>
       <c r="B46" t="s">
         <v>18</v>
       </c>
       <c r="D46" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E46" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F46" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G46" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H46" t="s">
         <v>24</v>
       </c>
       <c r="I46" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>