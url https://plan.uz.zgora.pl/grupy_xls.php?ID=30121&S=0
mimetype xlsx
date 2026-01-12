--- v0 (2025-11-22)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -192,50 +192,62 @@
     <t>Technologia robót budowlanych (P)</t>
   </si>
   <si>
     <t>dr hab. inż. Waldemar Szajna, prof. UZ</t>
   </si>
   <si>
     <t>Utrzymanie obiektów budowlanych W1 (W)</t>
   </si>
   <si>
     <t>Konstrukcje drewniane W1 (P)</t>
   </si>
   <si>
     <t>mgr inż. Filip Szmatuła</t>
   </si>
   <si>
     <t>Budownictwo zrównoważone W1 (W)</t>
   </si>
   <si>
     <t>Technologia robót budowlanych (W)</t>
   </si>
   <si>
     <t>215 A-8</t>
   </si>
   <si>
     <t>315 A-8</t>
+  </si>
+  <si>
+    <t>Cz</t>
+  </si>
+  <si>
+    <t>Język angielski (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -543,54 +555,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J215"/>
+  <dimension ref="A1:J219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E215" sqref="E215"/>
+      <selection activeCell="E219" sqref="E219"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6634,50 +6646,166 @@
         <v>46054.0</v>
       </c>
       <c r="B215" t="s">
         <v>36</v>
       </c>
       <c r="C215" t="s">
         <v>17</v>
       </c>
       <c r="D215" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E215" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F215" t="s">
         <v>51</v>
       </c>
       <c r="G215" t="s">
         <v>30</v>
       </c>
       <c r="H215" t="s">
         <v>52</v>
       </c>
       <c r="I215" t="s">
         <v>44</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10">
+      <c r="A216" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B216" t="s">
+        <v>60</v>
+      </c>
+      <c r="C216" t="s">
+        <v>21</v>
+      </c>
+      <c r="D216" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="E216" s="2">
+        <v>0.8125</v>
+      </c>
+      <c r="F216" t="s">
+        <v>61</v>
+      </c>
+      <c r="G216" t="s">
+        <v>62</v>
+      </c>
+      <c r="H216" t="s">
+        <v>27</v>
+      </c>
+      <c r="I216" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10">
+      <c r="A217" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B217" t="s">
+        <v>63</v>
+      </c>
+      <c r="C217" t="s">
+        <v>17</v>
+      </c>
+      <c r="D217" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E217" s="2">
+        <v>0.72916666666667</v>
+      </c>
+      <c r="F217" t="s">
+        <v>61</v>
+      </c>
+      <c r="G217" t="s">
+        <v>62</v>
+      </c>
+      <c r="H217" t="s">
+        <v>27</v>
+      </c>
+      <c r="I217" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10">
+      <c r="A218" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B218" t="s">
+        <v>60</v>
+      </c>
+      <c r="C218" t="s">
+        <v>21</v>
+      </c>
+      <c r="D218" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="E218" s="2">
+        <v>0.8125</v>
+      </c>
+      <c r="F218" t="s">
+        <v>61</v>
+      </c>
+      <c r="G218" t="s">
+        <v>62</v>
+      </c>
+      <c r="H218" t="s">
+        <v>27</v>
+      </c>
+      <c r="I218" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10">
+      <c r="A219" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B219" t="s">
+        <v>63</v>
+      </c>
+      <c r="C219" t="s">
+        <v>17</v>
+      </c>
+      <c r="D219" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E219" s="2">
+        <v>0.72916666666667</v>
+      </c>
+      <c r="F219" t="s">
+        <v>61</v>
+      </c>
+      <c r="G219" t="s">
+        <v>62</v>
+      </c>
+      <c r="H219" t="s">
+        <v>27</v>
+      </c>
+      <c r="I219" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>