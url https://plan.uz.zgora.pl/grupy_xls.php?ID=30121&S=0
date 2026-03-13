--- v1 (2026-01-12)
+++ v2 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -194,60 +194,84 @@
   <si>
     <t>dr hab. inż. Waldemar Szajna, prof. UZ</t>
   </si>
   <si>
     <t>Utrzymanie obiektów budowlanych W1 (W)</t>
   </si>
   <si>
     <t>Konstrukcje drewniane W1 (P)</t>
   </si>
   <si>
     <t>mgr inż. Filip Szmatuła</t>
   </si>
   <si>
     <t>Budownictwo zrównoważone W1 (W)</t>
   </si>
   <si>
     <t>Technologia robót budowlanych (W)</t>
   </si>
   <si>
     <t>215 A-8</t>
   </si>
   <si>
     <t>315 A-8</t>
   </si>
   <si>
+    <t>22 A-8</t>
+  </si>
+  <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Język angielski (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>Język niemiecki (E)</t>
+  </si>
+  <si>
+    <t>BIM w Budownictwie W1 (E)</t>
+  </si>
+  <si>
+    <t>Po</t>
+  </si>
+  <si>
+    <t>Ekonomika budownictwa i kosztorysowanie (R)</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>REZERWACJA (R)</t>
+  </si>
+  <si>
+    <t>1 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -555,54 +579,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J219"/>
+  <dimension ref="A1:J224"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E219" sqref="E219"/>
+      <selection activeCell="E224" sqref="E224"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6387,51 +6411,51 @@
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
         <v>46054.0</v>
       </c>
       <c r="B206" t="s">
         <v>36</v>
       </c>
       <c r="D206" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="E206" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F206" t="s">
         <v>48</v>
       </c>
       <c r="G206" t="s">
         <v>11</v>
       </c>
       <c r="H206" t="s">
         <v>49</v>
       </c>
       <c r="I206" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>46054.0</v>
       </c>
       <c r="B207" t="s">
         <v>36</v>
       </c>
       <c r="C207" t="s">
         <v>21</v>
       </c>
       <c r="D207" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E207" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F207" t="s">
         <v>40</v>
       </c>
       <c r="G207" t="s">
         <v>19</v>
       </c>
       <c r="H207" t="s">
@@ -6653,159 +6677,289 @@
       </c>
       <c r="D215" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E215" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F215" t="s">
         <v>51</v>
       </c>
       <c r="G215" t="s">
         <v>30</v>
       </c>
       <c r="H215" t="s">
         <v>52</v>
       </c>
       <c r="I215" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="1">
         <v>46058.0</v>
       </c>
       <c r="B216" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C216" t="s">
         <v>21</v>
       </c>
       <c r="D216" s="2">
         <v>0.75</v>
       </c>
       <c r="E216" s="2">
         <v>0.8125</v>
       </c>
       <c r="F216" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G216" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H216" t="s">
         <v>27</v>
       </c>
       <c r="I216" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="1">
         <v>46059.0</v>
       </c>
       <c r="B217" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C217" t="s">
         <v>17</v>
       </c>
       <c r="D217" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="E217" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F217" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G217" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H217" t="s">
         <v>27</v>
       </c>
       <c r="I217" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
-        <v>46072.0</v>
+        <v>46060.0</v>
       </c>
       <c r="B218" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="D218" s="2">
-        <v>0.75</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E218" s="2">
-        <v>0.8125</v>
+        <v>0.5</v>
       </c>
       <c r="F218" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="G218" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H218" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="I218" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
+        <v>46061.0</v>
+      </c>
+      <c r="B219" t="s">
+        <v>36</v>
+      </c>
+      <c r="D219" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="E219" s="2">
+        <v>0.8125</v>
+      </c>
+      <c r="F219" t="s">
+        <v>66</v>
+      </c>
+      <c r="G219" t="s">
+        <v>63</v>
+      </c>
+      <c r="H219" t="s">
+        <v>12</v>
+      </c>
+      <c r="I219" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10">
+      <c r="A220" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B220" t="s">
+        <v>67</v>
+      </c>
+      <c r="D220" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E220" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="F220" t="s">
+        <v>68</v>
+      </c>
+      <c r="G220" t="s">
+        <v>69</v>
+      </c>
+      <c r="H220" t="s">
+        <v>49</v>
+      </c>
+      <c r="I220" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10">
+      <c r="A221" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B221" t="s">
+        <v>61</v>
+      </c>
+      <c r="C221" t="s">
+        <v>21</v>
+      </c>
+      <c r="D221" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="E221" s="2">
+        <v>0.8125</v>
+      </c>
+      <c r="F221" t="s">
+        <v>62</v>
+      </c>
+      <c r="G221" t="s">
+        <v>63</v>
+      </c>
+      <c r="H221" t="s">
+        <v>27</v>
+      </c>
+      <c r="I221" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10">
+      <c r="A222" s="1">
         <v>46073.0</v>
       </c>
-      <c r="B219" t="s">
+      <c r="B222" t="s">
+        <v>64</v>
+      </c>
+      <c r="C222" t="s">
+        <v>17</v>
+      </c>
+      <c r="D222" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E222" s="2">
+        <v>0.72916666666667</v>
+      </c>
+      <c r="F222" t="s">
+        <v>62</v>
+      </c>
+      <c r="G222" t="s">
         <v>63</v>
       </c>
-      <c r="C219" t="s">
-[...14 lines deleted...]
-      <c r="H219" t="s">
+      <c r="H222" t="s">
         <v>27</v>
       </c>
-      <c r="I219" t="s">
+      <c r="I222" t="s">
         <v>28</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10">
+      <c r="A223" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="D223" s="2">
+        <v>0.33263888888889</v>
+      </c>
+      <c r="E223" s="2">
+        <v>0.37430555555556</v>
+      </c>
+      <c r="F223" t="s">
+        <v>70</v>
+      </c>
+      <c r="G223" t="s">
+        <v>69</v>
+      </c>
+      <c r="H223" t="s">
+        <v>49</v>
+      </c>
+      <c r="I223" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10">
+      <c r="A224" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="D224" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E224" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F224" t="s">
+        <v>65</v>
+      </c>
+      <c r="G224" t="s">
+        <v>63</v>
+      </c>
+      <c r="H224" t="s">
+        <v>46</v>
+      </c>
+      <c r="I224" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>