--- v0 (2025-11-22)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -168,50 +168,53 @@
     <t>dr inż. Krystyna Urbańska</t>
   </si>
   <si>
     <t>Budownictwo ogólne (W)</t>
   </si>
   <si>
     <t>dr inż. Paweł Urbański</t>
   </si>
   <si>
     <t>Matematyka (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>Fizyka (Ć)</t>
   </si>
   <si>
     <t>105/106 A-8</t>
   </si>
   <si>
     <t>Propedeutyka budownictwa (L)</t>
   </si>
   <si>
     <t>dr hab. inż. Jacek Korentz, prof. UZ</t>
+  </si>
+  <si>
+    <t>321 A-8</t>
   </si>
   <si>
     <t>Podstawy mechaniki (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -525,54 +528,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J153"/>
+  <dimension ref="A1:J155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E153" sqref="E153"/>
+      <selection activeCell="E155" sqref="E155"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4155,706 +4158,761 @@
         <v>0.3125</v>
       </c>
       <c r="E129" s="2">
         <v>0.375</v>
       </c>
       <c r="F129" t="s">
         <v>32</v>
       </c>
       <c r="G129" t="s">
         <v>11</v>
       </c>
       <c r="H129" t="s">
         <v>33</v>
       </c>
       <c r="I129" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>46040.0</v>
       </c>
       <c r="B130" t="s">
         <v>31</v>
       </c>
-      <c r="C130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D130" s="2">
-        <v>0.38541666666667</v>
+        <v>0.38194444444444</v>
       </c>
       <c r="E130" s="2">
-        <v>0.44791666666667</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F130" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="G130" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="H130" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="I130" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>46040.0</v>
       </c>
       <c r="B131" t="s">
         <v>31</v>
       </c>
       <c r="C131" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D131" s="2">
-        <v>0.45833333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E131" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F131" t="s">
         <v>34</v>
       </c>
       <c r="G131" t="s">
         <v>21</v>
       </c>
       <c r="H131" t="s">
         <v>35</v>
       </c>
       <c r="I131" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>46040.0</v>
       </c>
       <c r="B132" t="s">
         <v>31</v>
       </c>
       <c r="C132" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="D132" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E132" s="2">
-        <v>0.65625</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F132" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G132" t="s">
         <v>21</v>
       </c>
       <c r="H132" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="I132" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>46040.0</v>
       </c>
       <c r="B133" t="s">
         <v>31</v>
       </c>
       <c r="C133" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D133" s="2">
         <v>0.53125</v>
       </c>
       <c r="E133" s="2">
         <v>0.65625</v>
       </c>
       <c r="F133" t="s">
         <v>38</v>
       </c>
       <c r="G133" t="s">
         <v>21</v>
       </c>
       <c r="H133" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="I133" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>46040.0</v>
       </c>
       <c r="B134" t="s">
         <v>31</v>
       </c>
+      <c r="C134" t="s">
+        <v>40</v>
+      </c>
       <c r="D134" s="2">
-        <v>0.75</v>
+        <v>0.53125</v>
       </c>
       <c r="E134" s="2">
-        <v>0.8125</v>
+        <v>0.65625</v>
       </c>
       <c r="F134" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G134" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H134" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I134" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>46040.0</v>
       </c>
       <c r="B135" t="s">
         <v>31</v>
       </c>
+      <c r="C135" t="s">
+        <v>19</v>
+      </c>
       <c r="D135" s="2">
-        <v>0.82291666666667</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="E135" s="2">
-        <v>0.88541666666667</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F135" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="G135" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H135" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="I135" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
-        <v>46053.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B136" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D136" s="2">
-        <v>0.3125</v>
+        <v>0.75</v>
       </c>
       <c r="E136" s="2">
-        <v>0.375</v>
+        <v>0.8125</v>
       </c>
       <c r="F136" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="G136" t="s">
         <v>11</v>
       </c>
       <c r="H136" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="I136" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
-        <v>46053.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B137" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D137" s="2">
-        <v>0.38541666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="E137" s="2">
-        <v>0.44791666666667</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="F137" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="G137" t="s">
         <v>11</v>
       </c>
       <c r="H137" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="I137" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>46053.0</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="D138" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E138" s="2">
-        <v>0.52083333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F138" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G138" t="s">
         <v>11</v>
       </c>
       <c r="H138" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="I138" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>46053.0</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
-      <c r="C139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" s="2">
-        <v>0.52777777777778</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E139" s="2">
-        <v>0.59722222222222</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F139" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G139" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H139" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I139" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
         <v>46053.0</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
-      <c r="C140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D140" s="2">
-        <v>0.60763888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E140" s="2">
-        <v>0.67708333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F140" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="G140" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H140" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I140" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>46053.0</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>19</v>
       </c>
       <c r="D141" s="2">
-        <v>0.6875</v>
+        <v>0.52777777777778</v>
       </c>
       <c r="E141" s="2">
-        <v>0.75</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F141" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G141" t="s">
         <v>21</v>
       </c>
       <c r="H141" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="I141" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>46053.0</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>24</v>
       </c>
       <c r="D142" s="2">
-        <v>0.6875</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E142" s="2">
-        <v>0.78125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="F142" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G142" t="s">
         <v>21</v>
       </c>
       <c r="H142" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I142" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
         <v>46053.0</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D143" s="2">
-        <v>0.79166666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="E143" s="2">
-        <v>0.85416666666667</v>
+        <v>0.75</v>
       </c>
       <c r="F143" t="s">
         <v>25</v>
       </c>
       <c r="G143" t="s">
         <v>21</v>
       </c>
       <c r="H143" t="s">
         <v>26</v>
       </c>
       <c r="I143" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
         <v>46053.0</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D144" s="2">
-        <v>0.79166666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="E144" s="2">
-        <v>0.88541666666667</v>
+        <v>0.78125</v>
       </c>
       <c r="F144" t="s">
         <v>28</v>
       </c>
       <c r="G144" t="s">
         <v>21</v>
       </c>
       <c r="H144" t="s">
         <v>29</v>
       </c>
       <c r="I144" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
-        <v>46054.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B145" t="s">
-        <v>31</v>
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>24</v>
       </c>
       <c r="D145" s="2">
-        <v>0.3125</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E145" s="2">
-        <v>0.375</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="F145" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="G145" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H145" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="I145" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
-        <v>46054.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B146" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>19</v>
       </c>
       <c r="D146" s="2">
-        <v>0.38541666666667</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="E146" s="2">
-        <v>0.44791666666667</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="F146" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G146" t="s">
         <v>21</v>
       </c>
       <c r="H146" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="I146" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>46054.0</v>
       </c>
       <c r="B147" t="s">
         <v>31</v>
       </c>
-      <c r="C147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D147" s="2">
-        <v>0.45833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E147" s="2">
-        <v>0.52083333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F147" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G147" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H147" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I147" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>46054.0</v>
       </c>
       <c r="B148" t="s">
         <v>31</v>
       </c>
       <c r="C148" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="D148" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E148" s="2">
-        <v>0.65625</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F148" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G148" t="s">
         <v>21</v>
       </c>
       <c r="H148" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I148" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>46054.0</v>
       </c>
       <c r="B149" t="s">
         <v>31</v>
       </c>
       <c r="C149" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D149" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E149" s="2">
-        <v>0.65625</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F149" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G149" t="s">
         <v>21</v>
       </c>
       <c r="H149" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="I149" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>46054.0</v>
       </c>
       <c r="B150" t="s">
         <v>31</v>
       </c>
+      <c r="C150" t="s">
+        <v>37</v>
+      </c>
       <c r="D150" s="2">
-        <v>0.75</v>
+        <v>0.53125</v>
       </c>
       <c r="E150" s="2">
-        <v>0.8125</v>
+        <v>0.65625</v>
       </c>
       <c r="F150" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G150" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H150" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I150" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>46054.0</v>
       </c>
       <c r="B151" t="s">
         <v>31</v>
       </c>
+      <c r="C151" t="s">
+        <v>40</v>
+      </c>
       <c r="D151" s="2">
-        <v>0.82291666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E151" s="2">
-        <v>0.88541666666667</v>
+        <v>0.65625</v>
       </c>
       <c r="F151" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="G151" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H151" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="I151" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
-        <v>46061.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B152" t="s">
         <v>31</v>
       </c>
       <c r="D152" s="2">
-        <v>0.38541666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E152" s="2">
-        <v>0.44791666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F152" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="G152" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="H152" t="s">
         <v>43</v>
       </c>
       <c r="I152" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
+        <v>46054.0</v>
+      </c>
+      <c r="B153" t="s">
+        <v>31</v>
+      </c>
+      <c r="D153" s="2">
+        <v>0.82291666666667</v>
+      </c>
+      <c r="E153" s="2">
+        <v>0.88541666666667</v>
+      </c>
+      <c r="F153" t="s">
+        <v>44</v>
+      </c>
+      <c r="G153" t="s">
+        <v>11</v>
+      </c>
+      <c r="H153" t="s">
+        <v>45</v>
+      </c>
+      <c r="I153" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10">
+      <c r="A154" s="1">
+        <v>46061.0</v>
+      </c>
+      <c r="B154" t="s">
+        <v>31</v>
+      </c>
+      <c r="D154" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E154" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F154" t="s">
+        <v>53</v>
+      </c>
+      <c r="G154" t="s">
+        <v>54</v>
+      </c>
+      <c r="H154" t="s">
+        <v>43</v>
+      </c>
+      <c r="I154" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10">
+      <c r="A155" s="1">
         <v>46075.0</v>
       </c>
-      <c r="B153" t="s">
-[...2 lines deleted...]
-      <c r="D153" s="2">
+      <c r="B155" t="s">
+        <v>31</v>
+      </c>
+      <c r="D155" s="2">
         <v>0.38541666666667</v>
       </c>
-      <c r="E153" s="2">
+      <c r="E155" s="2">
         <v>0.44791666666667</v>
       </c>
-      <c r="F153" t="s">
-[...2 lines deleted...]
-      <c r="G153" t="s">
+      <c r="F155" t="s">
         <v>53</v>
       </c>
-      <c r="H153" t="s">
+      <c r="G155" t="s">
+        <v>54</v>
+      </c>
+      <c r="H155" t="s">
         <v>43</v>
       </c>
-      <c r="I153" t="s">
+      <c r="I155" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>