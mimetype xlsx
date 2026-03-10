--- v1 (2026-01-11)
+++ v2 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -177,50 +177,59 @@
     <t>Matematyka (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>Fizyka (Ć)</t>
   </si>
   <si>
     <t>105/106 A-8</t>
   </si>
   <si>
     <t>Propedeutyka budownictwa (L)</t>
   </si>
   <si>
     <t>dr hab. inż. Jacek Korentz, prof. UZ</t>
   </si>
   <si>
     <t>321 A-8</t>
   </si>
   <si>
     <t>Podstawy mechaniki (E)</t>
   </si>
   <si>
     <t>E</t>
+  </si>
+  <si>
+    <t>REZERWACJA (R)</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>1 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -4848,72 +4857,72 @@
       </c>
       <c r="B154" t="s">
         <v>31</v>
       </c>
       <c r="D154" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E154" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F154" t="s">
         <v>53</v>
       </c>
       <c r="G154" t="s">
         <v>54</v>
       </c>
       <c r="H154" t="s">
         <v>43</v>
       </c>
       <c r="I154" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
-        <v>46075.0</v>
+        <v>46074.0</v>
       </c>
       <c r="B155" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D155" s="2">
-        <v>0.38541666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="E155" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F155" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G155" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H155" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I155" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>