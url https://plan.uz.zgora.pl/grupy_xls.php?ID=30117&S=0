--- v0 (2025-11-22)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -171,50 +171,53 @@
     <t>309 A-8</t>
   </si>
   <si>
     <t>Podstawy mechaniki (W)</t>
   </si>
   <si>
     <t>dr inż. Krystyna Urbańska</t>
   </si>
   <si>
     <t>Budownictwo ogólne (W)</t>
   </si>
   <si>
     <t>dr inż. Paweł Urbański</t>
   </si>
   <si>
     <t>Fizyka (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>Matematyka (Ć)</t>
   </si>
   <si>
     <t>06 A-8; 07 A-8; 112A A-8</t>
+  </si>
+  <si>
+    <t>321 A-8</t>
   </si>
   <si>
     <t>Podstawy mechaniki (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -528,54 +531,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J164"/>
+  <dimension ref="A1:J165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E164" sqref="E164"/>
+      <selection activeCell="E165" sqref="E165"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4805,378 +4808,404 @@
       </c>
       <c r="C152" t="s">
         <v>24</v>
       </c>
       <c r="D152" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E152" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
         <v>21</v>
       </c>
       <c r="H152" t="s">
         <v>22</v>
       </c>
       <c r="I152" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
-        <v>46054.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B153" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D153" s="2">
-        <v>0.3125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E153" s="2">
-        <v>0.375</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="F153" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="G153" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="H153" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I153" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
         <v>46054.0</v>
       </c>
       <c r="B154" t="s">
         <v>30</v>
       </c>
-      <c r="C154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D154" s="2">
-        <v>0.38541666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E154" s="2">
-        <v>0.51041666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F154" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G154" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H154" t="s">
         <v>32</v>
       </c>
       <c r="I154" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>46054.0</v>
       </c>
       <c r="B155" t="s">
         <v>30</v>
       </c>
       <c r="C155" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D155" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E155" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F155" t="s">
         <v>34</v>
       </c>
       <c r="G155" t="s">
         <v>21</v>
       </c>
       <c r="H155" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="I155" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>46054.0</v>
       </c>
       <c r="B156" t="s">
         <v>30</v>
       </c>
       <c r="C156" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D156" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E156" s="2">
         <v>0.51041666666667</v>
       </c>
       <c r="F156" t="s">
         <v>34</v>
       </c>
       <c r="G156" t="s">
         <v>21</v>
       </c>
       <c r="H156" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="I156" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>46054.0</v>
       </c>
       <c r="B157" t="s">
         <v>30</v>
       </c>
       <c r="C157" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="D157" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E157" s="2">
-        <v>0.59375</v>
+        <v>0.51041666666667</v>
       </c>
       <c r="F157" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="G157" t="s">
         <v>21</v>
       </c>
       <c r="H157" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="I157" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>46054.0</v>
       </c>
       <c r="B158" t="s">
         <v>30</v>
       </c>
       <c r="C158" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D158" s="2">
         <v>0.53125</v>
       </c>
       <c r="E158" s="2">
-        <v>0.625</v>
+        <v>0.59375</v>
       </c>
       <c r="F158" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G158" t="s">
         <v>21</v>
       </c>
       <c r="H158" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="I158" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>46054.0</v>
       </c>
       <c r="B159" t="s">
         <v>30</v>
       </c>
       <c r="C159" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D159" s="2">
-        <v>0.63541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E159" s="2">
-        <v>0.72916666666667</v>
+        <v>0.625</v>
       </c>
       <c r="F159" t="s">
         <v>42</v>
       </c>
       <c r="G159" t="s">
         <v>21</v>
       </c>
       <c r="H159" t="s">
         <v>43</v>
       </c>
       <c r="I159" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>46054.0</v>
       </c>
       <c r="B160" t="s">
         <v>30</v>
       </c>
       <c r="C160" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D160" s="2">
-        <v>0.67708333333333</v>
+        <v>0.63541666666667</v>
       </c>
       <c r="E160" s="2">
-        <v>0.73958333333333</v>
+        <v>0.72916666666667</v>
       </c>
       <c r="F160" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G160" t="s">
         <v>21</v>
       </c>
       <c r="H160" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I160" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>46054.0</v>
       </c>
       <c r="B161" t="s">
         <v>30</v>
       </c>
+      <c r="C161" t="s">
+        <v>24</v>
+      </c>
       <c r="D161" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E161" s="2">
-        <v>0.8125</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F161" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="G161" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H161" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="I161" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>46054.0</v>
       </c>
       <c r="B162" t="s">
         <v>30</v>
       </c>
       <c r="D162" s="2">
-        <v>0.82291666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E162" s="2">
-        <v>0.88541666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F162" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G162" t="s">
         <v>11</v>
       </c>
       <c r="H162" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="I162" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
-        <v>46061.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B163" t="s">
         <v>30</v>
       </c>
       <c r="D163" s="2">
-        <v>0.38541666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="E163" s="2">
-        <v>0.44791666666667</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="F163" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="G163" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="H163" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I163" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
-        <v>46075.0</v>
+        <v>46061.0</v>
       </c>
       <c r="B164" t="s">
         <v>30</v>
       </c>
       <c r="D164" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E164" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F164" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G164" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H164" t="s">
         <v>46</v>
       </c>
       <c r="I164" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10">
+      <c r="A165" s="1">
+        <v>46075.0</v>
+      </c>
+      <c r="B165" t="s">
+        <v>30</v>
+      </c>
+      <c r="D165" s="2">
+        <v>0.38541666666667</v>
+      </c>
+      <c r="E165" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F165" t="s">
+        <v>54</v>
+      </c>
+      <c r="G165" t="s">
+        <v>55</v>
+      </c>
+      <c r="H165" t="s">
+        <v>46</v>
+      </c>
+      <c r="I165" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>