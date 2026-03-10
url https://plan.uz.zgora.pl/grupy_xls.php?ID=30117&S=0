--- v1 (2026-01-11)
+++ v2 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -180,50 +180,59 @@
     <t>Budownictwo ogólne (W)</t>
   </si>
   <si>
     <t>dr inż. Paweł Urbański</t>
   </si>
   <si>
     <t>Fizyka (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>Matematyka (Ć)</t>
   </si>
   <si>
     <t>06 A-8; 07 A-8; 112A A-8</t>
   </si>
   <si>
     <t>321 A-8</t>
   </si>
   <si>
     <t>Podstawy mechaniki (E)</t>
   </si>
   <si>
     <t>E</t>
+  </si>
+  <si>
+    <t>REZERWACJA (R)</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>1 A-29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -5141,72 +5150,72 @@
       </c>
       <c r="B164" t="s">
         <v>30</v>
       </c>
       <c r="D164" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E164" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F164" t="s">
         <v>54</v>
       </c>
       <c r="G164" t="s">
         <v>55</v>
       </c>
       <c r="H164" t="s">
         <v>46</v>
       </c>
       <c r="I164" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
-        <v>46075.0</v>
+        <v>46074.0</v>
       </c>
       <c r="B165" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D165" s="2">
-        <v>0.38541666666667</v>
+        <v>0.4375</v>
       </c>
       <c r="E165" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F165" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G165" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H165" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I165" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>