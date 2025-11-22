--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -44,180 +44,180 @@
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
     <t>So</t>
   </si>
   <si>
+    <t>Złożone konstrukcje betonowe II (P)</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>dr inż. Anna Kucharczyk-Biedniak</t>
+  </si>
+  <si>
+    <t>315 A-8</t>
+  </si>
+  <si>
+    <t>Złożone konstrukcje betonowe II (W)</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>dr hab. inż. Jacek Korentz, prof. UZ</t>
+  </si>
+  <si>
+    <t>321 A-8</t>
+  </si>
+  <si>
+    <t>Konstrukcje wsporcze pod maszyny (W)</t>
+  </si>
+  <si>
+    <t>dr inż. Elżbieta Grochowska</t>
+  </si>
+  <si>
+    <t>309 A-8</t>
+  </si>
+  <si>
+    <t>Konstrukcje wsporcze pod maszyny (P)</t>
+  </si>
+  <si>
+    <t>Niezawodność i stany graniczne konstrukcji (W)</t>
+  </si>
+  <si>
+    <t>dr inż. Joanna Kaliszuk</t>
+  </si>
+  <si>
+    <t>105/106 A-8</t>
+  </si>
+  <si>
+    <t>Złożone konstrukcje metalowe II (W)</t>
+  </si>
+  <si>
+    <t>22 A-8</t>
+  </si>
+  <si>
+    <t>Niezawodność i stany graniczne konstrukcji (Ć)</t>
+  </si>
+  <si>
+    <t>Ć</t>
+  </si>
+  <si>
+    <t>Ni</t>
+  </si>
+  <si>
+    <t>Stateczność konstrukcji (Ć)</t>
+  </si>
+  <si>
+    <t>dr hab. Volodymyr Sakharov, prof. UZ</t>
+  </si>
+  <si>
+    <t>Złożone konstrukcje metalowe II (P)</t>
+  </si>
+  <si>
+    <t>mgr inż. Damian Nowacki</t>
+  </si>
+  <si>
+    <t>318 A-8</t>
+  </si>
+  <si>
+    <t>Zaawansowane komputerowe wspomaganie projektowania (L)</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>Fizyka budowli II (W)</t>
+  </si>
+  <si>
+    <t>dr inż. Marzena Jasiewicz</t>
+  </si>
+  <si>
+    <t>114 A-12</t>
+  </si>
+  <si>
+    <t>Fizyka budowli II (P)</t>
+  </si>
+  <si>
     <t>Budownictwo przemysłowe (W)</t>
   </si>
   <si>
-    <t>W</t>
-[...4 lines deleted...]
-  <si>
     <t>107 A-8</t>
   </si>
   <si>
-    <t>Złożone konstrukcje betonowe II (W)</t>
-[...7 lines deleted...]
-  <si>
     <t>Badania konstrukcji (W)</t>
   </si>
   <si>
     <t>215 A-8</t>
   </si>
   <si>
     <t>Badania konstrukcji (L)</t>
   </si>
   <si>
-    <t>L</t>
-[...4 lines deleted...]
-  <si>
     <t>Fundamenty specjalne (W)</t>
   </si>
   <si>
     <t>dr hab. inż. Waldemar Szajna, prof. UZ</t>
   </si>
   <si>
-    <t>22 A-8</t>
-[...7 lines deleted...]
-  <si>
     <t>Fundamenty specjalne (P)</t>
   </si>
   <si>
-    <t>P</t>
-[...1 lines deleted...]
-  <si>
     <t>23 A-8</t>
   </si>
   <si>
-    <t>Ni</t>
-[...1 lines deleted...]
-  <si>
     <t>Stateczność konstrukcji (W)</t>
   </si>
   <si>
-    <t>dr hab. Volodymyr Sakharov, prof. UZ</t>
-[...4 lines deleted...]
-  <si>
     <t>Złożone konstrukcje betonowe II (L)</t>
   </si>
   <si>
-    <t>dr inż. Anna Kucharczyk-Biedniak</t>
-[...1 lines deleted...]
-  <si>
     <t>320 A-8</t>
   </si>
   <si>
-    <t>Zaawansowane komputerowe wspomaganie projektowania (L)</t>
-[...7 lines deleted...]
-  <si>
     <t>Złożone konstrukcje metalowe II (L)</t>
-  </si>
-[...37 lines deleted...]
-    <t>Fizyka budowli II (P)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -525,2697 +525,1917 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J101"/>
+  <dimension ref="A1:J71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E101" sqref="E101"/>
+      <selection activeCell="E71" sqref="E71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1">
-        <v>45941.0</v>
+        <v>45983.0</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E2" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1">
-        <v>45941.0</v>
+        <v>45983.0</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E3" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1">
-        <v>45941.0</v>
+        <v>45983.0</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="2">
         <v>0.53125</v>
       </c>
       <c r="E4" s="2">
         <v>0.59375</v>
       </c>
       <c r="F4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H4" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1">
-        <v>45941.0</v>
+        <v>45983.0</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E5" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H5" t="s">
         <v>19</v>
       </c>
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1">
-        <v>45941.0</v>
+        <v>45983.0</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E6" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H6" t="s">
         <v>23</v>
       </c>
       <c r="I6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1">
-        <v>45941.0</v>
+        <v>45983.0</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="2">
         <v>0.75</v>
       </c>
       <c r="E7" s="2">
         <v>0.8125</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H7" t="s">
+        <v>23</v>
+      </c>
+      <c r="I7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1">
-        <v>45941.0</v>
+        <v>45983.0</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E8" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>23</v>
       </c>
       <c r="I8" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1">
-        <v>45942.0</v>
+        <v>45984.0</v>
       </c>
       <c r="B9" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D9" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E9" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F9" t="s">
+        <v>30</v>
+      </c>
+      <c r="G9" t="s">
+        <v>28</v>
+      </c>
+      <c r="H9" t="s">
         <v>31</v>
       </c>
-      <c r="G9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
-        <v>45942.0</v>
+        <v>45984.0</v>
       </c>
       <c r="B10" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D10" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E10" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>11</v>
+      </c>
+      <c r="H10" t="s">
+        <v>33</v>
+      </c>
+      <c r="I10" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1">
-        <v>45942.0</v>
+        <v>45984.0</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D11" s="2">
         <v>0.53125</v>
       </c>
       <c r="E11" s="2">
         <v>0.59375</v>
       </c>
       <c r="F11" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G11" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="H11" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="I11" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
-        <v>45942.0</v>
+        <v>45984.0</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D12" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E12" s="2">
-        <v>0.66666666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F12" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G12" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H12" t="s">
         <v>38</v>
       </c>
       <c r="I12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
-        <v>45955.0</v>
+        <v>45984.0</v>
       </c>
       <c r="B13" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D13" s="2">
-        <v>0.38541666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E13" s="2">
-        <v>0.44791666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F13" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G13" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="H13" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I13" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
-        <v>45955.0</v>
+        <v>45997.0</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E14" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F14" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="G14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H14" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I14" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
-        <v>45955.0</v>
+        <v>45997.0</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E15" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F15" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="G15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I15" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
-        <v>45955.0</v>
+        <v>45997.0</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E16" s="2">
-        <v>0.66666666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" t="s">
+        <v>16</v>
+      </c>
+      <c r="I16" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
-        <v>45955.0</v>
+        <v>45997.0</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
-        <v>0.67708333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E17" s="2">
-        <v>0.73958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="H17" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I17" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
-        <v>45955.0</v>
+        <v>45997.0</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
-        <v>0.75</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E18" s="2">
-        <v>0.8125</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F18" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="G18" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H18" t="s">
+        <v>47</v>
+      </c>
+      <c r="I18" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
-        <v>45955.0</v>
+        <v>45997.0</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
-        <v>0.82291666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E19" s="2">
-        <v>0.88541666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F19" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="G19" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="H19" t="s">
+        <v>23</v>
+      </c>
+      <c r="I19" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
-        <v>45956.0</v>
+        <v>45997.0</v>
       </c>
       <c r="B20" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D20" s="2">
-        <v>0.38541666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="E20" s="2">
-        <v>0.44791666666667</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="F20" t="s">
         <v>48</v>
       </c>
       <c r="G20" t="s">
+        <v>11</v>
+      </c>
+      <c r="H20" t="s">
         <v>47</v>
       </c>
-      <c r="H20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I20" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
-        <v>45956.0</v>
+        <v>45998.0</v>
       </c>
       <c r="B21" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D21" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E21" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G21" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I21" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
-        <v>45956.0</v>
+        <v>45998.0</v>
       </c>
       <c r="B22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D22" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E22" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F22" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G22" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="H22" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I22" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
-        <v>45956.0</v>
+        <v>45998.0</v>
       </c>
       <c r="B23" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D23" s="2">
-        <v>0.60416666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E23" s="2">
-        <v>0.69791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F23" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="G23" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="H23" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="I23" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
-        <v>45956.0</v>
+        <v>45998.0</v>
       </c>
       <c r="B24" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D24" s="2">
-        <v>0.70833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E24" s="2">
-        <v>0.80208333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F24" t="s">
         <v>53</v>
       </c>
       <c r="G24" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H24" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="I24" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
-        <v>45969.0</v>
+        <v>46004.0</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E25" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25" t="s">
         <v>11</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
-        <v>45969.0</v>
+        <v>46004.0</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E26" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H26" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I26" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
-        <v>45969.0</v>
+        <v>46004.0</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="2">
         <v>0.53125</v>
       </c>
       <c r="E27" s="2">
         <v>0.59375</v>
       </c>
       <c r="F27" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I27" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
-        <v>45969.0</v>
+        <v>46004.0</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E28" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>11</v>
+      </c>
+      <c r="H28" t="s">
         <v>19</v>
       </c>
-      <c r="G28" t="s">
+      <c r="I28" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
-        <v>45969.0</v>
+        <v>46004.0</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E29" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H29" t="s">
         <v>23</v>
       </c>
       <c r="I29" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
-        <v>45969.0</v>
+        <v>46004.0</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
         <v>0.75</v>
       </c>
       <c r="E30" s="2">
         <v>0.8125</v>
       </c>
       <c r="F30" t="s">
         <v>25</v>
       </c>
       <c r="G30" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H30" t="s">
+        <v>23</v>
+      </c>
+      <c r="I30" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
-        <v>45969.0</v>
+        <v>46004.0</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="2">
         <v>0.82291666666667</v>
       </c>
       <c r="E31" s="2">
         <v>0.88541666666667</v>
       </c>
       <c r="F31" t="s">
         <v>27</v>
       </c>
       <c r="G31" t="s">
         <v>28</v>
       </c>
       <c r="H31" t="s">
         <v>23</v>
       </c>
       <c r="I31" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
-        <v>45970.0</v>
+        <v>46005.0</v>
       </c>
       <c r="B32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D32" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E32" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F32" t="s">
+        <v>30</v>
+      </c>
+      <c r="G32" t="s">
+        <v>28</v>
+      </c>
+      <c r="H32" t="s">
         <v>31</v>
       </c>
-      <c r="G32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I32" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
-        <v>45970.0</v>
+        <v>46005.0</v>
       </c>
       <c r="B33" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D33" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E33" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F33" t="s">
+        <v>32</v>
+      </c>
+      <c r="G33" t="s">
+        <v>11</v>
+      </c>
+      <c r="H33" t="s">
+        <v>33</v>
+      </c>
+      <c r="I33" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
-        <v>45970.0</v>
+        <v>46005.0</v>
       </c>
       <c r="B34" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D34" s="2">
         <v>0.53125</v>
       </c>
       <c r="E34" s="2">
         <v>0.59375</v>
       </c>
       <c r="F34" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G34" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="H34" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="I34" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
-        <v>45970.0</v>
+        <v>46032.0</v>
       </c>
       <c r="B35" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D35" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E35" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F35" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G35" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H35" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="I35" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
-        <v>45983.0</v>
+        <v>46032.0</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E36" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F36" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="G36" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H36" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I36" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
-        <v>45983.0</v>
+        <v>46032.0</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E37" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F37" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="G37" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H37" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I37" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
-        <v>45983.0</v>
+        <v>46032.0</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E38" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F38" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G38" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="H38" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I38" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
-        <v>45983.0</v>
+        <v>46032.0</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E39" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F39" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G39" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="I39" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
-        <v>45983.0</v>
+        <v>46032.0</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E40" s="2">
-        <v>0.73958333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F40" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="G40" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H40" t="s">
+        <v>23</v>
+      </c>
+      <c r="I40" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
-        <v>45983.0</v>
+        <v>46032.0</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="2">
-        <v>0.75</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="E41" s="2">
-        <v>0.8125</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="F41" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="G41" t="s">
         <v>11</v>
       </c>
       <c r="H41" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="I41" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
-        <v>45983.0</v>
+        <v>46033.0</v>
       </c>
       <c r="B42" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D42" s="2">
-        <v>0.82291666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E42" s="2">
-        <v>0.88541666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F42" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G42" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="H42" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I42" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
-        <v>45984.0</v>
+        <v>46033.0</v>
       </c>
       <c r="B43" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D43" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E43" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F43" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G43" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="H43" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I43" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
-        <v>45984.0</v>
+        <v>46033.0</v>
       </c>
       <c r="B44" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D44" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E44" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F44" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="G44" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H44" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="I44" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
-        <v>45984.0</v>
+        <v>46033.0</v>
       </c>
       <c r="B45" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D45" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E45" s="2">
-        <v>0.59375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F45" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G45" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H45" t="s">
         <v>38</v>
       </c>
       <c r="I45" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
-        <v>45984.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B46" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D46" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E46" s="2">
-        <v>0.69791666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F46" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G46" t="s">
         <v>11</v>
       </c>
       <c r="H46" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="I46" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
-        <v>45984.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B47" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D47" s="2">
-        <v>0.70833333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E47" s="2">
-        <v>0.80208333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F47" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="G47" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H47" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="I47" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
-        <v>45997.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E48" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F48" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G48" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H48" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I48" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
-        <v>45997.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E49" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F49" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>11</v>
       </c>
       <c r="H49" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I49" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
-        <v>45997.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E50" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F50" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="G50" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H50" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I50" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
-        <v>45997.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="2">
-        <v>0.60416666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E51" s="2">
-        <v>0.66666666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G51" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H51" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I51" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
-        <v>45997.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="2">
-        <v>0.67708333333333</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="E52" s="2">
-        <v>0.73958333333333</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="F52" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G52" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="H52" t="s">
         <v>23</v>
       </c>
       <c r="I52" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
-        <v>45997.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B53" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D53" s="2">
-        <v>0.75</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E53" s="2">
-        <v>0.8125</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F53" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G53" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="H53" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I53" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
-        <v>45997.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D54" s="2">
-        <v>0.82291666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E54" s="2">
-        <v>0.88541666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F54" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G54" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="H54" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I54" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
-        <v>45998.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B55" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D55" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E55" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F55" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G55" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="H55" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I55" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
-        <v>45998.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B56" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D56" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E56" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F56" t="s">
+        <v>53</v>
+      </c>
+      <c r="G56" t="s">
+        <v>36</v>
+      </c>
+      <c r="H56" t="s">
+        <v>33</v>
+      </c>
+      <c r="I56" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
-        <v>45998.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B57" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D57" s="2">
-        <v>0.53125</v>
+        <v>0.3125</v>
       </c>
       <c r="E57" s="2">
-        <v>0.59375</v>
+        <v>0.34375</v>
       </c>
       <c r="F57" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G57" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H57" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="I57" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
-        <v>45998.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B58" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D58" s="2">
-        <v>0.60416666666667</v>
+        <v>0.34722222222222</v>
       </c>
       <c r="E58" s="2">
-        <v>0.66666666666667</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F58" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G58" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="H58" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="I58" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
-        <v>46004.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="2">
-        <v>0.38541666666667</v>
+        <v>0.38194444444444</v>
       </c>
       <c r="E59" s="2">
-        <v>0.44791666666667</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F59" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="H59" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="I59" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
-        <v>46004.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E60" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F60" t="s">
         <v>14</v>
       </c>
       <c r="G60" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H60" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I60" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
-        <v>46004.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="2">
         <v>0.53125</v>
       </c>
       <c r="E61" s="2">
         <v>0.59375</v>
       </c>
       <c r="F61" t="s">
         <v>43</v>
       </c>
       <c r="G61" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H61" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I61" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
-        <v>46004.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E62" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F62" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G62" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H62" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I62" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
-        <v>46004.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="2">
-        <v>0.67708333333333</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="E63" s="2">
-        <v>0.73958333333333</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F63" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="G63" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H63" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I63" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
-        <v>46004.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="2">
-        <v>0.75</v>
+        <v>0.71180555555556</v>
       </c>
       <c r="E64" s="2">
-        <v>0.8125</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="F64" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="G64" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H64" t="s">
+        <v>47</v>
+      </c>
+      <c r="I64" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
-        <v>46004.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="2">
-        <v>0.82291666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E65" s="2">
-        <v>0.88541666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F65" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="G65" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="H65" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I65" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
-        <v>46005.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B66" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D66" s="2">
-        <v>0.38541666666667</v>
+        <v>0.81944444444444</v>
       </c>
       <c r="E66" s="2">
-        <v>0.44791666666667</v>
+        <v>0.85069444444444</v>
       </c>
       <c r="F66" t="s">
         <v>48</v>
       </c>
       <c r="G66" t="s">
+        <v>11</v>
+      </c>
+      <c r="H66" t="s">
         <v>47</v>
       </c>
-      <c r="H66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I66" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
-        <v>46005.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B67" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D67" s="2">
-        <v>0.45833333333333</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="E67" s="2">
-        <v>0.52083333333333</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="F67" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="G67" t="s">
         <v>28</v>
       </c>
       <c r="H67" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="I67" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
-        <v>46005.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B68" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D68" s="2">
-        <v>0.53125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E68" s="2">
-        <v>0.59375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F68" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="G68" t="s">
+        <v>15</v>
+      </c>
+      <c r="H68" t="s">
+        <v>31</v>
+      </c>
+      <c r="I68" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
-        <v>46032.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B69" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D69" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E69" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F69" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="G69" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="H69" t="s">
         <v>12</v>
       </c>
       <c r="I69" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
-        <v>46032.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B70" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D70" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E70" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F70" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="G70" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="H70" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="I70" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
-        <v>46032.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B71" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="D71" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E71" s="2">
-        <v>0.59375</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F71" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="G71" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H71" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="I71" t="s">
-        <v>18</v>
-[...180 lines deleted...]
-      <c r="I78" t="s">
         <v>39</v>
-      </c>
-[...596 lines deleted...]
-        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>