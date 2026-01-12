--- v1 (2025-11-22)
+++ v2 (2026-01-12)
@@ -41,183 +41,183 @@
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
+    <t>Ni</t>
+  </si>
+  <si>
+    <t>Stateczność konstrukcji (W)</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>dr hab. Volodymyr Sakharov, prof. UZ</t>
+  </si>
+  <si>
+    <t>309 A-8</t>
+  </si>
+  <si>
+    <t>Złożone konstrukcje betonowe II (L)</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>dr inż. Anna Kucharczyk-Biedniak</t>
+  </si>
+  <si>
+    <t>320 A-8</t>
+  </si>
+  <si>
+    <t>Zaawansowane komputerowe wspomaganie projektowania (L)</t>
+  </si>
+  <si>
+    <t>mgr inż. Damian Nowacki</t>
+  </si>
+  <si>
+    <t>318 A-8</t>
+  </si>
+  <si>
+    <t>Fizyka budowli II (P)</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>dr inż. Marzena Jasiewicz</t>
+  </si>
+  <si>
+    <t>114 A-12</t>
+  </si>
+  <si>
     <t>So</t>
   </si>
   <si>
     <t>Złożone konstrukcje betonowe II (P)</t>
   </si>
   <si>
-    <t>P</t>
-[...4 lines deleted...]
-  <si>
     <t>315 A-8</t>
   </si>
   <si>
     <t>Złożone konstrukcje betonowe II (W)</t>
   </si>
   <si>
-    <t>W</t>
-[...1 lines deleted...]
-  <si>
     <t>dr hab. inż. Jacek Korentz, prof. UZ</t>
   </si>
   <si>
     <t>321 A-8</t>
   </si>
   <si>
     <t>Konstrukcje wsporcze pod maszyny (W)</t>
   </si>
   <si>
     <t>dr inż. Elżbieta Grochowska</t>
   </si>
   <si>
-    <t>309 A-8</t>
-[...1 lines deleted...]
-  <si>
     <t>Konstrukcje wsporcze pod maszyny (P)</t>
   </si>
   <si>
     <t>Niezawodność i stany graniczne konstrukcji (W)</t>
   </si>
   <si>
     <t>dr inż. Joanna Kaliszuk</t>
   </si>
   <si>
     <t>105/106 A-8</t>
   </si>
   <si>
     <t>Złożone konstrukcje metalowe II (W)</t>
   </si>
   <si>
     <t>22 A-8</t>
   </si>
   <si>
     <t>Niezawodność i stany graniczne konstrukcji (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
-    <t>Ni</t>
-[...1 lines deleted...]
-  <si>
     <t>Stateczność konstrukcji (Ć)</t>
   </si>
   <si>
-    <t>dr hab. Volodymyr Sakharov, prof. UZ</t>
-[...1 lines deleted...]
-  <si>
     <t>Złożone konstrukcje metalowe II (P)</t>
   </si>
   <si>
-    <t>mgr inż. Damian Nowacki</t>
-[...8 lines deleted...]
-    <t>L</t>
+    <t>Złożone konstrukcje metalowe II (L)</t>
+  </si>
+  <si>
+    <t>107 A-8</t>
+  </si>
+  <si>
+    <t>Budownictwo przemysłowe (W)</t>
+  </si>
+  <si>
+    <t>Badania konstrukcji (W)</t>
+  </si>
+  <si>
+    <t>215 A-8</t>
+  </si>
+  <si>
+    <t>Badania konstrukcji (L)</t>
+  </si>
+  <si>
+    <t>23 A-8</t>
+  </si>
+  <si>
+    <t>Fundamenty specjalne (W)</t>
+  </si>
+  <si>
+    <t>dr hab. inż. Waldemar Szajna, prof. UZ</t>
+  </si>
+  <si>
+    <t>Fundamenty specjalne (P)</t>
   </si>
   <si>
     <t>Fizyka budowli II (W)</t>
-  </si>
-[...46 lines deleted...]
-    <t>Złożone konstrukcje metalowe II (L)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -525,1917 +525,877 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J71"/>
+  <dimension ref="A1:J31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E71" sqref="E71"/>
+      <selection activeCell="E31" sqref="E31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1">
-        <v>45983.0</v>
+        <v>46033.0</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E2" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1">
-        <v>45983.0</v>
+        <v>46033.0</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E3" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3" t="s">
         <v>16</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1">
-        <v>45983.0</v>
+        <v>46033.0</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="2">
         <v>0.53125</v>
       </c>
       <c r="E4" s="2">
         <v>0.59375</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>15</v>
       </c>
       <c r="H4" t="s">
         <v>19</v>
       </c>
       <c r="I4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1">
-        <v>45983.0</v>
+        <v>46033.0</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E5" s="2">
-        <v>0.66666666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H5" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="I5" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1">
-        <v>45983.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B6" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D6" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E6" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="G6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1">
-        <v>45983.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D7" s="2">
-        <v>0.75</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E7" s="2">
-        <v>0.8125</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G7" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H7" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1">
-        <v>45983.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B8" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D8" s="2">
-        <v>0.82291666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E8" s="2">
-        <v>0.88541666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F8" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G8" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="H8" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I8" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1">
-        <v>45984.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B9" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D9" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E9" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F9" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G9" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I9" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
-        <v>45984.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D10" s="2">
-        <v>0.45833333333333</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E10" s="2">
-        <v>0.52083333333333</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F10" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>11</v>
       </c>
       <c r="H10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1">
-        <v>45984.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D11" s="2">
-        <v>0.53125</v>
+        <v>0.75</v>
       </c>
       <c r="E11" s="2">
-        <v>0.59375</v>
+        <v>0.8125</v>
       </c>
       <c r="F11" t="s">
+        <v>37</v>
+      </c>
+      <c r="G11" t="s">
+        <v>11</v>
+      </c>
+      <c r="H11" t="s">
         <v>35</v>
       </c>
-      <c r="G11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I11" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
-        <v>45984.0</v>
+        <v>46039.0</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D12" s="2">
-        <v>0.60416666666667</v>
+        <v>0.82291666666667</v>
       </c>
       <c r="E12" s="2">
-        <v>0.69791666666667</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="F12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="H12" t="s">
+        <v>35</v>
+      </c>
+      <c r="I12" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
-        <v>45984.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="D13" s="2">
-        <v>0.70833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E13" s="2">
-        <v>0.80208333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F13" t="s">
+        <v>41</v>
+      </c>
+      <c r="G13" t="s">
         <v>40</v>
       </c>
-      <c r="G13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H13" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I13" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
-        <v>45997.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E14" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H14" t="s">
         <v>19</v>
       </c>
       <c r="I14" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
-        <v>45997.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E15" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="H15" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I15" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
-        <v>45997.0</v>
+        <v>46040.0</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E16" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="H16" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I16" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
-        <v>45997.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B17" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D17" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E17" s="2">
-        <v>0.66666666666667</v>
+        <v>0.34375</v>
       </c>
       <c r="F17" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="G17" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="H17" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I17" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
-        <v>45997.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B18" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D18" s="2">
-        <v>0.67708333333333</v>
+        <v>0.34722222222222</v>
       </c>
       <c r="E18" s="2">
-        <v>0.73958333333333</v>
+        <v>0.37847222222222</v>
       </c>
       <c r="F18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="G18" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H18" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="I18" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
-        <v>45997.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D19" s="2">
-        <v>0.75</v>
+        <v>0.38194444444444</v>
       </c>
       <c r="E19" s="2">
-        <v>0.8125</v>
+        <v>0.41319444444444</v>
       </c>
       <c r="F19" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G19" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H19" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I19" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
-        <v>45997.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D20" s="2">
-        <v>0.82291666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E20" s="2">
-        <v>0.88541666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F20" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G20" t="s">
         <v>11</v>
       </c>
       <c r="H20" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="I20" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
-        <v>45998.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D21" s="2">
+        <v>0.53125</v>
+      </c>
+      <c r="E21" s="2">
+        <v>0.59375</v>
+      </c>
+      <c r="F21" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" t="s">
+        <v>11</v>
+      </c>
+      <c r="H21" t="s">
         <v>29</v>
       </c>
-      <c r="D21" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="I21" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
-        <v>45998.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B22" t="s">
+        <v>25</v>
+      </c>
+      <c r="D22" s="2">
+        <v>0.60416666666667</v>
+      </c>
+      <c r="E22" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="F22" t="s">
+        <v>48</v>
+      </c>
+      <c r="G22" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" t="s">
         <v>29</v>
       </c>
-      <c r="D22" s="2">
-[...8 lines deleted...]
-      <c r="G22" t="s">
+      <c r="I22" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
-        <v>45998.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B23" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D23" s="2">
-        <v>0.53125</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="E23" s="2">
-        <v>0.59375</v>
+        <v>0.70486111111111</v>
       </c>
       <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>11</v>
+      </c>
+      <c r="H23" t="s">
         <v>35</v>
       </c>
-      <c r="G23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I23" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
-        <v>45998.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B24" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D24" s="2">
-        <v>0.60416666666667</v>
+        <v>0.71180555555556</v>
       </c>
       <c r="E24" s="2">
-        <v>0.66666666666667</v>
+        <v>0.74305555555556</v>
       </c>
       <c r="F24" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G24" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="H24" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="I24" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
-        <v>46004.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B25" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D25" s="2">
-        <v>0.38541666666667</v>
+        <v>0.75</v>
       </c>
       <c r="E25" s="2">
-        <v>0.44791666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G25" t="s">
         <v>11</v>
       </c>
       <c r="H25" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="I25" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
-        <v>46004.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B26" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D26" s="2">
-        <v>0.45833333333333</v>
+        <v>0.81944444444444</v>
       </c>
       <c r="E26" s="2">
-        <v>0.52083333333333</v>
+        <v>0.85069444444444</v>
       </c>
       <c r="F26" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="G26" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="H26" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="I26" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
-        <v>46004.0</v>
+        <v>46053.0</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D27" s="2">
-        <v>0.53125</v>
+        <v>0.85416666666667</v>
       </c>
       <c r="E27" s="2">
-        <v>0.59375</v>
+        <v>0.88541666666667</v>
       </c>
       <c r="F27" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="G27" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="H27" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="I27" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
-        <v>46004.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E28" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="G28" t="s">
         <v>11</v>
       </c>
       <c r="H28" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I28" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
-        <v>46004.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="2">
-        <v>0.67708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E29" s="2">
-        <v>0.73958333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F29" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G29" t="s">
         <v>15</v>
       </c>
       <c r="H29" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I29" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
-        <v>46004.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
-        <v>0.75</v>
+        <v>0.53125</v>
       </c>
       <c r="E30" s="2">
-        <v>0.8125</v>
+        <v>0.59375</v>
       </c>
       <c r="F30" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="I30" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
-        <v>46004.0</v>
+        <v>46054.0</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="2">
-        <v>0.82291666666667</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E31" s="2">
-        <v>0.88541666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F31" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G31" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="H31" t="s">
         <v>23</v>
       </c>
       <c r="I31" t="s">
-        <v>26</v>
-[...180 lines deleted...]
-      <c r="I38" t="s">
         <v>24</v>
-      </c>
-[...856 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>