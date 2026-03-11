--- v2 (2026-01-12)
+++ v3 (2026-03-11)
@@ -12,256 +12,117 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...133 lines deleted...]
-    <t>Fizyka budowli II (W)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -525,877 +386,97 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J31"/>
+  <dimension ref="A1:J1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E31" sqref="E31"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
-      </c>
-[...778 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>