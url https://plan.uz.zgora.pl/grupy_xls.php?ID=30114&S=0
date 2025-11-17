--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -78,50 +78,53 @@
     <t>Wt</t>
   </si>
   <si>
     <t>Podstawy robót remontowych w1 (W)</t>
   </si>
   <si>
     <t>dr inż. Paweł Urbański</t>
   </si>
   <si>
     <t>314 A-8</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Zastosowanie BIM w Budownictwie w1 (L)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>dr inż. Paweł Błażejewski</t>
   </si>
   <si>
     <t>320 A-8</t>
+  </si>
+  <si>
+    <t>dr inż. Krystyna Urbańska</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -913,86 +916,89 @@
         <v>11</v>
       </c>
       <c r="I17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>45973.0</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E18" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
         <v>11</v>
       </c>
+      <c r="H18" t="s">
+        <v>22</v>
+      </c>
       <c r="I18" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
         <v>45975.0</v>
       </c>
       <c r="B19" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D19" s="2">
         <v>0.625</v>
       </c>
       <c r="E19" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>11</v>
       </c>
       <c r="H19" t="s">
         <v>15</v>
       </c>
       <c r="I19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
         <v>45975.0</v>
       </c>
       <c r="B20" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E20" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F20" t="s">
         <v>18</v>
       </c>
       <c r="G20" t="s">
         <v>19</v>
       </c>
       <c r="H20" t="s">
         <v>20</v>
       </c>
       <c r="I20" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
@@ -1046,50 +1052,53 @@
         <v>20</v>
       </c>
       <c r="I22" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>45980.0</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E23" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23" t="s">
         <v>11</v>
       </c>
+      <c r="H23" t="s">
+        <v>22</v>
+      </c>
       <c r="I23" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>45986.0</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E24" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F24" t="s">
         <v>18</v>
       </c>
       <c r="G24" t="s">
         <v>19</v>
@@ -1098,50 +1107,53 @@
         <v>20</v>
       </c>
       <c r="I24" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>45987.0</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E25" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25" t="s">
         <v>11</v>
       </c>
+      <c r="H25" t="s">
+        <v>22</v>
+      </c>
       <c r="I25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>45993.0</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E26" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F26" t="s">
         <v>18</v>
       </c>
       <c r="G26" t="s">
         <v>19</v>
@@ -1150,50 +1162,53 @@
         <v>20</v>
       </c>
       <c r="I26" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>45994.0</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E27" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27" t="s">
         <v>11</v>
       </c>
+      <c r="H27" t="s">
+        <v>22</v>
+      </c>
       <c r="I27" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>46000.0</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>
       </c>
       <c r="D28" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E28" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F28" t="s">
         <v>18</v>
       </c>
       <c r="G28" t="s">
         <v>19</v>
@@ -1202,50 +1217,53 @@
         <v>20</v>
       </c>
       <c r="I28" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>46001.0</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E29" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
+      <c r="H29" t="s">
+        <v>22</v>
+      </c>
       <c r="I29" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>46007.0</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E30" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F30" t="s">
         <v>18</v>
       </c>
       <c r="G30" t="s">
         <v>19</v>
@@ -1254,50 +1272,53 @@
         <v>20</v>
       </c>
       <c r="I30" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>46008.0</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E31" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31" t="s">
         <v>11</v>
       </c>
+      <c r="H31" t="s">
+        <v>22</v>
+      </c>
       <c r="I31" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>46029.0</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E32" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F32" t="s">
         <v>18</v>
       </c>
       <c r="G32" t="s">
         <v>19</v>
@@ -1335,50 +1356,53 @@
         <v>20</v>
       </c>
       <c r="I33" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>46036.0</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E34" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34" t="s">
         <v>11</v>
       </c>
+      <c r="H34" t="s">
+        <v>22</v>
+      </c>
       <c r="I34" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>46042.0</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
         <v>17</v>
       </c>
       <c r="D35" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E35" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F35" t="s">
         <v>18</v>
       </c>
       <c r="G35" t="s">
         <v>19</v>
@@ -1387,50 +1411,53 @@
         <v>20</v>
       </c>
       <c r="I35" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>46043.0</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E36" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36" t="s">
         <v>11</v>
       </c>
+      <c r="H36" t="s">
+        <v>22</v>
+      </c>
       <c r="I36" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>46049.0</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
         <v>17</v>
       </c>
       <c r="D37" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E37" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F37" t="s">
         <v>18</v>
       </c>
       <c r="G37" t="s">
         <v>19</v>
@@ -1438,50 +1465,53 @@
       <c r="H37" t="s">
         <v>20</v>
       </c>
       <c r="I37" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>46050.0</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E38" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38" t="s">
         <v>11</v>
+      </c>
+      <c r="H38" t="s">
+        <v>22</v>
       </c>
       <c r="I38" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>