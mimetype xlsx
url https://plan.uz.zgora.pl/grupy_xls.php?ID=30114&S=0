--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -84,50 +84,59 @@
     <t>dr inż. Paweł Urbański</t>
   </si>
   <si>
     <t>314 A-8</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Zastosowanie BIM w Budownictwie w1 (L)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>dr inż. Paweł Błażejewski</t>
   </si>
   <si>
     <t>320 A-8</t>
   </si>
   <si>
     <t>dr inż. Krystyna Urbańska</t>
   </si>
   <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>309 A-8</t>
+  </si>
+  <si>
+    <t>Rezerwacja (R)</t>
+  </si>
+  <si>
+    <t>R</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -435,54 +444,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J38"/>
+  <dimension ref="A1:J39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E38" sqref="E38"/>
+      <selection activeCell="E39" sqref="E39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -989,51 +998,51 @@
       </c>
       <c r="F20" t="s">
         <v>18</v>
       </c>
       <c r="G20" t="s">
         <v>19</v>
       </c>
       <c r="H20" t="s">
         <v>20</v>
       </c>
       <c r="I20" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
         <v>45979.0</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="D21" s="2">
         <v>0.625</v>
       </c>
       <c r="E21" s="2">
-        <v>0.69097222222222</v>
+        <v>0.65625</v>
       </c>
       <c r="F21" t="s">
         <v>14</v>
       </c>
       <c r="G21" t="s">
         <v>11</v>
       </c>
       <c r="H21" t="s">
         <v>15</v>
       </c>
       <c r="I21" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>45979.0</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" s="2">
@@ -1121,399 +1130,425 @@
         <v>0.67708333333333</v>
       </c>
       <c r="E25" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25" t="s">
         <v>11</v>
       </c>
       <c r="H25" t="s">
         <v>22</v>
       </c>
       <c r="I25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>45993.0</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
-      <c r="C26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="2">
-        <v>0.69791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E26" s="2">
-        <v>0.76041666666667</v>
+        <v>0.65625</v>
       </c>
       <c r="F26" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G26" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H26" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I26" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
-        <v>45994.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="C27" t="s">
+        <v>17</v>
       </c>
       <c r="D27" s="2">
-        <v>0.67708333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E27" s="2">
-        <v>0.73958333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F27" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G27" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H27" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I27" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
-        <v>46000.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B28" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D28" s="2">
-        <v>0.69791666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E28" s="2">
-        <v>0.76041666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F28" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G28" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H28" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I28" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
-        <v>46001.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B29" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="C29" t="s">
+        <v>17</v>
       </c>
       <c r="D29" s="2">
-        <v>0.67708333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E29" s="2">
-        <v>0.73958333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G29" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H29" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I29" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
-        <v>46007.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B30" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D30" s="2">
-        <v>0.69791666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E30" s="2">
-        <v>0.76041666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F30" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G30" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H30" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I30" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B31" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="C31" t="s">
+        <v>17</v>
       </c>
       <c r="D31" s="2">
-        <v>0.67708333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E31" s="2">
-        <v>0.73958333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G31" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H31" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I31" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
-        <v>46029.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="2">
-        <v>0.69791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E32" s="2">
-        <v>0.76041666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F32" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="G32" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="H32" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I32" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
-        <v>46035.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B33" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D33" s="2">
-        <v>0.69791666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E33" s="2">
-        <v>0.76041666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F33" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G33" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H33" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I33" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
-        <v>46036.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
+      <c r="C34" t="s">
+        <v>17</v>
+      </c>
       <c r="D34" s="2">
-        <v>0.67708333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E34" s="2">
-        <v>0.73958333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G34" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H34" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I34" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
-        <v>46042.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
         <v>17</v>
       </c>
       <c r="D35" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E35" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F35" t="s">
         <v>18</v>
       </c>
       <c r="G35" t="s">
         <v>19</v>
       </c>
       <c r="H35" t="s">
         <v>20</v>
       </c>
       <c r="I35" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
-        <v>46043.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="C36" t="s">
+        <v>17</v>
       </c>
       <c r="D36" s="2">
-        <v>0.67708333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E36" s="2">
-        <v>0.73958333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G36" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H36" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I36" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
-        <v>46049.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B37" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D37" s="2">
-        <v>0.69791666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E37" s="2">
-        <v>0.76041666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F37" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G37" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H37" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I37" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
+        <v>46049.0</v>
+      </c>
+      <c r="B38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" s="2">
+        <v>0.69791666666667</v>
+      </c>
+      <c r="E38" s="2">
+        <v>0.76041666666667</v>
+      </c>
+      <c r="F38" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" t="s">
+        <v>19</v>
+      </c>
+      <c r="H38" t="s">
+        <v>20</v>
+      </c>
+      <c r="I38" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" s="1">
         <v>46050.0</v>
       </c>
-      <c r="B38" t="s">
+      <c r="B39" t="s">
         <v>9</v>
       </c>
-      <c r="D38" s="2">
+      <c r="D39" s="2">
         <v>0.67708333333333</v>
       </c>
-      <c r="E38" s="2">
+      <c r="E39" s="2">
         <v>0.73958333333333</v>
       </c>
-      <c r="F38" t="s">
+      <c r="F39" t="s">
         <v>10</v>
       </c>
-      <c r="G38" t="s">
-[...2 lines deleted...]
-      <c r="H38" t="s">
+      <c r="G39" t="s">
+        <v>11</v>
+      </c>
+      <c r="H39" t="s">
         <v>22</v>
       </c>
-      <c r="I38" t="s">
+      <c r="I39" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>