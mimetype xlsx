--- v2 (2026-01-01)
+++ v3 (2026-03-10)
@@ -444,54 +444,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J39"/>
+  <dimension ref="A1:J38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E39" sqref="E39"/>
+      <selection activeCell="E38" sqref="E38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1429,126 +1429,100 @@
       </c>
       <c r="C36" t="s">
         <v>17</v>
       </c>
       <c r="D36" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E36" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F36" t="s">
         <v>18</v>
       </c>
       <c r="G36" t="s">
         <v>19</v>
       </c>
       <c r="H36" t="s">
         <v>20</v>
       </c>
       <c r="I36" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
-        <v>46043.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B37" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="C37" t="s">
+        <v>17</v>
       </c>
       <c r="D37" s="2">
-        <v>0.67708333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E37" s="2">
-        <v>0.73958333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F37" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G37" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H37" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I37" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B38" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D38" s="2">
-        <v>0.69791666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E38" s="2">
-        <v>0.76041666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F38" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G38" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H38" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I38" t="s">
-        <v>21</v>
-[...24 lines deleted...]
-      <c r="I39" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>