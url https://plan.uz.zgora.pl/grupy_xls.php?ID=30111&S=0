--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -189,50 +189,59 @@
     <t>dr inż. Joanna Kaliszuk</t>
   </si>
   <si>
     <t>107 A-8</t>
   </si>
   <si>
     <t>Mechanika gruntów (P)</t>
   </si>
   <si>
     <t>124 A-8</t>
   </si>
   <si>
     <t>Wytrzymałość materiałów (L)</t>
   </si>
   <si>
     <t>Podstawy projektowania (P)</t>
   </si>
   <si>
     <t>Mechanika gruntów (L)</t>
   </si>
   <si>
     <t>mgr inż. Weronika Malinowska; dr hab. inż. Waldemar Szajna, prof. UZ</t>
   </si>
   <si>
     <t>04 A-8</t>
+  </si>
+  <si>
+    <t>22 A-8</t>
+  </si>
+  <si>
+    <t>309 A-8</t>
+  </si>
+  <si>
+    <t>dr inż. Krystyna Urbańska</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1495,51 +1504,51 @@
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>45945.0</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="2">
         <v>0.3125</v>
       </c>
       <c r="E34" s="2">
         <v>0.375</v>
       </c>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34" t="s">
         <v>11</v>
       </c>
       <c r="H34" t="s">
         <v>12</v>
       </c>
       <c r="I34" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>45945.0</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E35" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35" t="s">
         <v>16</v>
       </c>
       <c r="H35" t="s">
@@ -1877,51 +1886,51 @@
       <c r="A48" s="1">
         <v>45951.0</v>
       </c>
       <c r="B48" t="s">
         <v>46</v>
       </c>
       <c r="C48" t="s">
         <v>14</v>
       </c>
       <c r="D48" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E48" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F48" t="s">
         <v>52</v>
       </c>
       <c r="G48" t="s">
         <v>23</v>
       </c>
       <c r="H48" t="s">
         <v>48</v>
       </c>
       <c r="I48" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
         <v>45951.0</v>
       </c>
       <c r="B49" t="s">
         <v>46</v>
       </c>
       <c r="C49" t="s">
         <v>14</v>
       </c>
       <c r="D49" s="2">
         <v>0.5</v>
       </c>
       <c r="E49" s="2">
         <v>0.59375</v>
       </c>
       <c r="F49" t="s">
         <v>54</v>
       </c>
       <c r="G49" t="s">
         <v>16</v>
       </c>
       <c r="H49" t="s">
@@ -1990,51 +1999,51 @@
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
         <v>45952.0</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="2">
         <v>0.3125</v>
       </c>
       <c r="E52" s="2">
         <v>0.375</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52" t="s">
         <v>11</v>
       </c>
       <c r="H52" t="s">
         <v>12</v>
       </c>
       <c r="I52" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>45952.0</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>14</v>
       </c>
       <c r="D53" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E53" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F53" t="s">
         <v>15</v>
       </c>
       <c r="G53" t="s">
         <v>16</v>
       </c>
       <c r="H53" t="s">
@@ -2291,51 +2300,51 @@
       <c r="A63" s="1">
         <v>45958.0</v>
       </c>
       <c r="B63" t="s">
         <v>46</v>
       </c>
       <c r="C63" t="s">
         <v>14</v>
       </c>
       <c r="D63" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E63" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F63" t="s">
         <v>52</v>
       </c>
       <c r="G63" t="s">
         <v>23</v>
       </c>
       <c r="H63" t="s">
         <v>48</v>
       </c>
       <c r="I63" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>45958.0</v>
       </c>
       <c r="B64" t="s">
         <v>46</v>
       </c>
       <c r="C64" t="s">
         <v>14</v>
       </c>
       <c r="D64" s="2">
         <v>0.5</v>
       </c>
       <c r="E64" s="2">
         <v>0.59375</v>
       </c>
       <c r="F64" t="s">
         <v>54</v>
       </c>
       <c r="G64" t="s">
         <v>16</v>
       </c>
       <c r="H64" t="s">
@@ -2375,51 +2384,51 @@
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>45959.0</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="2">
         <v>0.3125</v>
       </c>
       <c r="E66" s="2">
         <v>0.375</v>
       </c>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="G66" t="s">
         <v>11</v>
       </c>
       <c r="H66" t="s">
         <v>12</v>
       </c>
       <c r="I66" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>45959.0</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>14</v>
       </c>
       <c r="D67" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E67" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67" t="s">
         <v>16</v>
       </c>
       <c r="H67" t="s">
@@ -2757,51 +2766,51 @@
       <c r="A80" s="1">
         <v>45965.0</v>
       </c>
       <c r="B80" t="s">
         <v>46</v>
       </c>
       <c r="C80" t="s">
         <v>14</v>
       </c>
       <c r="D80" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E80" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F80" t="s">
         <v>52</v>
       </c>
       <c r="G80" t="s">
         <v>23</v>
       </c>
       <c r="H80" t="s">
         <v>48</v>
       </c>
       <c r="I80" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>45965.0</v>
       </c>
       <c r="B81" t="s">
         <v>46</v>
       </c>
       <c r="C81" t="s">
         <v>14</v>
       </c>
       <c r="D81" s="2">
         <v>0.5</v>
       </c>
       <c r="E81" s="2">
         <v>0.59375</v>
       </c>
       <c r="F81" t="s">
         <v>54</v>
       </c>
       <c r="G81" t="s">
         <v>16</v>
       </c>
       <c r="H81" t="s">
@@ -2870,51 +2879,51 @@
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>45966.0</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="2">
         <v>0.3125</v>
       </c>
       <c r="E84" s="2">
         <v>0.375</v>
       </c>
       <c r="F84" t="s">
         <v>10</v>
       </c>
       <c r="G84" t="s">
         <v>11</v>
       </c>
       <c r="H84" t="s">
         <v>12</v>
       </c>
       <c r="I84" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>45966.0</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>14</v>
       </c>
       <c r="D85" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E85" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F85" t="s">
         <v>15</v>
       </c>
       <c r="G85" t="s">
         <v>16</v>
       </c>
       <c r="H85" t="s">
@@ -3113,51 +3122,51 @@
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>45973.0</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="D93" s="2">
         <v>0.3125</v>
       </c>
       <c r="E93" s="2">
         <v>0.375</v>
       </c>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="G93" t="s">
         <v>11</v>
       </c>
       <c r="H93" t="s">
         <v>12</v>
       </c>
       <c r="I93" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>45973.0</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>14</v>
       </c>
       <c r="D94" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E94" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F94" t="s">
         <v>15</v>
       </c>
       <c r="G94" t="s">
         <v>16</v>
       </c>
       <c r="H94" t="s">
@@ -3222,173 +3231,176 @@
         <v>12</v>
       </c>
       <c r="I96" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>45973.0</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="D97" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E97" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F97" t="s">
         <v>25</v>
       </c>
       <c r="G97" t="s">
         <v>11</v>
       </c>
+      <c r="H97" t="s">
+        <v>61</v>
+      </c>
       <c r="I97" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>45975.0</v>
       </c>
       <c r="B98" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D98" s="2">
         <v>0.3125</v>
       </c>
       <c r="E98" s="2">
         <v>0.375</v>
       </c>
       <c r="F98" t="s">
         <v>47</v>
       </c>
       <c r="G98" t="s">
         <v>11</v>
       </c>
       <c r="H98" t="s">
         <v>48</v>
       </c>
       <c r="I98" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>45975.0</v>
       </c>
       <c r="B99" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C99" t="s">
         <v>14</v>
       </c>
       <c r="D99" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E99" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F99" t="s">
         <v>49</v>
       </c>
       <c r="G99" t="s">
         <v>16</v>
       </c>
       <c r="H99" t="s">
         <v>50</v>
       </c>
       <c r="I99" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>45975.0</v>
       </c>
       <c r="B100" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C100" t="s">
         <v>14</v>
       </c>
       <c r="D100" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E100" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F100" t="s">
         <v>52</v>
       </c>
       <c r="G100" t="s">
         <v>23</v>
       </c>
       <c r="H100" t="s">
         <v>48</v>
       </c>
       <c r="I100" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>45975.0</v>
       </c>
       <c r="B101" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C101" t="s">
         <v>14</v>
       </c>
       <c r="D101" s="2">
         <v>0.5</v>
       </c>
       <c r="E101" s="2">
         <v>0.59375</v>
       </c>
       <c r="F101" t="s">
         <v>54</v>
       </c>
       <c r="G101" t="s">
         <v>16</v>
       </c>
       <c r="H101" t="s">
         <v>33</v>
       </c>
       <c r="I101" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>45975.0</v>
       </c>
       <c r="B102" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C102" t="s">
         <v>14</v>
       </c>
       <c r="D102" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E102" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F102" t="s">
         <v>56</v>
       </c>
       <c r="G102" t="s">
         <v>16</v>
       </c>
       <c r="H102" t="s">
         <v>57</v>
       </c>
       <c r="I102" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
@@ -3449,51 +3461,51 @@
       <c r="A105" s="1">
         <v>45979.0</v>
       </c>
       <c r="B105" t="s">
         <v>46</v>
       </c>
       <c r="C105" t="s">
         <v>14</v>
       </c>
       <c r="D105" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E105" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F105" t="s">
         <v>52</v>
       </c>
       <c r="G105" t="s">
         <v>23</v>
       </c>
       <c r="H105" t="s">
         <v>48</v>
       </c>
       <c r="I105" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>45979.0</v>
       </c>
       <c r="B106" t="s">
         <v>46</v>
       </c>
       <c r="C106" t="s">
         <v>14</v>
       </c>
       <c r="D106" s="2">
         <v>0.5</v>
       </c>
       <c r="E106" s="2">
         <v>0.59375</v>
       </c>
       <c r="F106" t="s">
         <v>54</v>
       </c>
       <c r="G106" t="s">
         <v>16</v>
       </c>
       <c r="H106" t="s">
@@ -3562,51 +3574,51 @@
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>45980.0</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="D109" s="2">
         <v>0.3125</v>
       </c>
       <c r="E109" s="2">
         <v>0.375</v>
       </c>
       <c r="F109" t="s">
         <v>10</v>
       </c>
       <c r="G109" t="s">
         <v>11</v>
       </c>
       <c r="H109" t="s">
         <v>12</v>
       </c>
       <c r="I109" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>45980.0</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>14</v>
       </c>
       <c r="D110" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E110" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F110" t="s">
         <v>15</v>
       </c>
       <c r="G110" t="s">
         <v>16</v>
       </c>
       <c r="H110" t="s">
@@ -3671,50 +3683,53 @@
         <v>12</v>
       </c>
       <c r="I112" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>45980.0</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="D113" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E113" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F113" t="s">
         <v>25</v>
       </c>
       <c r="G113" t="s">
         <v>11</v>
       </c>
+      <c r="H113" t="s">
+        <v>61</v>
+      </c>
       <c r="I113" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45981.0</v>
       </c>
       <c r="B114" t="s">
         <v>27</v>
       </c>
       <c r="D114" s="2">
         <v>0.3125</v>
       </c>
       <c r="E114" s="2">
         <v>0.375</v>
       </c>
       <c r="F114" t="s">
         <v>28</v>
       </c>
       <c r="G114" t="s">
         <v>29</v>
       </c>
       <c r="H114" t="s">
         <v>30</v>
@@ -3863,51 +3878,51 @@
       <c r="A120" s="1">
         <v>45986.0</v>
       </c>
       <c r="B120" t="s">
         <v>46</v>
       </c>
       <c r="C120" t="s">
         <v>14</v>
       </c>
       <c r="D120" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E120" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F120" t="s">
         <v>52</v>
       </c>
       <c r="G120" t="s">
         <v>23</v>
       </c>
       <c r="H120" t="s">
         <v>48</v>
       </c>
       <c r="I120" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>45986.0</v>
       </c>
       <c r="B121" t="s">
         <v>46</v>
       </c>
       <c r="C121" t="s">
         <v>14</v>
       </c>
       <c r="D121" s="2">
         <v>0.5</v>
       </c>
       <c r="E121" s="2">
         <v>0.59375</v>
       </c>
       <c r="F121" t="s">
         <v>54</v>
       </c>
       <c r="G121" t="s">
         <v>16</v>
       </c>
       <c r="H121" t="s">
@@ -3947,51 +3962,51 @@
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>45987.0</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="D123" s="2">
         <v>0.3125</v>
       </c>
       <c r="E123" s="2">
         <v>0.375</v>
       </c>
       <c r="F123" t="s">
         <v>10</v>
       </c>
       <c r="G123" t="s">
         <v>11</v>
       </c>
       <c r="H123" t="s">
         <v>12</v>
       </c>
       <c r="I123" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>45987.0</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>14</v>
       </c>
       <c r="D124" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E124" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F124" t="s">
         <v>15</v>
       </c>
       <c r="G124" t="s">
         <v>16</v>
       </c>
       <c r="H124" t="s">
@@ -4056,50 +4071,53 @@
         <v>12</v>
       </c>
       <c r="I126" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
         <v>45987.0</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="D127" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E127" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F127" t="s">
         <v>25</v>
       </c>
       <c r="G127" t="s">
         <v>11</v>
       </c>
+      <c r="H127" t="s">
+        <v>61</v>
+      </c>
       <c r="I127" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>45988.0</v>
       </c>
       <c r="B128" t="s">
         <v>27</v>
       </c>
       <c r="D128" s="2">
         <v>0.3125</v>
       </c>
       <c r="E128" s="2">
         <v>0.375</v>
       </c>
       <c r="F128" t="s">
         <v>28</v>
       </c>
       <c r="G128" t="s">
         <v>29</v>
       </c>
       <c r="H128" t="s">
         <v>30</v>
@@ -4329,51 +4347,51 @@
       <c r="A137" s="1">
         <v>45993.0</v>
       </c>
       <c r="B137" t="s">
         <v>46</v>
       </c>
       <c r="C137" t="s">
         <v>14</v>
       </c>
       <c r="D137" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E137" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F137" t="s">
         <v>52</v>
       </c>
       <c r="G137" t="s">
         <v>23</v>
       </c>
       <c r="H137" t="s">
         <v>48</v>
       </c>
       <c r="I137" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>45993.0</v>
       </c>
       <c r="B138" t="s">
         <v>46</v>
       </c>
       <c r="C138" t="s">
         <v>14</v>
       </c>
       <c r="D138" s="2">
         <v>0.5</v>
       </c>
       <c r="E138" s="2">
         <v>0.59375</v>
       </c>
       <c r="F138" t="s">
         <v>54</v>
       </c>
       <c r="G138" t="s">
         <v>16</v>
       </c>
       <c r="H138" t="s">
@@ -4442,51 +4460,51 @@
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>45994.0</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="D141" s="2">
         <v>0.3125</v>
       </c>
       <c r="E141" s="2">
         <v>0.375</v>
       </c>
       <c r="F141" t="s">
         <v>10</v>
       </c>
       <c r="G141" t="s">
         <v>11</v>
       </c>
       <c r="H141" t="s">
         <v>12</v>
       </c>
       <c r="I141" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>45994.0</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>14</v>
       </c>
       <c r="D142" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E142" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F142" t="s">
         <v>15</v>
       </c>
       <c r="G142" t="s">
         <v>16</v>
       </c>
       <c r="H142" t="s">
@@ -4551,50 +4569,53 @@
         <v>12</v>
       </c>
       <c r="I144" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
         <v>45994.0</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="D145" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E145" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F145" t="s">
         <v>25</v>
       </c>
       <c r="G145" t="s">
         <v>11</v>
       </c>
+      <c r="H145" t="s">
+        <v>61</v>
+      </c>
       <c r="I145" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
         <v>45995.0</v>
       </c>
       <c r="B146" t="s">
         <v>27</v>
       </c>
       <c r="D146" s="2">
         <v>0.3125</v>
       </c>
       <c r="E146" s="2">
         <v>0.375</v>
       </c>
       <c r="F146" t="s">
         <v>28</v>
       </c>
       <c r="G146" t="s">
         <v>29</v>
       </c>
       <c r="H146" t="s">
         <v>30</v>
@@ -4743,51 +4764,51 @@
       <c r="A152" s="1">
         <v>46000.0</v>
       </c>
       <c r="B152" t="s">
         <v>46</v>
       </c>
       <c r="C152" t="s">
         <v>14</v>
       </c>
       <c r="D152" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E152" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F152" t="s">
         <v>52</v>
       </c>
       <c r="G152" t="s">
         <v>23</v>
       </c>
       <c r="H152" t="s">
         <v>48</v>
       </c>
       <c r="I152" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
         <v>46000.0</v>
       </c>
       <c r="B153" t="s">
         <v>46</v>
       </c>
       <c r="C153" t="s">
         <v>14</v>
       </c>
       <c r="D153" s="2">
         <v>0.5</v>
       </c>
       <c r="E153" s="2">
         <v>0.59375</v>
       </c>
       <c r="F153" t="s">
         <v>54</v>
       </c>
       <c r="G153" t="s">
         <v>16</v>
       </c>
       <c r="H153" t="s">
@@ -4827,51 +4848,51 @@
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>46001.0</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="D155" s="2">
         <v>0.3125</v>
       </c>
       <c r="E155" s="2">
         <v>0.375</v>
       </c>
       <c r="F155" t="s">
         <v>10</v>
       </c>
       <c r="G155" t="s">
         <v>11</v>
       </c>
       <c r="H155" t="s">
         <v>12</v>
       </c>
       <c r="I155" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>46001.0</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>14</v>
       </c>
       <c r="D156" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E156" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F156" t="s">
         <v>15</v>
       </c>
       <c r="G156" t="s">
         <v>16</v>
       </c>
       <c r="H156" t="s">
@@ -4936,50 +4957,53 @@
         <v>12</v>
       </c>
       <c r="I158" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>46001.0</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="D159" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E159" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F159" t="s">
         <v>25</v>
       </c>
       <c r="G159" t="s">
         <v>11</v>
       </c>
+      <c r="H159" t="s">
+        <v>61</v>
+      </c>
       <c r="I159" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>46002.0</v>
       </c>
       <c r="B160" t="s">
         <v>27</v>
       </c>
       <c r="D160" s="2">
         <v>0.3125</v>
       </c>
       <c r="E160" s="2">
         <v>0.375</v>
       </c>
       <c r="F160" t="s">
         <v>28</v>
       </c>
       <c r="G160" t="s">
         <v>29</v>
       </c>
       <c r="H160" t="s">
         <v>30</v>
@@ -5209,51 +5233,51 @@
       <c r="A169" s="1">
         <v>46007.0</v>
       </c>
       <c r="B169" t="s">
         <v>46</v>
       </c>
       <c r="C169" t="s">
         <v>14</v>
       </c>
       <c r="D169" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E169" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F169" t="s">
         <v>52</v>
       </c>
       <c r="G169" t="s">
         <v>23</v>
       </c>
       <c r="H169" t="s">
         <v>48</v>
       </c>
       <c r="I169" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>46007.0</v>
       </c>
       <c r="B170" t="s">
         <v>46</v>
       </c>
       <c r="C170" t="s">
         <v>14</v>
       </c>
       <c r="D170" s="2">
         <v>0.5</v>
       </c>
       <c r="E170" s="2">
         <v>0.59375</v>
       </c>
       <c r="F170" t="s">
         <v>54</v>
       </c>
       <c r="G170" t="s">
         <v>16</v>
       </c>
       <c r="H170" t="s">
@@ -5322,51 +5346,51 @@
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>46008.0</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="D173" s="2">
         <v>0.3125</v>
       </c>
       <c r="E173" s="2">
         <v>0.375</v>
       </c>
       <c r="F173" t="s">
         <v>10</v>
       </c>
       <c r="G173" t="s">
         <v>11</v>
       </c>
       <c r="H173" t="s">
         <v>12</v>
       </c>
       <c r="I173" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>46008.0</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>14</v>
       </c>
       <c r="D174" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E174" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F174" t="s">
         <v>15</v>
       </c>
       <c r="G174" t="s">
         <v>16</v>
       </c>
       <c r="H174" t="s">
@@ -5431,50 +5455,53 @@
         <v>12</v>
       </c>
       <c r="I176" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>46008.0</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="D177" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E177" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F177" t="s">
         <v>25</v>
       </c>
       <c r="G177" t="s">
         <v>11</v>
       </c>
+      <c r="H177" t="s">
+        <v>61</v>
+      </c>
       <c r="I177" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>46009.0</v>
       </c>
       <c r="B178" t="s">
         <v>27</v>
       </c>
       <c r="D178" s="2">
         <v>0.3125</v>
       </c>
       <c r="E178" s="2">
         <v>0.375</v>
       </c>
       <c r="F178" t="s">
         <v>28</v>
       </c>
       <c r="G178" t="s">
         <v>29</v>
       </c>
       <c r="H178" t="s">
         <v>30</v>
@@ -5623,51 +5650,51 @@
       <c r="A184" s="1">
         <v>46029.0</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>14</v>
       </c>
       <c r="D184" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E184" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F184" t="s">
         <v>52</v>
       </c>
       <c r="G184" t="s">
         <v>23</v>
       </c>
       <c r="H184" t="s">
         <v>48</v>
       </c>
       <c r="I184" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46029.0</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>14</v>
       </c>
       <c r="D185" s="2">
         <v>0.5</v>
       </c>
       <c r="E185" s="2">
         <v>0.59375</v>
       </c>
       <c r="F185" t="s">
         <v>54</v>
       </c>
       <c r="G185" t="s">
         <v>16</v>
       </c>
       <c r="H185" t="s">
@@ -5953,51 +5980,51 @@
       <c r="A196" s="1">
         <v>46035.0</v>
       </c>
       <c r="B196" t="s">
         <v>46</v>
       </c>
       <c r="C196" t="s">
         <v>14</v>
       </c>
       <c r="D196" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E196" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F196" t="s">
         <v>52</v>
       </c>
       <c r="G196" t="s">
         <v>23</v>
       </c>
       <c r="H196" t="s">
         <v>48</v>
       </c>
       <c r="I196" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
         <v>46035.0</v>
       </c>
       <c r="B197" t="s">
         <v>46</v>
       </c>
       <c r="C197" t="s">
         <v>14</v>
       </c>
       <c r="D197" s="2">
         <v>0.5</v>
       </c>
       <c r="E197" s="2">
         <v>0.59375</v>
       </c>
       <c r="F197" t="s">
         <v>54</v>
       </c>
       <c r="G197" t="s">
         <v>16</v>
       </c>
       <c r="H197" t="s">
@@ -6066,51 +6093,51 @@
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
         <v>46036.0</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="D200" s="2">
         <v>0.3125</v>
       </c>
       <c r="E200" s="2">
         <v>0.375</v>
       </c>
       <c r="F200" t="s">
         <v>10</v>
       </c>
       <c r="G200" t="s">
         <v>11</v>
       </c>
       <c r="H200" t="s">
         <v>12</v>
       </c>
       <c r="I200" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
         <v>46036.0</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>14</v>
       </c>
       <c r="D201" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E201" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F201" t="s">
         <v>15</v>
       </c>
       <c r="G201" t="s">
         <v>16</v>
       </c>
       <c r="H201" t="s">
@@ -6175,50 +6202,53 @@
         <v>12</v>
       </c>
       <c r="I203" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="1">
         <v>46036.0</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="D204" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E204" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F204" t="s">
         <v>25</v>
       </c>
       <c r="G204" t="s">
         <v>11</v>
       </c>
+      <c r="H204" t="s">
+        <v>61</v>
+      </c>
       <c r="I204" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
         <v>46037.0</v>
       </c>
       <c r="B205" t="s">
         <v>27</v>
       </c>
       <c r="D205" s="2">
         <v>0.3125</v>
       </c>
       <c r="E205" s="2">
         <v>0.375</v>
       </c>
       <c r="F205" t="s">
         <v>28</v>
       </c>
       <c r="G205" t="s">
         <v>29</v>
       </c>
       <c r="H205" t="s">
         <v>30</v>
@@ -6367,51 +6397,51 @@
       <c r="A211" s="1">
         <v>46042.0</v>
       </c>
       <c r="B211" t="s">
         <v>46</v>
       </c>
       <c r="C211" t="s">
         <v>14</v>
       </c>
       <c r="D211" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E211" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F211" t="s">
         <v>52</v>
       </c>
       <c r="G211" t="s">
         <v>23</v>
       </c>
       <c r="H211" t="s">
         <v>48</v>
       </c>
       <c r="I211" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>46042.0</v>
       </c>
       <c r="B212" t="s">
         <v>46</v>
       </c>
       <c r="C212" t="s">
         <v>14</v>
       </c>
       <c r="D212" s="2">
         <v>0.5</v>
       </c>
       <c r="E212" s="2">
         <v>0.59375</v>
       </c>
       <c r="F212" t="s">
         <v>54</v>
       </c>
       <c r="G212" t="s">
         <v>16</v>
       </c>
       <c r="H212" t="s">
@@ -6451,51 +6481,51 @@
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
         <v>46043.0</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="D214" s="2">
         <v>0.3125</v>
       </c>
       <c r="E214" s="2">
         <v>0.375</v>
       </c>
       <c r="F214" t="s">
         <v>10</v>
       </c>
       <c r="G214" t="s">
         <v>11</v>
       </c>
       <c r="H214" t="s">
         <v>12</v>
       </c>
       <c r="I214" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
         <v>46043.0</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>14</v>
       </c>
       <c r="D215" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E215" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F215" t="s">
         <v>15</v>
       </c>
       <c r="G215" t="s">
         <v>16</v>
       </c>
       <c r="H215" t="s">
@@ -6560,50 +6590,53 @@
         <v>12</v>
       </c>
       <c r="I217" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
         <v>46043.0</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="D218" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E218" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F218" t="s">
         <v>25</v>
       </c>
       <c r="G218" t="s">
         <v>11</v>
       </c>
+      <c r="H218" t="s">
+        <v>61</v>
+      </c>
       <c r="I218" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
         <v>46044.0</v>
       </c>
       <c r="B219" t="s">
         <v>27</v>
       </c>
       <c r="D219" s="2">
         <v>0.3125</v>
       </c>
       <c r="E219" s="2">
         <v>0.375</v>
       </c>
       <c r="F219" t="s">
         <v>28</v>
       </c>
       <c r="G219" t="s">
         <v>29</v>
       </c>
       <c r="H219" t="s">
         <v>30</v>
@@ -6833,51 +6866,51 @@
       <c r="A228" s="1">
         <v>46049.0</v>
       </c>
       <c r="B228" t="s">
         <v>46</v>
       </c>
       <c r="C228" t="s">
         <v>14</v>
       </c>
       <c r="D228" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E228" s="2">
         <v>0.48958333333333</v>
       </c>
       <c r="F228" t="s">
         <v>52</v>
       </c>
       <c r="G228" t="s">
         <v>23</v>
       </c>
       <c r="H228" t="s">
         <v>48</v>
       </c>
       <c r="I228" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="1">
         <v>46049.0</v>
       </c>
       <c r="B229" t="s">
         <v>46</v>
       </c>
       <c r="C229" t="s">
         <v>14</v>
       </c>
       <c r="D229" s="2">
         <v>0.5</v>
       </c>
       <c r="E229" s="2">
         <v>0.59375</v>
       </c>
       <c r="F229" t="s">
         <v>54</v>
       </c>
       <c r="G229" t="s">
         <v>16</v>
       </c>
       <c r="H229" t="s">
@@ -6917,51 +6950,51 @@
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
         <v>46050.0</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="D231" s="2">
         <v>0.3125</v>
       </c>
       <c r="E231" s="2">
         <v>0.375</v>
       </c>
       <c r="F231" t="s">
         <v>10</v>
       </c>
       <c r="G231" t="s">
         <v>11</v>
       </c>
       <c r="H231" t="s">
         <v>12</v>
       </c>
       <c r="I231" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
         <v>46050.0</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>14</v>
       </c>
       <c r="D232" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E232" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F232" t="s">
         <v>15</v>
       </c>
       <c r="G232" t="s">
         <v>16</v>
       </c>
       <c r="H232" t="s">
@@ -7025,50 +7058,53 @@
       <c r="H234" t="s">
         <v>12</v>
       </c>
       <c r="I234" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="1">
         <v>46050.0</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="D235" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E235" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F235" t="s">
         <v>25</v>
       </c>
       <c r="G235" t="s">
         <v>11</v>
+      </c>
+      <c r="H235" t="s">
+        <v>61</v>
       </c>
       <c r="I235" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="1">
         <v>46051.0</v>
       </c>
       <c r="B236" t="s">
         <v>27</v>
       </c>
       <c r="D236" s="2">
         <v>0.3125</v>
       </c>
       <c r="E236" s="2">
         <v>0.375</v>
       </c>
       <c r="F236" t="s">
         <v>28</v>
       </c>
       <c r="G236" t="s">
         <v>29</v>
       </c>
       <c r="H236" t="s">