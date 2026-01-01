--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -201,50 +201,56 @@
     <t>Wytrzymałość materiałów (L)</t>
   </si>
   <si>
     <t>Podstawy projektowania (P)</t>
   </si>
   <si>
     <t>Mechanika gruntów (L)</t>
   </si>
   <si>
     <t>mgr inż. Weronika Malinowska; dr hab. inż. Waldemar Szajna, prof. UZ</t>
   </si>
   <si>
     <t>04 A-8</t>
   </si>
   <si>
     <t>22 A-8</t>
   </si>
   <si>
     <t>309 A-8</t>
   </si>
   <si>
     <t>dr inż. Krystyna Urbańska</t>
   </si>
   <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>Po</t>
+  </si>
+  <si>
+    <t>314 A-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -552,54 +558,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J242"/>
+  <dimension ref="A1:J241"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E242" sqref="E242"/>
+      <selection activeCell="E241" sqref="E241"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4832,2469 +4838,2443 @@
         <v>0.67708333333333</v>
       </c>
       <c r="E154" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F154" t="s">
         <v>56</v>
       </c>
       <c r="G154" t="s">
         <v>16</v>
       </c>
       <c r="H154" t="s">
         <v>57</v>
       </c>
       <c r="I154" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>46001.0</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
+      <c r="C155" t="s">
+        <v>14</v>
+      </c>
       <c r="D155" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E155" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F155" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G155" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H155" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I155" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>46001.0</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>14</v>
       </c>
       <c r="D156" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E156" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F156" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G156" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H156" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="I156" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>46001.0</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
-      <c r="C157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D157" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E157" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F157" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G157" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H157" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="I157" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B158" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="D158" s="2">
-        <v>0.60416666666667</v>
+        <v>0.3125</v>
       </c>
       <c r="E158" s="2">
-        <v>0.66666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F158" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G158" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H158" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I158" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B159" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D159" s="2">
-        <v>0.67708333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E159" s="2">
-        <v>0.73958333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F159" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G159" t="s">
         <v>11</v>
       </c>
       <c r="H159" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="I159" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>46002.0</v>
       </c>
       <c r="B160" t="s">
         <v>27</v>
       </c>
       <c r="D160" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E160" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F160" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G160" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H160" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I160" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>46002.0</v>
       </c>
       <c r="B161" t="s">
         <v>27</v>
       </c>
       <c r="D161" s="2">
-        <v>0.38541666666667</v>
+        <v>0.53125</v>
       </c>
       <c r="E161" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F161" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G161" t="s">
         <v>11</v>
       </c>
       <c r="H161" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="I161" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>46002.0</v>
       </c>
       <c r="B162" t="s">
         <v>27</v>
       </c>
       <c r="D162" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E162" s="2">
-        <v>0.52083333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F162" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="G162" t="s">
         <v>11</v>
       </c>
       <c r="H162" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="I162" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>46002.0</v>
       </c>
       <c r="B163" t="s">
         <v>27</v>
       </c>
+      <c r="C163" t="s">
+        <v>14</v>
+      </c>
       <c r="D163" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E163" s="2">
-        <v>0.59027777777778</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F163" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G163" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H163" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I163" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
         <v>46002.0</v>
       </c>
       <c r="B164" t="s">
         <v>27</v>
       </c>
+      <c r="C164" t="s">
+        <v>14</v>
+      </c>
       <c r="D164" s="2">
-        <v>0.60763888888889</v>
+        <v>0.75</v>
       </c>
       <c r="E164" s="2">
-        <v>0.66666666666667</v>
+        <v>0.8125</v>
       </c>
       <c r="F164" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G164" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H164" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I164" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
-        <v>46002.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B165" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="C165" t="s">
         <v>14</v>
       </c>
       <c r="D165" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E165" s="2">
-        <v>0.73611111111111</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F165" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="G165" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H165" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="I165" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
-        <v>46002.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B166" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D166" s="2">
-        <v>0.75</v>
+        <v>0.3125</v>
       </c>
       <c r="E166" s="2">
-        <v>0.8125</v>
+        <v>0.375</v>
       </c>
       <c r="F166" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G166" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H166" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="I166" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>46007.0</v>
       </c>
       <c r="B167" t="s">
         <v>46</v>
       </c>
+      <c r="C167" t="s">
+        <v>14</v>
+      </c>
       <c r="D167" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E167" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F167" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G167" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H167" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I167" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>46007.0</v>
       </c>
       <c r="B168" t="s">
         <v>46</v>
       </c>
       <c r="C168" t="s">
         <v>14</v>
       </c>
       <c r="D168" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E168" s="2">
-        <v>0.44791666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F168" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G168" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H168" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I168" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
         <v>46007.0</v>
       </c>
       <c r="B169" t="s">
         <v>46</v>
       </c>
       <c r="C169" t="s">
         <v>14</v>
       </c>
       <c r="D169" s="2">
-        <v>0.45833333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E169" s="2">
-        <v>0.48958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F169" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G169" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H169" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="I169" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>46007.0</v>
       </c>
       <c r="B170" t="s">
         <v>46</v>
       </c>
       <c r="C170" t="s">
         <v>14</v>
       </c>
       <c r="D170" s="2">
-        <v>0.5</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E170" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F170" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G170" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H170" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="I170" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>46007.0</v>
       </c>
       <c r="B171" t="s">
         <v>46</v>
       </c>
       <c r="C171" t="s">
         <v>14</v>
       </c>
       <c r="D171" s="2">
-        <v>0.60069444444444</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E171" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F171" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G171" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H171" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="I171" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B172" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D172" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E172" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F172" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G172" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H172" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="I172" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>46008.0</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
+      <c r="C173" t="s">
+        <v>14</v>
+      </c>
       <c r="D173" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E173" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F173" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G173" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H173" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I173" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>46008.0</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>14</v>
       </c>
       <c r="D174" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E174" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F174" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G174" t="s">
         <v>16</v>
       </c>
       <c r="H174" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I174" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
         <v>46008.0</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>14</v>
       </c>
       <c r="D175" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E175" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F175" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G175" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H175" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I175" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
         <v>46008.0</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
-      <c r="C176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D176" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E176" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F176" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G176" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="H176" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="I176" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B177" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D177" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E177" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F177" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G177" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H177" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="I177" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>46009.0</v>
       </c>
       <c r="B178" t="s">
         <v>27</v>
       </c>
       <c r="D178" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E178" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F178" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G178" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H178" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I178" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>46009.0</v>
       </c>
       <c r="B179" t="s">
         <v>27</v>
       </c>
       <c r="D179" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E179" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F179" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G179" t="s">
         <v>11</v>
       </c>
       <c r="H179" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I179" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>46009.0</v>
       </c>
       <c r="B180" t="s">
         <v>27</v>
       </c>
+      <c r="C180" t="s">
+        <v>14</v>
+      </c>
       <c r="D180" s="2">
-        <v>0.45833333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E180" s="2">
-        <v>0.52083333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F180" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G180" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H180" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="I180" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
-        <v>46009.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B181" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D181" s="2">
-        <v>0.75</v>
+        <v>0.3125</v>
       </c>
       <c r="E181" s="2">
-        <v>0.8125</v>
+        <v>0.375</v>
       </c>
       <c r="F181" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G181" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H181" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="I181" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>46029.0</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
+      <c r="C182" t="s">
+        <v>14</v>
+      </c>
       <c r="D182" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E182" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F182" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G182" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H182" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I182" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>46029.0</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>14</v>
       </c>
       <c r="D183" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E183" s="2">
-        <v>0.44791666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F183" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G183" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H183" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I183" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
         <v>46029.0</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>14</v>
       </c>
       <c r="D184" s="2">
-        <v>0.45833333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E184" s="2">
-        <v>0.48958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F184" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G184" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H184" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="I184" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46029.0</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>14</v>
       </c>
       <c r="D185" s="2">
-        <v>0.5</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E185" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F185" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G185" t="s">
         <v>16</v>
       </c>
       <c r="H185" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="I185" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B186" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="D186" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E186" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F186" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="G186" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="H186" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="I186" t="s">
-        <v>58</v>
+        <v>31</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>46030.0</v>
       </c>
       <c r="B187" t="s">
         <v>27</v>
       </c>
       <c r="D187" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E187" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F187" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G187" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H187" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I187" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
         <v>46030.0</v>
       </c>
       <c r="B188" t="s">
         <v>27</v>
       </c>
       <c r="D188" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E188" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F188" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G188" t="s">
         <v>11</v>
       </c>
       <c r="H188" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I188" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>46030.0</v>
       </c>
       <c r="B189" t="s">
         <v>27</v>
       </c>
       <c r="D189" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E189" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F189" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G189" t="s">
         <v>11</v>
       </c>
       <c r="H189" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I189" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>46030.0</v>
       </c>
       <c r="B190" t="s">
         <v>27</v>
       </c>
       <c r="D190" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E190" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F190" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G190" t="s">
         <v>11</v>
       </c>
       <c r="H190" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I190" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>46030.0</v>
       </c>
       <c r="B191" t="s">
         <v>27</v>
       </c>
+      <c r="C191" t="s">
+        <v>14</v>
+      </c>
       <c r="D191" s="2">
-        <v>0.60763888888889</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E191" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F191" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G191" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H191" t="s">
         <v>39</v>
       </c>
       <c r="I191" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
         <v>46030.0</v>
       </c>
       <c r="B192" t="s">
         <v>27</v>
       </c>
       <c r="C192" t="s">
         <v>14</v>
       </c>
       <c r="D192" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E192" s="2">
-        <v>0.73611111111111</v>
+        <v>0.8125</v>
       </c>
       <c r="F192" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G192" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H192" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I192" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="1">
-        <v>46030.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B193" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D193" s="2">
-        <v>0.75</v>
+        <v>0.3125</v>
       </c>
       <c r="E193" s="2">
-        <v>0.8125</v>
+        <v>0.375</v>
       </c>
       <c r="F193" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G193" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H193" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="I193" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="1">
         <v>46035.0</v>
       </c>
       <c r="B194" t="s">
         <v>46</v>
       </c>
+      <c r="C194" t="s">
+        <v>14</v>
+      </c>
       <c r="D194" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E194" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F194" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G194" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H194" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I194" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="1">
         <v>46035.0</v>
       </c>
       <c r="B195" t="s">
         <v>46</v>
       </c>
       <c r="C195" t="s">
         <v>14</v>
       </c>
       <c r="D195" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E195" s="2">
-        <v>0.44791666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F195" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G195" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H195" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I195" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="1">
         <v>46035.0</v>
       </c>
       <c r="B196" t="s">
         <v>46</v>
       </c>
       <c r="C196" t="s">
         <v>14</v>
       </c>
       <c r="D196" s="2">
-        <v>0.45833333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E196" s="2">
-        <v>0.48958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F196" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G196" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H196" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="I196" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
         <v>46035.0</v>
       </c>
       <c r="B197" t="s">
         <v>46</v>
       </c>
       <c r="C197" t="s">
         <v>14</v>
       </c>
       <c r="D197" s="2">
-        <v>0.5</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E197" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F197" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G197" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H197" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="I197" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="1">
         <v>46035.0</v>
       </c>
       <c r="B198" t="s">
         <v>46</v>
       </c>
       <c r="C198" t="s">
         <v>14</v>
       </c>
       <c r="D198" s="2">
-        <v>0.60069444444444</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E198" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F198" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G198" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H198" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="I198" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B199" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D199" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E199" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F199" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G199" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H199" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="I199" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
         <v>46036.0</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
+      <c r="C200" t="s">
+        <v>14</v>
+      </c>
       <c r="D200" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E200" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F200" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G200" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H200" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I200" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
         <v>46036.0</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>14</v>
       </c>
       <c r="D201" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E201" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F201" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G201" t="s">
         <v>16</v>
       </c>
       <c r="H201" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I201" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
         <v>46036.0</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>14</v>
       </c>
       <c r="D202" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E202" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F202" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G202" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H202" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I202" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="1">
         <v>46036.0</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
-      <c r="C203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D203" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E203" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F203" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="G203" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="H203" t="s">
         <v>12</v>
       </c>
       <c r="I203" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B204" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D204" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E204" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F204" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G204" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H204" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="I204" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
         <v>46037.0</v>
       </c>
       <c r="B205" t="s">
         <v>27</v>
       </c>
       <c r="D205" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E205" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F205" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G205" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H205" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I205" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
         <v>46037.0</v>
       </c>
       <c r="B206" t="s">
         <v>27</v>
       </c>
       <c r="D206" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E206" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F206" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G206" t="s">
         <v>11</v>
       </c>
       <c r="H206" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I206" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>46037.0</v>
       </c>
       <c r="B207" t="s">
         <v>27</v>
       </c>
+      <c r="C207" t="s">
+        <v>14</v>
+      </c>
       <c r="D207" s="2">
-        <v>0.45833333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E207" s="2">
-        <v>0.52083333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F207" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G207" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H207" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="I207" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" s="1">
-        <v>46037.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B208" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D208" s="2">
-        <v>0.75</v>
+        <v>0.3125</v>
       </c>
       <c r="E208" s="2">
-        <v>0.8125</v>
+        <v>0.375</v>
       </c>
       <c r="F208" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G208" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H208" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="I208" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" s="1">
         <v>46042.0</v>
       </c>
       <c r="B209" t="s">
         <v>46</v>
       </c>
+      <c r="C209" t="s">
+        <v>14</v>
+      </c>
       <c r="D209" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E209" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F209" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G209" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H209" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I209" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>46042.0</v>
       </c>
       <c r="B210" t="s">
         <v>46</v>
       </c>
       <c r="C210" t="s">
         <v>14</v>
       </c>
       <c r="D210" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E210" s="2">
-        <v>0.44791666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F210" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G210" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H210" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I210" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
         <v>46042.0</v>
       </c>
       <c r="B211" t="s">
         <v>46</v>
       </c>
       <c r="C211" t="s">
         <v>14</v>
       </c>
       <c r="D211" s="2">
-        <v>0.45833333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E211" s="2">
-        <v>0.48958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F211" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G211" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H211" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="I211" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>46042.0</v>
       </c>
       <c r="B212" t="s">
         <v>46</v>
       </c>
       <c r="C212" t="s">
         <v>14</v>
       </c>
       <c r="D212" s="2">
-        <v>0.5</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E212" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F212" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G212" t="s">
         <v>16</v>
       </c>
       <c r="H212" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="I212" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B213" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D213" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E213" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F213" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G213" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H213" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="I213" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
         <v>46043.0</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
+      <c r="C214" t="s">
+        <v>14</v>
+      </c>
       <c r="D214" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E214" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F214" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G214" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H214" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I214" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
         <v>46043.0</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>14</v>
       </c>
       <c r="D215" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E215" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F215" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G215" t="s">
         <v>16</v>
       </c>
       <c r="H215" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I215" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="1">
         <v>46043.0</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>14</v>
       </c>
       <c r="D216" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E216" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F216" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G216" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H216" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I216" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="1">
         <v>46043.0</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
-      <c r="C217" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D217" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E217" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F217" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G217" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="H217" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="I217" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B218" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D218" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E218" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F218" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G218" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H218" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="I218" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
         <v>46044.0</v>
       </c>
       <c r="B219" t="s">
         <v>27</v>
       </c>
       <c r="D219" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E219" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F219" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G219" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H219" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I219" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="1">
         <v>46044.0</v>
       </c>
       <c r="B220" t="s">
         <v>27</v>
       </c>
       <c r="D220" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E220" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F220" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G220" t="s">
         <v>11</v>
       </c>
       <c r="H220" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I220" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="1">
         <v>46044.0</v>
       </c>
       <c r="B221" t="s">
         <v>27</v>
       </c>
       <c r="D221" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E221" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F221" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G221" t="s">
         <v>11</v>
       </c>
       <c r="H221" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I221" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="1">
         <v>46044.0</v>
       </c>
       <c r="B222" t="s">
         <v>27</v>
       </c>
       <c r="D222" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E222" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F222" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G222" t="s">
         <v>11</v>
       </c>
       <c r="H222" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I222" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="1">
         <v>46044.0</v>
       </c>
       <c r="B223" t="s">
         <v>27</v>
       </c>
+      <c r="C223" t="s">
+        <v>14</v>
+      </c>
       <c r="D223" s="2">
-        <v>0.60763888888889</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E223" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F223" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G223" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H223" t="s">
         <v>39</v>
       </c>
       <c r="I223" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="1">
         <v>46044.0</v>
       </c>
       <c r="B224" t="s">
         <v>27</v>
       </c>
       <c r="C224" t="s">
         <v>14</v>
       </c>
       <c r="D224" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E224" s="2">
-        <v>0.73611111111111</v>
+        <v>0.8125</v>
       </c>
       <c r="F224" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G224" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H224" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I224" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="1">
-        <v>46044.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B225" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D225" s="2">
-        <v>0.75</v>
+        <v>0.3125</v>
       </c>
       <c r="E225" s="2">
-        <v>0.8125</v>
+        <v>0.375</v>
       </c>
       <c r="F225" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G225" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H225" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="I225" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="1">
         <v>46049.0</v>
       </c>
       <c r="B226" t="s">
         <v>46</v>
       </c>
+      <c r="C226" t="s">
+        <v>14</v>
+      </c>
       <c r="D226" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E226" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F226" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G226" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H226" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I226" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="1">
         <v>46049.0</v>
       </c>
       <c r="B227" t="s">
         <v>46</v>
       </c>
       <c r="C227" t="s">
         <v>14</v>
       </c>
       <c r="D227" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E227" s="2">
-        <v>0.44791666666667</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F227" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G227" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H227" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I227" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="1">
         <v>46049.0</v>
       </c>
       <c r="B228" t="s">
         <v>46</v>
       </c>
       <c r="C228" t="s">
         <v>14</v>
       </c>
       <c r="D228" s="2">
-        <v>0.45833333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E228" s="2">
-        <v>0.48958333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F228" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G228" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H228" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="I228" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="1">
         <v>46049.0</v>
       </c>
       <c r="B229" t="s">
         <v>46</v>
       </c>
       <c r="C229" t="s">
         <v>14</v>
       </c>
       <c r="D229" s="2">
-        <v>0.5</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E229" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F229" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G229" t="s">
         <v>16</v>
       </c>
       <c r="H229" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="I229" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B230" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D230" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E230" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F230" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G230" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H230" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="I230" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
         <v>46050.0</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
+      <c r="C231" t="s">
+        <v>14</v>
+      </c>
       <c r="D231" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E231" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F231" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G231" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H231" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I231" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
         <v>46050.0</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>14</v>
       </c>
       <c r="D232" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E232" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F232" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G232" t="s">
         <v>16</v>
       </c>
       <c r="H232" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I232" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="1">
         <v>46050.0</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>14</v>
       </c>
       <c r="D233" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E233" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F233" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G233" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H233" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I233" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="1">
         <v>46050.0</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
-      <c r="C234" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D234" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E234" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F234" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G234" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="H234" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="I234" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B235" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D235" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E235" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F235" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G235" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H235" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="I235" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="1">
         <v>46051.0</v>
       </c>
       <c r="B236" t="s">
         <v>27</v>
       </c>
       <c r="D236" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E236" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F236" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G236" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H236" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I236" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="1">
         <v>46051.0</v>
       </c>
       <c r="B237" t="s">
         <v>27</v>
       </c>
       <c r="D237" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E237" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F237" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G237" t="s">
         <v>11</v>
       </c>
       <c r="H237" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I237" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="1">
         <v>46051.0</v>
       </c>
       <c r="B238" t="s">
         <v>27</v>
       </c>
       <c r="D238" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E238" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F238" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G238" t="s">
         <v>11</v>
       </c>
       <c r="H238" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I238" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="1">
         <v>46051.0</v>
       </c>
       <c r="B239" t="s">
         <v>27</v>
       </c>
       <c r="D239" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E239" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F239" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G239" t="s">
         <v>11</v>
       </c>
       <c r="H239" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I239" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="1">
         <v>46051.0</v>
       </c>
       <c r="B240" t="s">
         <v>27</v>
       </c>
+      <c r="C240" t="s">
+        <v>14</v>
+      </c>
       <c r="D240" s="2">
-        <v>0.60763888888889</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E240" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F240" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G240" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H240" t="s">
         <v>39</v>
       </c>
       <c r="I240" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="1">
         <v>46051.0</v>
       </c>
       <c r="B241" t="s">
         <v>27</v>
       </c>
       <c r="C241" t="s">
         <v>14</v>
       </c>
       <c r="D241" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E241" s="2">
-        <v>0.73611111111111</v>
+        <v>0.8125</v>
       </c>
       <c r="F241" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G241" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H241" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I241" t="s">
-        <v>42</v>
-[...27 lines deleted...]
-      <c r="I242" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>