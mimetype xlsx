--- v2 (2026-01-01)
+++ v3 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -207,50 +207,59 @@
     <t>Mechanika gruntów (L)</t>
   </si>
   <si>
     <t>mgr inż. Weronika Malinowska; dr hab. inż. Waldemar Szajna, prof. UZ</t>
   </si>
   <si>
     <t>04 A-8</t>
   </si>
   <si>
     <t>22 A-8</t>
   </si>
   <si>
     <t>309 A-8</t>
   </si>
   <si>
     <t>dr inż. Krystyna Urbańska</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Po</t>
   </si>
   <si>
     <t>314 A-8</t>
+  </si>
+  <si>
+    <t>Fizyka budowli (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Wytrzymałość materiałów (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -558,54 +567,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J241"/>
+  <dimension ref="A1:J244"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E241" sqref="E241"/>
+      <selection activeCell="E244" sqref="E244"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6553,729 +6562,807 @@
       </c>
       <c r="C216" t="s">
         <v>14</v>
       </c>
       <c r="D216" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E216" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F216" t="s">
         <v>22</v>
       </c>
       <c r="G216" t="s">
         <v>23</v>
       </c>
       <c r="H216" t="s">
         <v>12</v>
       </c>
       <c r="I216" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B217" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D217" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E217" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F217" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G217" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H217" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="I217" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
         <v>46044.0</v>
       </c>
       <c r="B218" t="s">
         <v>27</v>
       </c>
       <c r="D218" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E218" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F218" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G218" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H218" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I218" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
         <v>46044.0</v>
       </c>
       <c r="B219" t="s">
         <v>27</v>
       </c>
       <c r="D219" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E219" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F219" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G219" t="s">
         <v>11</v>
       </c>
       <c r="H219" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I219" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="1">
         <v>46044.0</v>
       </c>
       <c r="B220" t="s">
         <v>27</v>
       </c>
       <c r="D220" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E220" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F220" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G220" t="s">
         <v>11</v>
       </c>
       <c r="H220" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I220" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="1">
         <v>46044.0</v>
       </c>
       <c r="B221" t="s">
         <v>27</v>
       </c>
       <c r="D221" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E221" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F221" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G221" t="s">
         <v>11</v>
       </c>
       <c r="H221" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I221" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="1">
         <v>46044.0</v>
       </c>
       <c r="B222" t="s">
         <v>27</v>
       </c>
+      <c r="C222" t="s">
+        <v>14</v>
+      </c>
       <c r="D222" s="2">
-        <v>0.60763888888889</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E222" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F222" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G222" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H222" t="s">
         <v>39</v>
       </c>
       <c r="I222" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="1">
         <v>46044.0</v>
       </c>
       <c r="B223" t="s">
         <v>27</v>
       </c>
       <c r="C223" t="s">
         <v>14</v>
       </c>
       <c r="D223" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E223" s="2">
-        <v>0.73611111111111</v>
+        <v>0.8125</v>
       </c>
       <c r="F223" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G223" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H223" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I223" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="1">
-        <v>46044.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B224" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D224" s="2">
-        <v>0.75</v>
+        <v>0.3125</v>
       </c>
       <c r="E224" s="2">
-        <v>0.8125</v>
+        <v>0.375</v>
       </c>
       <c r="F224" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G224" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H224" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="I224" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="1">
         <v>46049.0</v>
       </c>
       <c r="B225" t="s">
         <v>46</v>
       </c>
+      <c r="C225" t="s">
+        <v>14</v>
+      </c>
       <c r="D225" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E225" s="2">
-        <v>0.375</v>
+        <v>0.48958333333333</v>
       </c>
       <c r="F225" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="G225" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H225" t="s">
         <v>48</v>
       </c>
       <c r="I225" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="1">
         <v>46049.0</v>
       </c>
       <c r="B226" t="s">
         <v>46</v>
       </c>
       <c r="C226" t="s">
         <v>14</v>
       </c>
       <c r="D226" s="2">
-        <v>0.38541666666667</v>
+        <v>0.5</v>
       </c>
       <c r="E226" s="2">
-        <v>0.44791666666667</v>
+        <v>0.59375</v>
       </c>
       <c r="F226" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="G226" t="s">
         <v>16</v>
       </c>
       <c r="H226" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="I226" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="1">
         <v>46049.0</v>
       </c>
       <c r="B227" t="s">
         <v>46</v>
       </c>
       <c r="C227" t="s">
         <v>14</v>
       </c>
       <c r="D227" s="2">
-        <v>0.45833333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E227" s="2">
-        <v>0.48958333333333</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F227" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G227" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H227" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I227" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="1">
         <v>46049.0</v>
       </c>
       <c r="B228" t="s">
         <v>46</v>
       </c>
       <c r="C228" t="s">
         <v>14</v>
       </c>
       <c r="D228" s="2">
-        <v>0.5</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E228" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F228" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G228" t="s">
         <v>16</v>
       </c>
       <c r="H228" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="I228" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B229" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D229" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E229" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F229" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G229" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H229" t="s">
-        <v>57</v>
+        <v>12</v>
       </c>
       <c r="I229" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="1">
         <v>46050.0</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
+      <c r="C230" t="s">
+        <v>14</v>
+      </c>
       <c r="D230" s="2">
-        <v>0.3125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E230" s="2">
-        <v>0.375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F230" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G230" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H230" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I230" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
         <v>46050.0</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>14</v>
       </c>
       <c r="D231" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E231" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F231" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G231" t="s">
         <v>16</v>
       </c>
       <c r="H231" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I231" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
         <v>46050.0</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>14</v>
       </c>
       <c r="D232" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E232" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F232" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G232" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H232" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I232" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="1">
         <v>46050.0</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
-      <c r="C233" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D233" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E233" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F233" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G233" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="H233" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="I233" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B234" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D234" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E234" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F234" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G234" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="H234" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="I234" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="1">
         <v>46051.0</v>
       </c>
       <c r="B235" t="s">
         <v>27</v>
       </c>
       <c r="D235" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E235" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F235" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G235" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="H235" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I235" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="1">
         <v>46051.0</v>
       </c>
       <c r="B236" t="s">
         <v>27</v>
       </c>
       <c r="D236" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E236" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F236" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G236" t="s">
         <v>11</v>
       </c>
       <c r="H236" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I236" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="1">
         <v>46051.0</v>
       </c>
       <c r="B237" t="s">
         <v>27</v>
       </c>
       <c r="D237" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E237" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F237" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G237" t="s">
         <v>11</v>
       </c>
       <c r="H237" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I237" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="1">
         <v>46051.0</v>
       </c>
       <c r="B238" t="s">
         <v>27</v>
       </c>
       <c r="D238" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E238" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F238" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G238" t="s">
         <v>11</v>
       </c>
       <c r="H238" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="I238" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="1">
         <v>46051.0</v>
       </c>
       <c r="B239" t="s">
         <v>27</v>
       </c>
+      <c r="C239" t="s">
+        <v>14</v>
+      </c>
       <c r="D239" s="2">
-        <v>0.60763888888889</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E239" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73611111111111</v>
       </c>
       <c r="F239" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G239" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H239" t="s">
         <v>39</v>
       </c>
       <c r="I239" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="1">
         <v>46051.0</v>
       </c>
       <c r="B240" t="s">
         <v>27</v>
       </c>
       <c r="C240" t="s">
         <v>14</v>
       </c>
       <c r="D240" s="2">
-        <v>0.67708333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E240" s="2">
-        <v>0.73611111111111</v>
+        <v>0.8125</v>
       </c>
       <c r="F240" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G240" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H240" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I240" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="1">
-        <v>46051.0</v>
+        <v>46056.0</v>
       </c>
       <c r="B241" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D241" s="2">
-        <v>0.75</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E241" s="2">
-        <v>0.8125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F241" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="G241" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="H241" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="I241" t="s">
-        <v>45</v>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10">
+      <c r="A242" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B242" t="s">
+        <v>63</v>
+      </c>
+      <c r="D242" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E242" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F242" t="s">
+        <v>67</v>
+      </c>
+      <c r="G242" t="s">
+        <v>66</v>
+      </c>
+      <c r="H242" t="s">
+        <v>35</v>
+      </c>
+      <c r="I242" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10">
+      <c r="A243" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B243" t="s">
+        <v>46</v>
+      </c>
+      <c r="D243" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E243" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="F243" t="s">
+        <v>65</v>
+      </c>
+      <c r="G243" t="s">
+        <v>66</v>
+      </c>
+      <c r="H243" t="s">
+        <v>17</v>
+      </c>
+      <c r="I243" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10">
+      <c r="A244" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B244" t="s">
+        <v>46</v>
+      </c>
+      <c r="D244" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E244" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F244" t="s">
+        <v>67</v>
+      </c>
+      <c r="G244" t="s">
+        <v>66</v>
+      </c>
+      <c r="H244" t="s">
+        <v>35</v>
+      </c>
+      <c r="I244" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>