--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -192,50 +192,59 @@
     <t>107 A-8</t>
   </si>
   <si>
     <t>02a C-2</t>
   </si>
   <si>
     <t>Mechanika gruntów (L)</t>
   </si>
   <si>
     <t>mgr inż. Weronika Malinowska; dr hab. inż. Waldemar Szajna, prof. UZ</t>
   </si>
   <si>
     <t>04 A-8</t>
   </si>
   <si>
     <t>Wytrzymałość materiałów (L)</t>
   </si>
   <si>
     <t>Podstawy projektowania (P)</t>
   </si>
   <si>
     <t>Instalacje budowlane W1 (P)</t>
   </si>
   <si>
     <t>114 A-12</t>
+  </si>
+  <si>
+    <t>22 A-8</t>
+  </si>
+  <si>
+    <t>309 A-8</t>
+  </si>
+  <si>
+    <t>dr inż. Krystyna Urbańska</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -2020,51 +2029,51 @@
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
         <v>45945.0</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="2">
         <v>0.3125</v>
       </c>
       <c r="E52" s="2">
         <v>0.375</v>
       </c>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52" t="s">
         <v>11</v>
       </c>
       <c r="H52" t="s">
         <v>12</v>
       </c>
       <c r="I52" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>45945.0</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>14</v>
       </c>
       <c r="D53" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E53" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F53" t="s">
         <v>15</v>
       </c>
       <c r="G53" t="s">
         <v>16</v>
       </c>
       <c r="H53" t="s">
@@ -2431,80 +2440,80 @@
       <c r="A67" s="1">
         <v>45951.0</v>
       </c>
       <c r="B67" t="s">
         <v>44</v>
       </c>
       <c r="C67" t="s">
         <v>14</v>
       </c>
       <c r="D67" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E67" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F67" t="s">
         <v>47</v>
       </c>
       <c r="G67" t="s">
         <v>20</v>
       </c>
       <c r="H67" t="s">
         <v>46</v>
       </c>
       <c r="I67" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>45951.0</v>
       </c>
       <c r="B68" t="s">
         <v>44</v>
       </c>
       <c r="C68" t="s">
         <v>22</v>
       </c>
       <c r="D68" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E68" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F68" t="s">
         <v>47</v>
       </c>
       <c r="G68" t="s">
         <v>20</v>
       </c>
       <c r="H68" t="s">
         <v>46</v>
       </c>
       <c r="I68" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>45951.0</v>
       </c>
       <c r="B69" t="s">
         <v>44</v>
       </c>
       <c r="C69" t="s">
         <v>14</v>
       </c>
       <c r="D69" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E69" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F69" t="s">
         <v>49</v>
       </c>
       <c r="G69" t="s">
         <v>24</v>
       </c>
       <c r="H69" t="s">
@@ -2689,254 +2698,254 @@
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>45952.0</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="2">
         <v>0.3125</v>
       </c>
       <c r="E76" s="2">
         <v>0.375</v>
       </c>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76" t="s">
         <v>11</v>
       </c>
       <c r="H76" t="s">
         <v>12</v>
       </c>
       <c r="I76" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>45952.0</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D77" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E77" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F77" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="G77" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H77" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I77" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>45952.0</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>14</v>
       </c>
       <c r="D78" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E78" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F78" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G78" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H78" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I78" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>45952.0</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D79" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E79" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F79" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G79" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H79" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I79" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>45952.0</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>22</v>
       </c>
       <c r="D80" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E80" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F80" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G80" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H80" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I80" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>45952.0</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D81" s="2">
         <v>0.53125</v>
       </c>
       <c r="E81" s="2">
         <v>0.59375</v>
       </c>
       <c r="F81" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="G81" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H81" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="I81" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>45952.0</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>14</v>
       </c>
       <c r="D82" s="2">
-        <v>0.59722222222222</v>
+        <v>0.53125</v>
       </c>
       <c r="E82" s="2">
-        <v>0.65972222222222</v>
+        <v>0.59375</v>
       </c>
       <c r="F82" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G82" t="s">
         <v>24</v>
       </c>
       <c r="H82" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I82" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>45952.0</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D83" s="2">
-        <v>0.60416666666667</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E83" s="2">
-        <v>0.66666666666667</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F83" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G83" t="s">
         <v>24</v>
       </c>
       <c r="H83" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I83" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>45952.0</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E84" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F84" t="s">
         <v>30</v>
       </c>
       <c r="G84" t="s">
         <v>11</v>
       </c>
       <c r="I84" t="s">
         <v>31</v>
       </c>
     </row>
@@ -3164,80 +3173,80 @@
       <c r="A93" s="1">
         <v>45958.0</v>
       </c>
       <c r="B93" t="s">
         <v>44</v>
       </c>
       <c r="C93" t="s">
         <v>14</v>
       </c>
       <c r="D93" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E93" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F93" t="s">
         <v>47</v>
       </c>
       <c r="G93" t="s">
         <v>20</v>
       </c>
       <c r="H93" t="s">
         <v>46</v>
       </c>
       <c r="I93" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>45958.0</v>
       </c>
       <c r="B94" t="s">
         <v>44</v>
       </c>
       <c r="C94" t="s">
         <v>22</v>
       </c>
       <c r="D94" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E94" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F94" t="s">
         <v>47</v>
       </c>
       <c r="G94" t="s">
         <v>20</v>
       </c>
       <c r="H94" t="s">
         <v>46</v>
       </c>
       <c r="I94" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>45958.0</v>
       </c>
       <c r="B95" t="s">
         <v>44</v>
       </c>
       <c r="C95" t="s">
         <v>14</v>
       </c>
       <c r="D95" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E95" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F95" t="s">
         <v>49</v>
       </c>
       <c r="G95" t="s">
         <v>24</v>
       </c>
       <c r="H95" t="s">
@@ -3422,254 +3431,254 @@
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>45959.0</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="2">
         <v>0.3125</v>
       </c>
       <c r="E102" s="2">
         <v>0.375</v>
       </c>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102" t="s">
         <v>11</v>
       </c>
       <c r="H102" t="s">
         <v>12</v>
       </c>
       <c r="I102" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>45959.0</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D103" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E103" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F103" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="G103" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H103" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I103" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>45959.0</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>14</v>
       </c>
       <c r="D104" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E104" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F104" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G104" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H104" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I104" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>45959.0</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D105" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E105" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F105" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G105" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H105" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I105" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>45959.0</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>22</v>
       </c>
       <c r="D106" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E106" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F106" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G106" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H106" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I106" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>45959.0</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D107" s="2">
         <v>0.53125</v>
       </c>
       <c r="E107" s="2">
         <v>0.59375</v>
       </c>
       <c r="F107" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="G107" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H107" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="I107" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>45959.0</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>14</v>
       </c>
       <c r="D108" s="2">
-        <v>0.59722222222222</v>
+        <v>0.53125</v>
       </c>
       <c r="E108" s="2">
-        <v>0.65972222222222</v>
+        <v>0.59375</v>
       </c>
       <c r="F108" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G108" t="s">
         <v>24</v>
       </c>
       <c r="H108" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I108" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>45959.0</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D109" s="2">
-        <v>0.60416666666667</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E109" s="2">
-        <v>0.66666666666667</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F109" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G109" t="s">
         <v>24</v>
       </c>
       <c r="H109" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I109" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>45959.0</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="D110" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E110" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F110" t="s">
         <v>30</v>
       </c>
       <c r="G110" t="s">
         <v>11</v>
       </c>
       <c r="I110" t="s">
         <v>31</v>
       </c>
     </row>
@@ -3833,80 +3842,80 @@
       <c r="A117" s="1">
         <v>45965.0</v>
       </c>
       <c r="B117" t="s">
         <v>44</v>
       </c>
       <c r="C117" t="s">
         <v>14</v>
       </c>
       <c r="D117" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E117" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F117" t="s">
         <v>47</v>
       </c>
       <c r="G117" t="s">
         <v>20</v>
       </c>
       <c r="H117" t="s">
         <v>46</v>
       </c>
       <c r="I117" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>45965.0</v>
       </c>
       <c r="B118" t="s">
         <v>44</v>
       </c>
       <c r="C118" t="s">
         <v>22</v>
       </c>
       <c r="D118" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E118" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F118" t="s">
         <v>47</v>
       </c>
       <c r="G118" t="s">
         <v>20</v>
       </c>
       <c r="H118" t="s">
         <v>46</v>
       </c>
       <c r="I118" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>45965.0</v>
       </c>
       <c r="B119" t="s">
         <v>44</v>
       </c>
       <c r="C119" t="s">
         <v>14</v>
       </c>
       <c r="D119" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E119" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F119" t="s">
         <v>49</v>
       </c>
       <c r="G119" t="s">
         <v>24</v>
       </c>
       <c r="H119" t="s">
@@ -4091,51 +4100,51 @@
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>45966.0</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="D126" s="2">
         <v>0.3125</v>
       </c>
       <c r="E126" s="2">
         <v>0.375</v>
       </c>
       <c r="F126" t="s">
         <v>10</v>
       </c>
       <c r="G126" t="s">
         <v>11</v>
       </c>
       <c r="H126" t="s">
         <v>12</v>
       </c>
       <c r="I126" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
         <v>45966.0</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>14</v>
       </c>
       <c r="D127" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E127" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F127" t="s">
         <v>15</v>
       </c>
       <c r="G127" t="s">
         <v>16</v>
       </c>
       <c r="H127" t="s">
@@ -4537,51 +4546,51 @@
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>45973.0</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="D142" s="2">
         <v>0.3125</v>
       </c>
       <c r="E142" s="2">
         <v>0.375</v>
       </c>
       <c r="F142" t="s">
         <v>10</v>
       </c>
       <c r="G142" t="s">
         <v>11</v>
       </c>
       <c r="H142" t="s">
         <v>12</v>
       </c>
       <c r="I142" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
         <v>45973.0</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>14</v>
       </c>
       <c r="D143" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E143" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F143" t="s">
         <v>15</v>
       </c>
       <c r="G143" t="s">
         <v>16</v>
       </c>
       <c r="H143" t="s">
@@ -4762,318 +4771,321 @@
         <v>28</v>
       </c>
       <c r="I149" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>45973.0</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="D150" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E150" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F150" t="s">
         <v>30</v>
       </c>
       <c r="G150" t="s">
         <v>11</v>
       </c>
+      <c r="H150" t="s">
+        <v>62</v>
+      </c>
       <c r="I150" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>45975.0</v>
       </c>
       <c r="B151" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="D151" s="2">
         <v>0.3125</v>
       </c>
       <c r="E151" s="2">
         <v>0.375</v>
       </c>
       <c r="F151" t="s">
         <v>45</v>
       </c>
       <c r="G151" t="s">
         <v>11</v>
       </c>
       <c r="H151" t="s">
         <v>46</v>
       </c>
       <c r="I151" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
         <v>45975.0</v>
       </c>
       <c r="B152" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C152" t="s">
         <v>14</v>
       </c>
       <c r="D152" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E152" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F152" t="s">
         <v>47</v>
       </c>
       <c r="G152" t="s">
         <v>20</v>
       </c>
       <c r="H152" t="s">
         <v>46</v>
       </c>
       <c r="I152" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
         <v>45975.0</v>
       </c>
       <c r="B153" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C153" t="s">
         <v>22</v>
       </c>
       <c r="D153" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E153" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F153" t="s">
         <v>47</v>
       </c>
       <c r="G153" t="s">
         <v>20</v>
       </c>
       <c r="H153" t="s">
         <v>46</v>
       </c>
       <c r="I153" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
         <v>45975.0</v>
       </c>
       <c r="B154" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C154" t="s">
         <v>14</v>
       </c>
       <c r="D154" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E154" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F154" t="s">
         <v>49</v>
       </c>
       <c r="G154" t="s">
         <v>24</v>
       </c>
       <c r="H154" t="s">
         <v>50</v>
       </c>
       <c r="I154" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>45975.0</v>
       </c>
       <c r="B155" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C155" t="s">
         <v>22</v>
       </c>
       <c r="D155" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E155" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F155" t="s">
         <v>15</v>
       </c>
       <c r="G155" t="s">
         <v>16</v>
       </c>
       <c r="H155" t="s">
         <v>17</v>
       </c>
       <c r="I155" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>45975.0</v>
       </c>
       <c r="B156" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C156" t="s">
         <v>22</v>
       </c>
       <c r="D156" s="2">
         <v>0.53125</v>
       </c>
       <c r="E156" s="2">
         <v>0.59375</v>
       </c>
       <c r="F156" t="s">
         <v>49</v>
       </c>
       <c r="G156" t="s">
         <v>24</v>
       </c>
       <c r="H156" t="s">
         <v>50</v>
       </c>
       <c r="I156" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>45975.0</v>
       </c>
       <c r="B157" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C157" t="s">
         <v>14</v>
       </c>
       <c r="D157" s="2">
         <v>0.53125</v>
       </c>
       <c r="E157" s="2">
         <v>0.59375</v>
       </c>
       <c r="F157" t="s">
         <v>53</v>
       </c>
       <c r="G157" t="s">
         <v>24</v>
       </c>
       <c r="H157" t="s">
         <v>54</v>
       </c>
       <c r="I157" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>45975.0</v>
       </c>
       <c r="B158" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C158" t="s">
         <v>22</v>
       </c>
       <c r="D158" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E158" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F158" t="s">
         <v>53</v>
       </c>
       <c r="G158" t="s">
         <v>24</v>
       </c>
       <c r="H158" t="s">
         <v>54</v>
       </c>
       <c r="I158" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>45975.0</v>
       </c>
       <c r="B159" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C159" t="s">
         <v>14</v>
       </c>
       <c r="D159" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E159" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="F159" t="s">
         <v>56</v>
       </c>
       <c r="G159" t="s">
         <v>24</v>
       </c>
       <c r="H159" t="s">
         <v>36</v>
       </c>
       <c r="I159" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>45975.0</v>
       </c>
       <c r="B160" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C160" t="s">
         <v>22</v>
       </c>
       <c r="D160" s="2">
         <v>0.70833333333333</v>
       </c>
       <c r="E160" s="2">
         <v>0.80208333333333</v>
       </c>
       <c r="F160" t="s">
         <v>56</v>
       </c>
       <c r="G160" t="s">
         <v>24</v>
       </c>
       <c r="H160" t="s">
         <v>36</v>
       </c>
       <c r="I160" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
@@ -5105,80 +5117,80 @@
       <c r="A162" s="1">
         <v>45979.0</v>
       </c>
       <c r="B162" t="s">
         <v>44</v>
       </c>
       <c r="C162" t="s">
         <v>14</v>
       </c>
       <c r="D162" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E162" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F162" t="s">
         <v>47</v>
       </c>
       <c r="G162" t="s">
         <v>20</v>
       </c>
       <c r="H162" t="s">
         <v>46</v>
       </c>
       <c r="I162" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>45979.0</v>
       </c>
       <c r="B163" t="s">
         <v>44</v>
       </c>
       <c r="C163" t="s">
         <v>22</v>
       </c>
       <c r="D163" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E163" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F163" t="s">
         <v>47</v>
       </c>
       <c r="G163" t="s">
         <v>20</v>
       </c>
       <c r="H163" t="s">
         <v>46</v>
       </c>
       <c r="I163" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
         <v>45979.0</v>
       </c>
       <c r="B164" t="s">
         <v>44</v>
       </c>
       <c r="C164" t="s">
         <v>14</v>
       </c>
       <c r="D164" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E164" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F164" t="s">
         <v>49</v>
       </c>
       <c r="G164" t="s">
         <v>24</v>
       </c>
       <c r="H164" t="s">
@@ -5363,51 +5375,51 @@
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>45980.0</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="D171" s="2">
         <v>0.3125</v>
       </c>
       <c r="E171" s="2">
         <v>0.375</v>
       </c>
       <c r="F171" t="s">
         <v>10</v>
       </c>
       <c r="G171" t="s">
         <v>11</v>
       </c>
       <c r="H171" t="s">
         <v>12</v>
       </c>
       <c r="I171" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
         <v>45980.0</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>14</v>
       </c>
       <c r="D172" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E172" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F172" t="s">
         <v>15</v>
       </c>
       <c r="G172" t="s">
         <v>16</v>
       </c>
       <c r="H172" t="s">
@@ -5588,50 +5600,53 @@
         <v>28</v>
       </c>
       <c r="I178" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>45980.0</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="D179" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E179" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F179" t="s">
         <v>30</v>
       </c>
       <c r="G179" t="s">
         <v>11</v>
       </c>
+      <c r="H179" t="s">
+        <v>62</v>
+      </c>
       <c r="I179" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>45981.0</v>
       </c>
       <c r="B180" t="s">
         <v>32</v>
       </c>
       <c r="D180" s="2">
         <v>0.3125</v>
       </c>
       <c r="E180" s="2">
         <v>0.375</v>
       </c>
       <c r="F180" t="s">
         <v>33</v>
       </c>
       <c r="G180" t="s">
         <v>16</v>
       </c>
       <c r="H180" t="s">
         <v>34</v>
@@ -5838,80 +5853,80 @@
       <c r="A188" s="1">
         <v>45986.0</v>
       </c>
       <c r="B188" t="s">
         <v>44</v>
       </c>
       <c r="C188" t="s">
         <v>14</v>
       </c>
       <c r="D188" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E188" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F188" t="s">
         <v>47</v>
       </c>
       <c r="G188" t="s">
         <v>20</v>
       </c>
       <c r="H188" t="s">
         <v>46</v>
       </c>
       <c r="I188" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>45986.0</v>
       </c>
       <c r="B189" t="s">
         <v>44</v>
       </c>
       <c r="C189" t="s">
         <v>22</v>
       </c>
       <c r="D189" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E189" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F189" t="s">
         <v>47</v>
       </c>
       <c r="G189" t="s">
         <v>20</v>
       </c>
       <c r="H189" t="s">
         <v>46</v>
       </c>
       <c r="I189" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>45986.0</v>
       </c>
       <c r="B190" t="s">
         <v>44</v>
       </c>
       <c r="C190" t="s">
         <v>14</v>
       </c>
       <c r="D190" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E190" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F190" t="s">
         <v>49</v>
       </c>
       <c r="G190" t="s">
         <v>24</v>
       </c>
       <c r="H190" t="s">
@@ -6096,51 +6111,51 @@
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
         <v>45987.0</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="D197" s="2">
         <v>0.3125</v>
       </c>
       <c r="E197" s="2">
         <v>0.375</v>
       </c>
       <c r="F197" t="s">
         <v>10</v>
       </c>
       <c r="G197" t="s">
         <v>11</v>
       </c>
       <c r="H197" t="s">
         <v>12</v>
       </c>
       <c r="I197" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="1">
         <v>45987.0</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>14</v>
       </c>
       <c r="D198" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E198" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F198" t="s">
         <v>15</v>
       </c>
       <c r="G198" t="s">
         <v>16</v>
       </c>
       <c r="H198" t="s">
@@ -6321,50 +6336,53 @@
         <v>28</v>
       </c>
       <c r="I204" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
         <v>45987.0</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="D205" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E205" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F205" t="s">
         <v>30</v>
       </c>
       <c r="G205" t="s">
         <v>11</v>
       </c>
+      <c r="H205" t="s">
+        <v>62</v>
+      </c>
       <c r="I205" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
         <v>45988.0</v>
       </c>
       <c r="B206" t="s">
         <v>32</v>
       </c>
       <c r="D206" s="2">
         <v>0.3125</v>
       </c>
       <c r="E206" s="2">
         <v>0.375</v>
       </c>
       <c r="F206" t="s">
         <v>33</v>
       </c>
       <c r="G206" t="s">
         <v>16</v>
       </c>
       <c r="H206" t="s">
         <v>34</v>
@@ -6507,80 +6525,80 @@
       <c r="A212" s="1">
         <v>45993.0</v>
       </c>
       <c r="B212" t="s">
         <v>44</v>
       </c>
       <c r="C212" t="s">
         <v>14</v>
       </c>
       <c r="D212" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E212" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F212" t="s">
         <v>47</v>
       </c>
       <c r="G212" t="s">
         <v>20</v>
       </c>
       <c r="H212" t="s">
         <v>46</v>
       </c>
       <c r="I212" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
         <v>45993.0</v>
       </c>
       <c r="B213" t="s">
         <v>44</v>
       </c>
       <c r="C213" t="s">
         <v>22</v>
       </c>
       <c r="D213" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E213" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F213" t="s">
         <v>47</v>
       </c>
       <c r="G213" t="s">
         <v>20</v>
       </c>
       <c r="H213" t="s">
         <v>46</v>
       </c>
       <c r="I213" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
         <v>45993.0</v>
       </c>
       <c r="B214" t="s">
         <v>44</v>
       </c>
       <c r="C214" t="s">
         <v>14</v>
       </c>
       <c r="D214" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E214" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F214" t="s">
         <v>49</v>
       </c>
       <c r="G214" t="s">
         <v>24</v>
       </c>
       <c r="H214" t="s">
@@ -6765,51 +6783,51 @@
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="1">
         <v>45994.0</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="D221" s="2">
         <v>0.3125</v>
       </c>
       <c r="E221" s="2">
         <v>0.375</v>
       </c>
       <c r="F221" t="s">
         <v>10</v>
       </c>
       <c r="G221" t="s">
         <v>11</v>
       </c>
       <c r="H221" t="s">
         <v>12</v>
       </c>
       <c r="I221" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="1">
         <v>45994.0</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>14</v>
       </c>
       <c r="D222" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E222" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F222" t="s">
         <v>15</v>
       </c>
       <c r="G222" t="s">
         <v>16</v>
       </c>
       <c r="H222" t="s">
@@ -6990,50 +7008,53 @@
         <v>28</v>
       </c>
       <c r="I228" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="1">
         <v>45994.0</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="D229" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E229" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F229" t="s">
         <v>30</v>
       </c>
       <c r="G229" t="s">
         <v>11</v>
       </c>
+      <c r="H229" t="s">
+        <v>62</v>
+      </c>
       <c r="I229" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="1">
         <v>45995.0</v>
       </c>
       <c r="B230" t="s">
         <v>32</v>
       </c>
       <c r="D230" s="2">
         <v>0.3125</v>
       </c>
       <c r="E230" s="2">
         <v>0.375</v>
       </c>
       <c r="F230" t="s">
         <v>33</v>
       </c>
       <c r="G230" t="s">
         <v>16</v>
       </c>
       <c r="H230" t="s">
         <v>34</v>
@@ -7240,80 +7261,80 @@
       <c r="A238" s="1">
         <v>46000.0</v>
       </c>
       <c r="B238" t="s">
         <v>44</v>
       </c>
       <c r="C238" t="s">
         <v>14</v>
       </c>
       <c r="D238" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E238" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F238" t="s">
         <v>47</v>
       </c>
       <c r="G238" t="s">
         <v>20</v>
       </c>
       <c r="H238" t="s">
         <v>46</v>
       </c>
       <c r="I238" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="1">
         <v>46000.0</v>
       </c>
       <c r="B239" t="s">
         <v>44</v>
       </c>
       <c r="C239" t="s">
         <v>22</v>
       </c>
       <c r="D239" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E239" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F239" t="s">
         <v>47</v>
       </c>
       <c r="G239" t="s">
         <v>20</v>
       </c>
       <c r="H239" t="s">
         <v>46</v>
       </c>
       <c r="I239" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="1">
         <v>46000.0</v>
       </c>
       <c r="B240" t="s">
         <v>44</v>
       </c>
       <c r="C240" t="s">
         <v>14</v>
       </c>
       <c r="D240" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E240" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F240" t="s">
         <v>49</v>
       </c>
       <c r="G240" t="s">
         <v>24</v>
       </c>
       <c r="H240" t="s">
@@ -7498,51 +7519,51 @@
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="1">
         <v>46001.0</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="D247" s="2">
         <v>0.3125</v>
       </c>
       <c r="E247" s="2">
         <v>0.375</v>
       </c>
       <c r="F247" t="s">
         <v>10</v>
       </c>
       <c r="G247" t="s">
         <v>11</v>
       </c>
       <c r="H247" t="s">
         <v>12</v>
       </c>
       <c r="I247" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="1">
         <v>46001.0</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>14</v>
       </c>
       <c r="D248" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E248" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F248" t="s">
         <v>15</v>
       </c>
       <c r="G248" t="s">
         <v>16</v>
       </c>
       <c r="H248" t="s">
@@ -7723,50 +7744,53 @@
         <v>28</v>
       </c>
       <c r="I254" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="1">
         <v>46001.0</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="D255" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E255" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F255" t="s">
         <v>30</v>
       </c>
       <c r="G255" t="s">
         <v>11</v>
       </c>
+      <c r="H255" t="s">
+        <v>62</v>
+      </c>
       <c r="I255" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="1">
         <v>46002.0</v>
       </c>
       <c r="B256" t="s">
         <v>32</v>
       </c>
       <c r="D256" s="2">
         <v>0.3125</v>
       </c>
       <c r="E256" s="2">
         <v>0.375</v>
       </c>
       <c r="F256" t="s">
         <v>33</v>
       </c>
       <c r="G256" t="s">
         <v>16</v>
       </c>
       <c r="H256" t="s">
         <v>34</v>
@@ -7909,80 +7933,80 @@
       <c r="A262" s="1">
         <v>46007.0</v>
       </c>
       <c r="B262" t="s">
         <v>44</v>
       </c>
       <c r="C262" t="s">
         <v>14</v>
       </c>
       <c r="D262" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E262" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F262" t="s">
         <v>47</v>
       </c>
       <c r="G262" t="s">
         <v>20</v>
       </c>
       <c r="H262" t="s">
         <v>46</v>
       </c>
       <c r="I262" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="1">
         <v>46007.0</v>
       </c>
       <c r="B263" t="s">
         <v>44</v>
       </c>
       <c r="C263" t="s">
         <v>22</v>
       </c>
       <c r="D263" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E263" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F263" t="s">
         <v>47</v>
       </c>
       <c r="G263" t="s">
         <v>20</v>
       </c>
       <c r="H263" t="s">
         <v>46</v>
       </c>
       <c r="I263" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
         <v>46007.0</v>
       </c>
       <c r="B264" t="s">
         <v>44</v>
       </c>
       <c r="C264" t="s">
         <v>14</v>
       </c>
       <c r="D264" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E264" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F264" t="s">
         <v>49</v>
       </c>
       <c r="G264" t="s">
         <v>24</v>
       </c>
       <c r="H264" t="s">
@@ -8167,51 +8191,51 @@
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
         <v>46008.0</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="D271" s="2">
         <v>0.3125</v>
       </c>
       <c r="E271" s="2">
         <v>0.375</v>
       </c>
       <c r="F271" t="s">
         <v>10</v>
       </c>
       <c r="G271" t="s">
         <v>11</v>
       </c>
       <c r="H271" t="s">
         <v>12</v>
       </c>
       <c r="I271" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="1">
         <v>46008.0</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>14</v>
       </c>
       <c r="D272" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E272" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F272" t="s">
         <v>15</v>
       </c>
       <c r="G272" t="s">
         <v>16</v>
       </c>
       <c r="H272" t="s">
@@ -8392,50 +8416,53 @@
         <v>28</v>
       </c>
       <c r="I278" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="1">
         <v>46008.0</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="D279" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E279" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F279" t="s">
         <v>30</v>
       </c>
       <c r="G279" t="s">
         <v>11</v>
       </c>
+      <c r="H279" t="s">
+        <v>62</v>
+      </c>
       <c r="I279" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="1">
         <v>46009.0</v>
       </c>
       <c r="B280" t="s">
         <v>32</v>
       </c>
       <c r="D280" s="2">
         <v>0.3125</v>
       </c>
       <c r="E280" s="2">
         <v>0.375</v>
       </c>
       <c r="F280" t="s">
         <v>33</v>
       </c>
       <c r="G280" t="s">
         <v>16</v>
       </c>
       <c r="H280" t="s">
         <v>34</v>
@@ -8642,80 +8669,80 @@
       <c r="A288" s="1">
         <v>46029.0</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
         <v>14</v>
       </c>
       <c r="D288" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E288" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F288" t="s">
         <v>47</v>
       </c>
       <c r="G288" t="s">
         <v>20</v>
       </c>
       <c r="H288" t="s">
         <v>46</v>
       </c>
       <c r="I288" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="1">
         <v>46029.0</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
         <v>22</v>
       </c>
       <c r="D289" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E289" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F289" t="s">
         <v>47</v>
       </c>
       <c r="G289" t="s">
         <v>20</v>
       </c>
       <c r="H289" t="s">
         <v>46</v>
       </c>
       <c r="I289" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="1">
         <v>46029.0</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>14</v>
       </c>
       <c r="D290" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E290" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F290" t="s">
         <v>49</v>
       </c>
       <c r="G290" t="s">
         <v>24</v>
       </c>
       <c r="H290" t="s">
@@ -9059,80 +9086,80 @@
       <c r="A303" s="1">
         <v>46035.0</v>
       </c>
       <c r="B303" t="s">
         <v>44</v>
       </c>
       <c r="C303" t="s">
         <v>14</v>
       </c>
       <c r="D303" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E303" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F303" t="s">
         <v>47</v>
       </c>
       <c r="G303" t="s">
         <v>20</v>
       </c>
       <c r="H303" t="s">
         <v>46</v>
       </c>
       <c r="I303" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="1">
         <v>46035.0</v>
       </c>
       <c r="B304" t="s">
         <v>44</v>
       </c>
       <c r="C304" t="s">
         <v>22</v>
       </c>
       <c r="D304" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E304" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F304" t="s">
         <v>47</v>
       </c>
       <c r="G304" t="s">
         <v>20</v>
       </c>
       <c r="H304" t="s">
         <v>46</v>
       </c>
       <c r="I304" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="1">
         <v>46035.0</v>
       </c>
       <c r="B305" t="s">
         <v>44</v>
       </c>
       <c r="C305" t="s">
         <v>14</v>
       </c>
       <c r="D305" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E305" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F305" t="s">
         <v>49</v>
       </c>
       <c r="G305" t="s">
         <v>24</v>
       </c>
       <c r="H305" t="s">
@@ -9317,51 +9344,51 @@
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="1">
         <v>46036.0</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="D312" s="2">
         <v>0.3125</v>
       </c>
       <c r="E312" s="2">
         <v>0.375</v>
       </c>
       <c r="F312" t="s">
         <v>10</v>
       </c>
       <c r="G312" t="s">
         <v>11</v>
       </c>
       <c r="H312" t="s">
         <v>12</v>
       </c>
       <c r="I312" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="1">
         <v>46036.0</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>14</v>
       </c>
       <c r="D313" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E313" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F313" t="s">
         <v>15</v>
       </c>
       <c r="G313" t="s">
         <v>16</v>
       </c>
       <c r="H313" t="s">
@@ -9542,50 +9569,53 @@
         <v>28</v>
       </c>
       <c r="I319" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="1">
         <v>46036.0</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="D320" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E320" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F320" t="s">
         <v>30</v>
       </c>
       <c r="G320" t="s">
         <v>11</v>
       </c>
+      <c r="H320" t="s">
+        <v>62</v>
+      </c>
       <c r="I320" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="1">
         <v>46037.0</v>
       </c>
       <c r="B321" t="s">
         <v>32</v>
       </c>
       <c r="D321" s="2">
         <v>0.3125</v>
       </c>
       <c r="E321" s="2">
         <v>0.375</v>
       </c>
       <c r="F321" t="s">
         <v>33</v>
       </c>
       <c r="G321" t="s">
         <v>16</v>
       </c>
       <c r="H321" t="s">
         <v>34</v>
@@ -9792,80 +9822,80 @@
       <c r="A329" s="1">
         <v>46042.0</v>
       </c>
       <c r="B329" t="s">
         <v>44</v>
       </c>
       <c r="C329" t="s">
         <v>14</v>
       </c>
       <c r="D329" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E329" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F329" t="s">
         <v>47</v>
       </c>
       <c r="G329" t="s">
         <v>20</v>
       </c>
       <c r="H329" t="s">
         <v>46</v>
       </c>
       <c r="I329" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="1">
         <v>46042.0</v>
       </c>
       <c r="B330" t="s">
         <v>44</v>
       </c>
       <c r="C330" t="s">
         <v>22</v>
       </c>
       <c r="D330" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E330" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F330" t="s">
         <v>47</v>
       </c>
       <c r="G330" t="s">
         <v>20</v>
       </c>
       <c r="H330" t="s">
         <v>46</v>
       </c>
       <c r="I330" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="1">
         <v>46042.0</v>
       </c>
       <c r="B331" t="s">
         <v>44</v>
       </c>
       <c r="C331" t="s">
         <v>14</v>
       </c>
       <c r="D331" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E331" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F331" t="s">
         <v>49</v>
       </c>
       <c r="G331" t="s">
         <v>24</v>
       </c>
       <c r="H331" t="s">
@@ -10050,51 +10080,51 @@
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="1">
         <v>46043.0</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="D338" s="2">
         <v>0.3125</v>
       </c>
       <c r="E338" s="2">
         <v>0.375</v>
       </c>
       <c r="F338" t="s">
         <v>10</v>
       </c>
       <c r="G338" t="s">
         <v>11</v>
       </c>
       <c r="H338" t="s">
         <v>12</v>
       </c>
       <c r="I338" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="1">
         <v>46043.0</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>14</v>
       </c>
       <c r="D339" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E339" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F339" t="s">
         <v>15</v>
       </c>
       <c r="G339" t="s">
         <v>16</v>
       </c>
       <c r="H339" t="s">
@@ -10275,50 +10305,53 @@
         <v>28</v>
       </c>
       <c r="I345" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="1">
         <v>46043.0</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="D346" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E346" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F346" t="s">
         <v>30</v>
       </c>
       <c r="G346" t="s">
         <v>11</v>
       </c>
+      <c r="H346" t="s">
+        <v>62</v>
+      </c>
       <c r="I346" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="1">
         <v>46044.0</v>
       </c>
       <c r="B347" t="s">
         <v>32</v>
       </c>
       <c r="D347" s="2">
         <v>0.3125</v>
       </c>
       <c r="E347" s="2">
         <v>0.375</v>
       </c>
       <c r="F347" t="s">
         <v>33</v>
       </c>
       <c r="G347" t="s">
         <v>16</v>
       </c>
       <c r="H347" t="s">
         <v>34</v>
@@ -10461,80 +10494,80 @@
       <c r="A353" s="1">
         <v>46049.0</v>
       </c>
       <c r="B353" t="s">
         <v>44</v>
       </c>
       <c r="C353" t="s">
         <v>14</v>
       </c>
       <c r="D353" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E353" s="2">
         <v>0.41666666666667</v>
       </c>
       <c r="F353" t="s">
         <v>47</v>
       </c>
       <c r="G353" t="s">
         <v>20</v>
       </c>
       <c r="H353" t="s">
         <v>46</v>
       </c>
       <c r="I353" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="1">
         <v>46049.0</v>
       </c>
       <c r="B354" t="s">
         <v>44</v>
       </c>
       <c r="C354" t="s">
         <v>22</v>
       </c>
       <c r="D354" s="2">
         <v>0.42013888888889</v>
       </c>
       <c r="E354" s="2">
         <v>0.45138888888889</v>
       </c>
       <c r="F354" t="s">
         <v>47</v>
       </c>
       <c r="G354" t="s">
         <v>20</v>
       </c>
       <c r="H354" t="s">
         <v>46</v>
       </c>
       <c r="I354" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="1">
         <v>46049.0</v>
       </c>
       <c r="B355" t="s">
         <v>44</v>
       </c>
       <c r="C355" t="s">
         <v>14</v>
       </c>
       <c r="D355" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E355" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F355" t="s">
         <v>49</v>
       </c>
       <c r="G355" t="s">
         <v>24</v>
       </c>
       <c r="H355" t="s">
@@ -10719,51 +10752,51 @@
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="1">
         <v>46050.0</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="D362" s="2">
         <v>0.3125</v>
       </c>
       <c r="E362" s="2">
         <v>0.375</v>
       </c>
       <c r="F362" t="s">
         <v>10</v>
       </c>
       <c r="G362" t="s">
         <v>11</v>
       </c>
       <c r="H362" t="s">
         <v>12</v>
       </c>
       <c r="I362" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="1">
         <v>46050.0</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>14</v>
       </c>
       <c r="D363" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E363" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F363" t="s">
         <v>15</v>
       </c>
       <c r="G363" t="s">
         <v>16</v>
       </c>
       <c r="H363" t="s">
@@ -10943,50 +10976,53 @@
       <c r="H369" t="s">
         <v>28</v>
       </c>
       <c r="I369" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="1">
         <v>46050.0</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="D370" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E370" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F370" t="s">
         <v>30</v>
       </c>
       <c r="G370" t="s">
         <v>11</v>
+      </c>
+      <c r="H370" t="s">
+        <v>62</v>
       </c>
       <c r="I370" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="1">
         <v>46051.0</v>
       </c>
       <c r="B371" t="s">
         <v>32</v>
       </c>
       <c r="D371" s="2">
         <v>0.3125</v>
       </c>
       <c r="E371" s="2">
         <v>0.375</v>
       </c>
       <c r="F371" t="s">
         <v>33</v>
       </c>
       <c r="G371" t="s">
         <v>16</v>
       </c>
       <c r="H371" t="s">