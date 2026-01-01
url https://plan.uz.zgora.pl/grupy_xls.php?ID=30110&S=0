--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -204,50 +204,56 @@
     <t>04 A-8</t>
   </si>
   <si>
     <t>Wytrzymałość materiałów (L)</t>
   </si>
   <si>
     <t>Podstawy projektowania (P)</t>
   </si>
   <si>
     <t>Instalacje budowlane W1 (P)</t>
   </si>
   <si>
     <t>114 A-12</t>
   </si>
   <si>
     <t>22 A-8</t>
   </si>
   <si>
     <t>309 A-8</t>
   </si>
   <si>
     <t>dr inż. Krystyna Urbańska</t>
   </si>
   <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>Po</t>
+  </si>
+  <si>
+    <t>314 A-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -555,54 +561,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J375"/>
+  <dimension ref="A1:J374"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E375" sqref="E375"/>
+      <selection activeCell="E374" sqref="E374"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -7503,67 +7509,70 @@
         <v>0.70833333333333</v>
       </c>
       <c r="E246" s="2">
         <v>0.80208333333333</v>
       </c>
       <c r="F246" t="s">
         <v>56</v>
       </c>
       <c r="G246" t="s">
         <v>24</v>
       </c>
       <c r="H246" t="s">
         <v>36</v>
       </c>
       <c r="I246" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="1">
         <v>46001.0</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
+      <c r="C247" t="s">
+        <v>22</v>
+      </c>
       <c r="D247" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E247" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F247" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G247" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H247" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="I247" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="1">
         <v>46001.0</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>14</v>
       </c>
       <c r="D248" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E248" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F248" t="s">
         <v>15</v>
       </c>
       <c r="G248" t="s">
         <v>16</v>
       </c>
       <c r="H248" t="s">
@@ -7591,651 +7600,651 @@
       </c>
       <c r="F249" t="s">
         <v>19</v>
       </c>
       <c r="G249" t="s">
         <v>20</v>
       </c>
       <c r="H249" t="s">
         <v>12</v>
       </c>
       <c r="I249" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" s="1">
         <v>46001.0</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>22</v>
       </c>
       <c r="D250" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E250" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F250" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G250" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H250" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I250" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" s="1">
         <v>46001.0</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D251" s="2">
         <v>0.53125</v>
       </c>
       <c r="E251" s="2">
         <v>0.59375</v>
       </c>
       <c r="F251" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G251" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H251" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="I251" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" s="1">
         <v>46001.0</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
-      <c r="C252" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D252" s="2">
-        <v>0.53125</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E252" s="2">
-        <v>0.59375</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F252" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G252" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H252" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="I252" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B253" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D253" s="2">
-        <v>0.59722222222222</v>
+        <v>0.3125</v>
       </c>
       <c r="E253" s="2">
-        <v>0.65972222222222</v>
+        <v>0.375</v>
       </c>
       <c r="F253" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="G253" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H253" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="I253" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B254" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="D254" s="2">
-        <v>0.60416666666667</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E254" s="2">
-        <v>0.66666666666667</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F254" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G254" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H254" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="I254" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B255" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D255" s="2">
-        <v>0.67708333333333</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E255" s="2">
-        <v>0.73958333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F255" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="G255" t="s">
         <v>11</v>
       </c>
       <c r="H255" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="I255" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" s="1">
         <v>46002.0</v>
       </c>
       <c r="B256" t="s">
         <v>32</v>
       </c>
       <c r="D256" s="2">
-        <v>0.3125</v>
+        <v>0.53125</v>
       </c>
       <c r="E256" s="2">
-        <v>0.375</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F256" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="G256" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H256" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="I256" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" s="1">
         <v>46002.0</v>
       </c>
       <c r="B257" t="s">
         <v>32</v>
       </c>
       <c r="D257" s="2">
-        <v>0.38541666666667</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E257" s="2">
-        <v>0.44791666666667</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F257" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G257" t="s">
         <v>11</v>
       </c>
       <c r="H257" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="I257" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" s="1">
-        <v>46002.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B258" t="s">
-        <v>32</v>
+        <v>64</v>
+      </c>
+      <c r="C258" t="s">
+        <v>14</v>
       </c>
       <c r="D258" s="2">
-        <v>0.45833333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="E258" s="2">
-        <v>0.52083333333333</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="F258" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="G258" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H258" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="I258" t="s">
-        <v>31</v>
+        <v>65</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" s="1">
-        <v>46002.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B259" t="s">
-        <v>32</v>
+        <v>64</v>
+      </c>
+      <c r="C259" t="s">
+        <v>22</v>
       </c>
       <c r="D259" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E259" s="2">
-        <v>0.59027777777778</v>
+        <v>0.67013888888889</v>
       </c>
       <c r="F259" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G259" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H259" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I259" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" s="1">
-        <v>46002.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B260" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D260" s="2">
-        <v>0.60763888888889</v>
+        <v>0.3125</v>
       </c>
       <c r="E260" s="2">
-        <v>0.66666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F260" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G260" t="s">
         <v>11</v>
       </c>
       <c r="H260" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I260" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" s="1">
         <v>46007.0</v>
       </c>
       <c r="B261" t="s">
         <v>44</v>
       </c>
+      <c r="C261" t="s">
+        <v>14</v>
+      </c>
       <c r="D261" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E261" s="2">
-        <v>0.375</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F261" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G261" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H261" t="s">
         <v>46</v>
       </c>
       <c r="I261" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" s="1">
         <v>46007.0</v>
       </c>
       <c r="B262" t="s">
         <v>44</v>
       </c>
       <c r="C262" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D262" s="2">
-        <v>0.38541666666667</v>
+        <v>0.42013888888889</v>
       </c>
       <c r="E262" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F262" t="s">
         <v>47</v>
       </c>
       <c r="G262" t="s">
         <v>20</v>
       </c>
       <c r="H262" t="s">
         <v>46</v>
       </c>
       <c r="I262" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" s="1">
         <v>46007.0</v>
       </c>
       <c r="B263" t="s">
         <v>44</v>
       </c>
       <c r="C263" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D263" s="2">
-        <v>0.42013888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E263" s="2">
-        <v>0.45138888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F263" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G263" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H263" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I263" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
         <v>46007.0</v>
       </c>
       <c r="B264" t="s">
         <v>44</v>
       </c>
       <c r="C264" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D264" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E264" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F264" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G264" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H264" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I264" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
         <v>46007.0</v>
       </c>
       <c r="B265" t="s">
         <v>44</v>
       </c>
       <c r="C265" t="s">
         <v>22</v>
       </c>
       <c r="D265" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E265" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F265" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G265" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H265" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="I265" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="1">
         <v>46007.0</v>
       </c>
       <c r="B266" t="s">
         <v>44</v>
       </c>
       <c r="C266" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D266" s="2">
         <v>0.53125</v>
       </c>
       <c r="E266" s="2">
         <v>0.59375</v>
       </c>
       <c r="F266" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G266" t="s">
         <v>24</v>
       </c>
       <c r="H266" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="I266" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" s="1">
         <v>46007.0</v>
       </c>
       <c r="B267" t="s">
         <v>44</v>
       </c>
       <c r="C267" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D267" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E267" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F267" t="s">
         <v>53</v>
       </c>
       <c r="G267" t="s">
         <v>24</v>
       </c>
       <c r="H267" t="s">
         <v>54</v>
       </c>
       <c r="I267" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" s="1">
         <v>46007.0</v>
       </c>
       <c r="B268" t="s">
         <v>44</v>
       </c>
       <c r="C268" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D268" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E268" s="2">
-        <v>0.66666666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F268" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G268" t="s">
         <v>24</v>
       </c>
       <c r="H268" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="I268" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" s="1">
         <v>46007.0</v>
       </c>
       <c r="B269" t="s">
         <v>44</v>
       </c>
       <c r="C269" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D269" s="2">
-        <v>0.60416666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E269" s="2">
-        <v>0.69791666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F269" t="s">
         <v>56</v>
       </c>
       <c r="G269" t="s">
         <v>24</v>
       </c>
       <c r="H269" t="s">
         <v>36</v>
       </c>
       <c r="I269" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B270" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D270" s="2">
-        <v>0.70833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E270" s="2">
-        <v>0.80208333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F270" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G270" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H270" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I270" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
         <v>46008.0</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
+      <c r="C271" t="s">
+        <v>22</v>
+      </c>
       <c r="D271" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E271" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F271" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="G271" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="H271" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="I271" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" s="1">
         <v>46008.0</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>14</v>
       </c>
       <c r="D272" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E272" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F272" t="s">
         <v>15</v>
       </c>
       <c r="G272" t="s">
         <v>16</v>
       </c>
       <c r="H272" t="s">
@@ -8375,2786 +8384,2757 @@
         <v>0.59722222222222</v>
       </c>
       <c r="E277" s="2">
         <v>0.65972222222222</v>
       </c>
       <c r="F277" t="s">
         <v>23</v>
       </c>
       <c r="G277" t="s">
         <v>24</v>
       </c>
       <c r="H277" t="s">
         <v>25</v>
       </c>
       <c r="I277" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" s="1">
         <v>46008.0</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
-      <c r="C278" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D278" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E278" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F278" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G278" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H278" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="I278" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B279" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D279" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E279" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F279" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G279" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H279" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="I279" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" s="1">
         <v>46009.0</v>
       </c>
       <c r="B280" t="s">
         <v>32</v>
       </c>
       <c r="D280" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E280" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F280" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G280" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H280" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I280" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="1">
         <v>46009.0</v>
       </c>
       <c r="B281" t="s">
         <v>32</v>
       </c>
       <c r="D281" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E281" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F281" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G281" t="s">
         <v>11</v>
       </c>
       <c r="H281" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I281" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" s="1">
         <v>46009.0</v>
       </c>
       <c r="B282" t="s">
         <v>32</v>
       </c>
+      <c r="C282" t="s">
+        <v>14</v>
+      </c>
       <c r="D282" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E282" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F282" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="G282" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H282" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="I282" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" s="1">
         <v>46009.0</v>
       </c>
       <c r="B283" t="s">
         <v>32</v>
       </c>
       <c r="C283" t="s">
         <v>14</v>
       </c>
       <c r="D283" s="2">
-        <v>0.53125</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E283" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F283" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G283" t="s">
         <v>20</v>
       </c>
       <c r="H283" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="I283" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" s="1">
         <v>46009.0</v>
       </c>
       <c r="B284" t="s">
         <v>32</v>
       </c>
       <c r="C284" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D284" s="2">
         <v>0.60069444444444</v>
       </c>
       <c r="E284" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F284" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G284" t="s">
         <v>20</v>
       </c>
       <c r="H284" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="I284" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" s="1">
         <v>46009.0</v>
       </c>
       <c r="B285" t="s">
         <v>32</v>
       </c>
       <c r="C285" t="s">
         <v>22</v>
       </c>
       <c r="D285" s="2">
-        <v>0.60069444444444</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="E285" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F285" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G285" t="s">
         <v>20</v>
       </c>
       <c r="H285" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="I285" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" s="1">
-        <v>46009.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B286" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D286" s="2">
-        <v>0.67361111111111</v>
+        <v>0.3125</v>
       </c>
       <c r="E286" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F286" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="G286" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H286" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I286" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" s="1">
         <v>46029.0</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
+      <c r="C287" t="s">
+        <v>14</v>
+      </c>
       <c r="D287" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E287" s="2">
-        <v>0.375</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F287" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G287" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H287" t="s">
         <v>46</v>
       </c>
       <c r="I287" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" s="1">
         <v>46029.0</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D288" s="2">
-        <v>0.38541666666667</v>
+        <v>0.42013888888889</v>
       </c>
       <c r="E288" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F288" t="s">
         <v>47</v>
       </c>
       <c r="G288" t="s">
         <v>20</v>
       </c>
       <c r="H288" t="s">
         <v>46</v>
       </c>
       <c r="I288" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" s="1">
         <v>46029.0</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D289" s="2">
-        <v>0.42013888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E289" s="2">
-        <v>0.45138888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F289" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G289" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H289" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I289" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" s="1">
         <v>46029.0</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D290" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E290" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F290" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G290" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H290" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I290" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" s="1">
         <v>46029.0</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
         <v>22</v>
       </c>
       <c r="D291" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E291" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F291" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G291" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H291" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="I291" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" s="1">
         <v>46029.0</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D292" s="2">
         <v>0.53125</v>
       </c>
       <c r="E292" s="2">
         <v>0.59375</v>
       </c>
       <c r="F292" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G292" t="s">
         <v>24</v>
       </c>
       <c r="H292" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="I292" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" s="1">
         <v>46029.0</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D293" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E293" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F293" t="s">
         <v>53</v>
       </c>
       <c r="G293" t="s">
         <v>24</v>
       </c>
       <c r="H293" t="s">
         <v>54</v>
       </c>
       <c r="I293" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" s="1">
         <v>46029.0</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D294" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E294" s="2">
-        <v>0.66666666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F294" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G294" t="s">
         <v>24</v>
       </c>
       <c r="H294" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="I294" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" s="1">
         <v>46029.0</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D295" s="2">
-        <v>0.60416666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E295" s="2">
-        <v>0.69791666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F295" t="s">
         <v>56</v>
       </c>
       <c r="G295" t="s">
         <v>24</v>
       </c>
       <c r="H295" t="s">
         <v>36</v>
       </c>
       <c r="I295" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B296" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="D296" s="2">
-        <v>0.70833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E296" s="2">
-        <v>0.80208333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F296" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="G296" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H296" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="I296" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" s="1">
         <v>46030.0</v>
       </c>
       <c r="B297" t="s">
         <v>32</v>
       </c>
       <c r="D297" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E297" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F297" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G297" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H297" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I297" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" s="1">
         <v>46030.0</v>
       </c>
       <c r="B298" t="s">
         <v>32</v>
       </c>
       <c r="D298" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E298" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F298" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G298" t="s">
         <v>11</v>
       </c>
       <c r="H298" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I298" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" s="1">
         <v>46030.0</v>
       </c>
       <c r="B299" t="s">
         <v>32</v>
       </c>
       <c r="D299" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E299" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F299" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G299" t="s">
         <v>11</v>
       </c>
       <c r="H299" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="I299" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" s="1">
         <v>46030.0</v>
       </c>
       <c r="B300" t="s">
         <v>32</v>
       </c>
       <c r="D300" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E300" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F300" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G300" t="s">
         <v>11</v>
       </c>
       <c r="H300" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="I300" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" s="1">
-        <v>46030.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B301" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D301" s="2">
-        <v>0.60763888888889</v>
+        <v>0.3125</v>
       </c>
       <c r="E301" s="2">
-        <v>0.66666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F301" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G301" t="s">
         <v>11</v>
       </c>
       <c r="H301" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I301" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" s="1">
         <v>46035.0</v>
       </c>
       <c r="B302" t="s">
         <v>44</v>
       </c>
+      <c r="C302" t="s">
+        <v>14</v>
+      </c>
       <c r="D302" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E302" s="2">
-        <v>0.375</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F302" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G302" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H302" t="s">
         <v>46</v>
       </c>
       <c r="I302" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" s="1">
         <v>46035.0</v>
       </c>
       <c r="B303" t="s">
         <v>44</v>
       </c>
       <c r="C303" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D303" s="2">
-        <v>0.38541666666667</v>
+        <v>0.42013888888889</v>
       </c>
       <c r="E303" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F303" t="s">
         <v>47</v>
       </c>
       <c r="G303" t="s">
         <v>20</v>
       </c>
       <c r="H303" t="s">
         <v>46</v>
       </c>
       <c r="I303" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" s="1">
         <v>46035.0</v>
       </c>
       <c r="B304" t="s">
         <v>44</v>
       </c>
       <c r="C304" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D304" s="2">
-        <v>0.42013888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E304" s="2">
-        <v>0.45138888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F304" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G304" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H304" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I304" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" s="1">
         <v>46035.0</v>
       </c>
       <c r="B305" t="s">
         <v>44</v>
       </c>
       <c r="C305" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D305" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E305" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F305" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G305" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H305" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I305" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" s="1">
         <v>46035.0</v>
       </c>
       <c r="B306" t="s">
         <v>44</v>
       </c>
       <c r="C306" t="s">
         <v>22</v>
       </c>
       <c r="D306" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E306" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F306" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G306" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H306" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="I306" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" s="1">
         <v>46035.0</v>
       </c>
       <c r="B307" t="s">
         <v>44</v>
       </c>
       <c r="C307" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D307" s="2">
         <v>0.53125</v>
       </c>
       <c r="E307" s="2">
         <v>0.59375</v>
       </c>
       <c r="F307" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G307" t="s">
         <v>24</v>
       </c>
       <c r="H307" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="I307" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" s="1">
         <v>46035.0</v>
       </c>
       <c r="B308" t="s">
         <v>44</v>
       </c>
       <c r="C308" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D308" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E308" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F308" t="s">
         <v>53</v>
       </c>
       <c r="G308" t="s">
         <v>24</v>
       </c>
       <c r="H308" t="s">
         <v>54</v>
       </c>
       <c r="I308" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" s="1">
         <v>46035.0</v>
       </c>
       <c r="B309" t="s">
         <v>44</v>
       </c>
       <c r="C309" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D309" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E309" s="2">
-        <v>0.66666666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F309" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G309" t="s">
         <v>24</v>
       </c>
       <c r="H309" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="I309" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" s="1">
         <v>46035.0</v>
       </c>
       <c r="B310" t="s">
         <v>44</v>
       </c>
       <c r="C310" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D310" s="2">
-        <v>0.60416666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E310" s="2">
-        <v>0.69791666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F310" t="s">
         <v>56</v>
       </c>
       <c r="G310" t="s">
         <v>24</v>
       </c>
       <c r="H310" t="s">
         <v>36</v>
       </c>
       <c r="I310" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B311" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D311" s="2">
-        <v>0.70833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E311" s="2">
-        <v>0.80208333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F311" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G311" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H311" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I311" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="1">
         <v>46036.0</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
+      <c r="C312" t="s">
+        <v>14</v>
+      </c>
       <c r="D312" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E312" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F312" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G312" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H312" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I312" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="1">
         <v>46036.0</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>14</v>
       </c>
       <c r="D313" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E313" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F313" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G313" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="H313" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="I313" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="1">
         <v>46036.0</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D314" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E314" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F314" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G314" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H314" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I314" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="1">
         <v>46036.0</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>22</v>
       </c>
       <c r="D315" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E315" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F315" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G315" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H315" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I315" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="1">
         <v>46036.0</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D316" s="2">
         <v>0.53125</v>
       </c>
       <c r="E316" s="2">
         <v>0.59375</v>
       </c>
       <c r="F316" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G316" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H316" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="I316" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" s="1">
         <v>46036.0</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>14</v>
       </c>
       <c r="D317" s="2">
-        <v>0.53125</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E317" s="2">
-        <v>0.59375</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F317" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G317" t="s">
         <v>24</v>
       </c>
       <c r="H317" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I317" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="1">
         <v>46036.0</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D318" s="2">
-        <v>0.59722222222222</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E318" s="2">
-        <v>0.65972222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F318" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G318" t="s">
         <v>24</v>
       </c>
       <c r="H318" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I318" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="1">
         <v>46036.0</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
-      <c r="C319" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D319" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E319" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F319" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="G319" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H319" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="I319" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B320" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D320" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E320" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F320" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G320" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H320" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="I320" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" s="1">
         <v>46037.0</v>
       </c>
       <c r="B321" t="s">
         <v>32</v>
       </c>
       <c r="D321" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E321" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F321" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G321" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H321" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I321" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" s="1">
         <v>46037.0</v>
       </c>
       <c r="B322" t="s">
         <v>32</v>
       </c>
       <c r="D322" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E322" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F322" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G322" t="s">
         <v>11</v>
       </c>
       <c r="H322" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I322" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" s="1">
         <v>46037.0</v>
       </c>
       <c r="B323" t="s">
         <v>32</v>
       </c>
+      <c r="C323" t="s">
+        <v>14</v>
+      </c>
       <c r="D323" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E323" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="F323" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="G323" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H323" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="I323" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" s="1">
         <v>46037.0</v>
       </c>
       <c r="B324" t="s">
         <v>32</v>
       </c>
       <c r="C324" t="s">
         <v>14</v>
       </c>
       <c r="D324" s="2">
-        <v>0.53125</v>
+        <v>0.60069444444444</v>
       </c>
       <c r="E324" s="2">
-        <v>0.59722222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F324" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G324" t="s">
         <v>20</v>
       </c>
       <c r="H324" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="I324" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" s="1">
         <v>46037.0</v>
       </c>
       <c r="B325" t="s">
         <v>32</v>
       </c>
       <c r="C325" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D325" s="2">
         <v>0.60069444444444</v>
       </c>
       <c r="E325" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F325" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G325" t="s">
         <v>20</v>
       </c>
       <c r="H325" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="I325" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" s="1">
         <v>46037.0</v>
       </c>
       <c r="B326" t="s">
         <v>32</v>
       </c>
       <c r="C326" t="s">
         <v>22</v>
       </c>
       <c r="D326" s="2">
-        <v>0.60069444444444</v>
+        <v>0.67361111111111</v>
       </c>
       <c r="E326" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F326" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G326" t="s">
         <v>20</v>
       </c>
       <c r="H326" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="I326" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" s="1">
-        <v>46037.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B327" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D327" s="2">
-        <v>0.67361111111111</v>
+        <v>0.3125</v>
       </c>
       <c r="E327" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F327" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="G327" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="H327" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I327" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" s="1">
         <v>46042.0</v>
       </c>
       <c r="B328" t="s">
         <v>44</v>
       </c>
+      <c r="C328" t="s">
+        <v>14</v>
+      </c>
       <c r="D328" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E328" s="2">
-        <v>0.375</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F328" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G328" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H328" t="s">
         <v>46</v>
       </c>
       <c r="I328" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" s="1">
         <v>46042.0</v>
       </c>
       <c r="B329" t="s">
         <v>44</v>
       </c>
       <c r="C329" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D329" s="2">
-        <v>0.38541666666667</v>
+        <v>0.42013888888889</v>
       </c>
       <c r="E329" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F329" t="s">
         <v>47</v>
       </c>
       <c r="G329" t="s">
         <v>20</v>
       </c>
       <c r="H329" t="s">
         <v>46</v>
       </c>
       <c r="I329" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" s="1">
         <v>46042.0</v>
       </c>
       <c r="B330" t="s">
         <v>44</v>
       </c>
       <c r="C330" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D330" s="2">
-        <v>0.42013888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E330" s="2">
-        <v>0.45138888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F330" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G330" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H330" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I330" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" s="1">
         <v>46042.0</v>
       </c>
       <c r="B331" t="s">
         <v>44</v>
       </c>
       <c r="C331" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D331" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E331" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F331" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G331" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H331" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I331" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" s="1">
         <v>46042.0</v>
       </c>
       <c r="B332" t="s">
         <v>44</v>
       </c>
       <c r="C332" t="s">
         <v>22</v>
       </c>
       <c r="D332" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E332" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F332" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G332" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H332" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="I332" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" s="1">
         <v>46042.0</v>
       </c>
       <c r="B333" t="s">
         <v>44</v>
       </c>
       <c r="C333" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D333" s="2">
         <v>0.53125</v>
       </c>
       <c r="E333" s="2">
         <v>0.59375</v>
       </c>
       <c r="F333" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G333" t="s">
         <v>24</v>
       </c>
       <c r="H333" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="I333" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" s="1">
         <v>46042.0</v>
       </c>
       <c r="B334" t="s">
         <v>44</v>
       </c>
       <c r="C334" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D334" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E334" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F334" t="s">
         <v>53</v>
       </c>
       <c r="G334" t="s">
         <v>24</v>
       </c>
       <c r="H334" t="s">
         <v>54</v>
       </c>
       <c r="I334" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" s="1">
         <v>46042.0</v>
       </c>
       <c r="B335" t="s">
         <v>44</v>
       </c>
       <c r="C335" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D335" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E335" s="2">
-        <v>0.66666666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F335" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G335" t="s">
         <v>24</v>
       </c>
       <c r="H335" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="I335" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" s="1">
         <v>46042.0</v>
       </c>
       <c r="B336" t="s">
         <v>44</v>
       </c>
       <c r="C336" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D336" s="2">
-        <v>0.60416666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E336" s="2">
-        <v>0.69791666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F336" t="s">
         <v>56</v>
       </c>
       <c r="G336" t="s">
         <v>24</v>
       </c>
       <c r="H336" t="s">
         <v>36</v>
       </c>
       <c r="I336" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B337" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D337" s="2">
-        <v>0.70833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E337" s="2">
-        <v>0.80208333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F337" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G337" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H337" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I337" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" s="1">
         <v>46043.0</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
+      <c r="C338" t="s">
+        <v>14</v>
+      </c>
       <c r="D338" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E338" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F338" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G338" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H338" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I338" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" s="1">
         <v>46043.0</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>14</v>
       </c>
       <c r="D339" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E339" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F339" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G339" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="H339" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="I339" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" s="1">
         <v>46043.0</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D340" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E340" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F340" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G340" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H340" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I340" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" s="1">
         <v>46043.0</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>22</v>
       </c>
       <c r="D341" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E341" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F341" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G341" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H341" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I341" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" s="1">
         <v>46043.0</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D342" s="2">
         <v>0.53125</v>
       </c>
       <c r="E342" s="2">
         <v>0.59375</v>
       </c>
       <c r="F342" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G342" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H342" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="I342" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" s="1">
         <v>46043.0</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>14</v>
       </c>
       <c r="D343" s="2">
-        <v>0.53125</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E343" s="2">
-        <v>0.59375</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F343" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G343" t="s">
         <v>24</v>
       </c>
       <c r="H343" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I343" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" s="1">
         <v>46043.0</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D344" s="2">
-        <v>0.59722222222222</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E344" s="2">
-        <v>0.65972222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F344" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G344" t="s">
         <v>24</v>
       </c>
       <c r="H344" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I344" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="1">
         <v>46043.0</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
-      <c r="C345" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D345" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E345" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F345" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G345" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H345" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="I345" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B346" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D346" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E346" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F346" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G346" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H346" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="I346" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="1">
         <v>46044.0</v>
       </c>
       <c r="B347" t="s">
         <v>32</v>
       </c>
       <c r="D347" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E347" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F347" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G347" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H347" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I347" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="1">
         <v>46044.0</v>
       </c>
       <c r="B348" t="s">
         <v>32</v>
       </c>
       <c r="D348" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E348" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F348" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G348" t="s">
         <v>11</v>
       </c>
       <c r="H348" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I348" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="1">
         <v>46044.0</v>
       </c>
       <c r="B349" t="s">
         <v>32</v>
       </c>
       <c r="D349" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E349" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F349" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G349" t="s">
         <v>11</v>
       </c>
       <c r="H349" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="I349" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="1">
         <v>46044.0</v>
       </c>
       <c r="B350" t="s">
         <v>32</v>
       </c>
       <c r="D350" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E350" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F350" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G350" t="s">
         <v>11</v>
       </c>
       <c r="H350" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="I350" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="1">
-        <v>46044.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B351" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D351" s="2">
-        <v>0.60763888888889</v>
+        <v>0.3125</v>
       </c>
       <c r="E351" s="2">
-        <v>0.66666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F351" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G351" t="s">
         <v>11</v>
       </c>
       <c r="H351" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I351" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="1">
         <v>46049.0</v>
       </c>
       <c r="B352" t="s">
         <v>44</v>
       </c>
+      <c r="C352" t="s">
+        <v>14</v>
+      </c>
       <c r="D352" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E352" s="2">
-        <v>0.375</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F352" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G352" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H352" t="s">
         <v>46</v>
       </c>
       <c r="I352" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="1">
         <v>46049.0</v>
       </c>
       <c r="B353" t="s">
         <v>44</v>
       </c>
       <c r="C353" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D353" s="2">
-        <v>0.38541666666667</v>
+        <v>0.42013888888889</v>
       </c>
       <c r="E353" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F353" t="s">
         <v>47</v>
       </c>
       <c r="G353" t="s">
         <v>20</v>
       </c>
       <c r="H353" t="s">
         <v>46</v>
       </c>
       <c r="I353" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="1">
         <v>46049.0</v>
       </c>
       <c r="B354" t="s">
         <v>44</v>
       </c>
       <c r="C354" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D354" s="2">
-        <v>0.42013888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E354" s="2">
-        <v>0.45138888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F354" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G354" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H354" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I354" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="1">
         <v>46049.0</v>
       </c>
       <c r="B355" t="s">
         <v>44</v>
       </c>
       <c r="C355" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D355" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E355" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F355" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G355" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H355" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I355" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="1">
         <v>46049.0</v>
       </c>
       <c r="B356" t="s">
         <v>44</v>
       </c>
       <c r="C356" t="s">
         <v>22</v>
       </c>
       <c r="D356" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E356" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F356" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G356" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H356" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="I356" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="1">
         <v>46049.0</v>
       </c>
       <c r="B357" t="s">
         <v>44</v>
       </c>
       <c r="C357" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D357" s="2">
         <v>0.53125</v>
       </c>
       <c r="E357" s="2">
         <v>0.59375</v>
       </c>
       <c r="F357" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G357" t="s">
         <v>24</v>
       </c>
       <c r="H357" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="I357" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="1">
         <v>46049.0</v>
       </c>
       <c r="B358" t="s">
         <v>44</v>
       </c>
       <c r="C358" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D358" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E358" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F358" t="s">
         <v>53</v>
       </c>
       <c r="G358" t="s">
         <v>24</v>
       </c>
       <c r="H358" t="s">
         <v>54</v>
       </c>
       <c r="I358" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="1">
         <v>46049.0</v>
       </c>
       <c r="B359" t="s">
         <v>44</v>
       </c>
       <c r="C359" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D359" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E359" s="2">
-        <v>0.66666666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F359" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G359" t="s">
         <v>24</v>
       </c>
       <c r="H359" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="I359" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" s="1">
         <v>46049.0</v>
       </c>
       <c r="B360" t="s">
         <v>44</v>
       </c>
       <c r="C360" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D360" s="2">
-        <v>0.60416666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E360" s="2">
-        <v>0.69791666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F360" t="s">
         <v>56</v>
       </c>
       <c r="G360" t="s">
         <v>24</v>
       </c>
       <c r="H360" t="s">
         <v>36</v>
       </c>
       <c r="I360" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B361" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D361" s="2">
-        <v>0.70833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E361" s="2">
-        <v>0.80208333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F361" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G361" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H361" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I361" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="1">
         <v>46050.0</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
+      <c r="C362" t="s">
+        <v>14</v>
+      </c>
       <c r="D362" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E362" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F362" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G362" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H362" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I362" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="1">
         <v>46050.0</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
         <v>14</v>
       </c>
       <c r="D363" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E363" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F363" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G363" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="H363" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="I363" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="1">
         <v>46050.0</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D364" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E364" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F364" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G364" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H364" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I364" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="1">
         <v>46050.0</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
         <v>22</v>
       </c>
       <c r="D365" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E365" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F365" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G365" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H365" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I365" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="1">
         <v>46050.0</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D366" s="2">
         <v>0.53125</v>
       </c>
       <c r="E366" s="2">
         <v>0.59375</v>
       </c>
       <c r="F366" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G366" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H366" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="I366" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="1">
         <v>46050.0</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
         <v>14</v>
       </c>
       <c r="D367" s="2">
-        <v>0.53125</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E367" s="2">
-        <v>0.59375</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F367" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G367" t="s">
         <v>24</v>
       </c>
       <c r="H367" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I367" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="1">
         <v>46050.0</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D368" s="2">
-        <v>0.59722222222222</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E368" s="2">
-        <v>0.65972222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F368" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G368" t="s">
         <v>24</v>
       </c>
       <c r="H368" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I368" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="1">
         <v>46050.0</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
-      <c r="C369" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D369" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E369" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F369" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G369" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H369" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="I369" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B370" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D370" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E370" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F370" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G370" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H370" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="I370" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="1">
         <v>46051.0</v>
       </c>
       <c r="B371" t="s">
         <v>32</v>
       </c>
       <c r="D371" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E371" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F371" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G371" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H371" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I371" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="1">
         <v>46051.0</v>
       </c>
       <c r="B372" t="s">
         <v>32</v>
       </c>
       <c r="D372" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E372" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F372" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G372" t="s">
         <v>11</v>
       </c>
       <c r="H372" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I372" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="1">
         <v>46051.0</v>
       </c>
       <c r="B373" t="s">
         <v>32</v>
       </c>
       <c r="D373" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E373" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F373" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G373" t="s">
         <v>11</v>
       </c>
       <c r="H373" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="I373" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="1">
         <v>46051.0</v>
       </c>
       <c r="B374" t="s">
         <v>32</v>
       </c>
       <c r="D374" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E374" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F374" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G374" t="s">
         <v>11</v>
       </c>
       <c r="H374" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="I374" t="s">
-        <v>40</v>
-[...24 lines deleted...]
-      <c r="I375" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>