--- v2 (2026-01-01)
+++ v3 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -210,50 +210,59 @@
     <t>Podstawy projektowania (P)</t>
   </si>
   <si>
     <t>Instalacje budowlane W1 (P)</t>
   </si>
   <si>
     <t>114 A-12</t>
   </si>
   <si>
     <t>22 A-8</t>
   </si>
   <si>
     <t>309 A-8</t>
   </si>
   <si>
     <t>dr inż. Krystyna Urbańska</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Po</t>
   </si>
   <si>
     <t>314 A-8</t>
+  </si>
+  <si>
+    <t>Fizyka budowli (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Wytrzymałość materiałów (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -561,54 +570,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J374"/>
+  <dimension ref="A1:J377"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E374" sqref="E374"/>
+      <selection activeCell="E377" sqref="E377"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -9335,243 +9344,243 @@
       </c>
       <c r="E311" s="2">
         <v>0.375</v>
       </c>
       <c r="F311" t="s">
         <v>10</v>
       </c>
       <c r="G311" t="s">
         <v>11</v>
       </c>
       <c r="H311" t="s">
         <v>12</v>
       </c>
       <c r="I311" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" s="1">
         <v>46036.0</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D312" s="2">
         <v>0.38541666666667</v>
       </c>
       <c r="E312" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="F312" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="G312" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H312" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I312" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" s="1">
         <v>46036.0</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>14</v>
       </c>
       <c r="D313" s="2">
-        <v>0.45833333333333</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E313" s="2">
-        <v>0.52083333333333</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F313" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G313" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="H313" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I313" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" s="1">
         <v>46036.0</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D314" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E314" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F314" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G314" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H314" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I314" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" s="1">
         <v>46036.0</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>22</v>
       </c>
       <c r="D315" s="2">
-        <v>0.53125</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E315" s="2">
-        <v>0.59375</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F315" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G315" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H315" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I315" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" s="1">
         <v>46036.0</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D316" s="2">
         <v>0.53125</v>
       </c>
       <c r="E316" s="2">
         <v>0.59375</v>
       </c>
       <c r="F316" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="G316" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H316" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="I316" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" s="1">
         <v>46036.0</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>14</v>
       </c>
       <c r="D317" s="2">
-        <v>0.59722222222222</v>
+        <v>0.53125</v>
       </c>
       <c r="E317" s="2">
-        <v>0.65972222222222</v>
+        <v>0.59375</v>
       </c>
       <c r="F317" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G317" t="s">
         <v>24</v>
       </c>
       <c r="H317" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I317" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" s="1">
         <v>46036.0</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D318" s="2">
-        <v>0.60416666666667</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E318" s="2">
-        <v>0.66666666666667</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F318" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G318" t="s">
         <v>24</v>
       </c>
       <c r="H318" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I318" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" s="1">
         <v>46036.0</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="D319" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E319" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F319" t="s">
         <v>10</v>
       </c>
       <c r="G319" t="s">
         <v>11</v>
       </c>
       <c r="H319" t="s">
         <v>12</v>
       </c>
       <c r="I319" t="s">
@@ -10268,874 +10277,952 @@
       </c>
       <c r="C344" t="s">
         <v>22</v>
       </c>
       <c r="D344" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E344" s="2">
         <v>0.66666666666667</v>
       </c>
       <c r="F344" t="s">
         <v>27</v>
       </c>
       <c r="G344" t="s">
         <v>24</v>
       </c>
       <c r="H344" t="s">
         <v>28</v>
       </c>
       <c r="I344" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B345" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D345" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E345" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F345" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G345" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H345" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="I345" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" s="1">
         <v>46044.0</v>
       </c>
       <c r="B346" t="s">
         <v>32</v>
       </c>
       <c r="D346" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E346" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F346" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G346" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H346" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I346" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" s="1">
         <v>46044.0</v>
       </c>
       <c r="B347" t="s">
         <v>32</v>
       </c>
       <c r="D347" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E347" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F347" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G347" t="s">
         <v>11</v>
       </c>
       <c r="H347" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I347" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" s="1">
         <v>46044.0</v>
       </c>
       <c r="B348" t="s">
         <v>32</v>
       </c>
       <c r="D348" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E348" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F348" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G348" t="s">
         <v>11</v>
       </c>
       <c r="H348" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="I348" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" s="1">
         <v>46044.0</v>
       </c>
       <c r="B349" t="s">
         <v>32</v>
       </c>
       <c r="D349" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E349" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F349" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G349" t="s">
         <v>11</v>
       </c>
       <c r="H349" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="I349" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" s="1">
-        <v>46044.0</v>
+        <v>46049.0</v>
       </c>
       <c r="B350" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D350" s="2">
-        <v>0.60763888888889</v>
+        <v>0.3125</v>
       </c>
       <c r="E350" s="2">
-        <v>0.66666666666667</v>
+        <v>0.375</v>
       </c>
       <c r="F350" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G350" t="s">
         <v>11</v>
       </c>
       <c r="H350" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I350" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" s="1">
         <v>46049.0</v>
       </c>
       <c r="B351" t="s">
         <v>44</v>
       </c>
+      <c r="C351" t="s">
+        <v>14</v>
+      </c>
       <c r="D351" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E351" s="2">
-        <v>0.375</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="F351" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G351" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="H351" t="s">
         <v>46</v>
       </c>
       <c r="I351" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" s="1">
         <v>46049.0</v>
       </c>
       <c r="B352" t="s">
         <v>44</v>
       </c>
       <c r="C352" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D352" s="2">
-        <v>0.38541666666667</v>
+        <v>0.42013888888889</v>
       </c>
       <c r="E352" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45138888888889</v>
       </c>
       <c r="F352" t="s">
         <v>47</v>
       </c>
       <c r="G352" t="s">
         <v>20</v>
       </c>
       <c r="H352" t="s">
         <v>46</v>
       </c>
       <c r="I352" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" s="1">
         <v>46049.0</v>
       </c>
       <c r="B353" t="s">
         <v>44</v>
       </c>
       <c r="C353" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D353" s="2">
-        <v>0.42013888888889</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E353" s="2">
-        <v>0.45138888888889</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F353" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G353" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H353" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I353" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" s="1">
         <v>46049.0</v>
       </c>
       <c r="B354" t="s">
         <v>44</v>
       </c>
       <c r="C354" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D354" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E354" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F354" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G354" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="H354" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I354" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" s="1">
         <v>46049.0</v>
       </c>
       <c r="B355" t="s">
         <v>44</v>
       </c>
       <c r="C355" t="s">
         <v>22</v>
       </c>
       <c r="D355" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E355" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F355" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G355" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="H355" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="I355" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" s="1">
         <v>46049.0</v>
       </c>
       <c r="B356" t="s">
         <v>44</v>
       </c>
       <c r="C356" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D356" s="2">
         <v>0.53125</v>
       </c>
       <c r="E356" s="2">
         <v>0.59375</v>
       </c>
       <c r="F356" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G356" t="s">
         <v>24</v>
       </c>
       <c r="H356" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="I356" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" s="1">
         <v>46049.0</v>
       </c>
       <c r="B357" t="s">
         <v>44</v>
       </c>
       <c r="C357" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D357" s="2">
-        <v>0.53125</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E357" s="2">
-        <v>0.59375</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F357" t="s">
         <v>53</v>
       </c>
       <c r="G357" t="s">
         <v>24</v>
       </c>
       <c r="H357" t="s">
         <v>54</v>
       </c>
       <c r="I357" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" s="1">
         <v>46049.0</v>
       </c>
       <c r="B358" t="s">
         <v>44</v>
       </c>
       <c r="C358" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D358" s="2">
         <v>0.60416666666667</v>
       </c>
       <c r="E358" s="2">
-        <v>0.66666666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="F358" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G358" t="s">
         <v>24</v>
       </c>
       <c r="H358" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="I358" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" s="1">
         <v>46049.0</v>
       </c>
       <c r="B359" t="s">
         <v>44</v>
       </c>
       <c r="C359" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D359" s="2">
-        <v>0.60416666666667</v>
+        <v>0.70833333333333</v>
       </c>
       <c r="E359" s="2">
-        <v>0.69791666666667</v>
+        <v>0.80208333333333</v>
       </c>
       <c r="F359" t="s">
         <v>56</v>
       </c>
       <c r="G359" t="s">
         <v>24</v>
       </c>
       <c r="H359" t="s">
         <v>36</v>
       </c>
       <c r="I359" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" s="1">
-        <v>46049.0</v>
+        <v>46050.0</v>
       </c>
       <c r="B360" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D360" s="2">
-        <v>0.70833333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E360" s="2">
-        <v>0.80208333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F360" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="G360" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H360" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I360" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" s="1">
         <v>46050.0</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
+      <c r="C361" t="s">
+        <v>14</v>
+      </c>
       <c r="D361" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E361" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F361" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G361" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H361" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I361" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" s="1">
         <v>46050.0</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
         <v>14</v>
       </c>
       <c r="D362" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E362" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F362" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G362" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="H362" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="I362" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" s="1">
         <v>46050.0</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D363" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E363" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F363" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G363" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H363" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I363" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" s="1">
         <v>46050.0</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
         <v>22</v>
       </c>
       <c r="D364" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E364" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59375</v>
       </c>
       <c r="F364" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G364" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="H364" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I364" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" s="1">
         <v>46050.0</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D365" s="2">
         <v>0.53125</v>
       </c>
       <c r="E365" s="2">
         <v>0.59375</v>
       </c>
       <c r="F365" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="G365" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H365" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="I365" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" s="1">
         <v>46050.0</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
         <v>14</v>
       </c>
       <c r="D366" s="2">
-        <v>0.53125</v>
+        <v>0.59722222222222</v>
       </c>
       <c r="E366" s="2">
-        <v>0.59375</v>
+        <v>0.65972222222222</v>
       </c>
       <c r="F366" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G366" t="s">
         <v>24</v>
       </c>
       <c r="H366" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I366" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" s="1">
         <v>46050.0</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D367" s="2">
-        <v>0.59722222222222</v>
+        <v>0.60416666666667</v>
       </c>
       <c r="E367" s="2">
-        <v>0.65972222222222</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F367" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G367" t="s">
         <v>24</v>
       </c>
       <c r="H367" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I367" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" s="1">
         <v>46050.0</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
-      <c r="C368" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D368" s="2">
-        <v>0.60416666666667</v>
+        <v>0.67708333333333</v>
       </c>
       <c r="E368" s="2">
-        <v>0.66666666666667</v>
+        <v>0.73958333333333</v>
       </c>
       <c r="F368" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G368" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H368" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="I368" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" s="1">
-        <v>46050.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B369" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D369" s="2">
-        <v>0.67708333333333</v>
+        <v>0.3125</v>
       </c>
       <c r="E369" s="2">
-        <v>0.73958333333333</v>
+        <v>0.375</v>
       </c>
       <c r="F369" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G369" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H369" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="I369" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" s="1">
         <v>46051.0</v>
       </c>
       <c r="B370" t="s">
         <v>32</v>
       </c>
       <c r="D370" s="2">
-        <v>0.3125</v>
+        <v>0.38541666666667</v>
       </c>
       <c r="E370" s="2">
-        <v>0.375</v>
+        <v>0.44791666666667</v>
       </c>
       <c r="F370" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G370" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H370" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I370" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" s="1">
         <v>46051.0</v>
       </c>
       <c r="B371" t="s">
         <v>32</v>
       </c>
       <c r="D371" s="2">
-        <v>0.38541666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E371" s="2">
-        <v>0.44791666666667</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F371" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G371" t="s">
         <v>11</v>
       </c>
       <c r="H371" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I371" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" s="1">
         <v>46051.0</v>
       </c>
       <c r="B372" t="s">
         <v>32</v>
       </c>
       <c r="D372" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E372" s="2">
-        <v>0.52083333333333</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F372" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G372" t="s">
         <v>11</v>
       </c>
       <c r="H372" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="I372" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" s="1">
         <v>46051.0</v>
       </c>
       <c r="B373" t="s">
         <v>32</v>
       </c>
       <c r="D373" s="2">
-        <v>0.53125</v>
+        <v>0.60763888888889</v>
       </c>
       <c r="E373" s="2">
-        <v>0.59027777777778</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F373" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G373" t="s">
         <v>11</v>
       </c>
       <c r="H373" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="I373" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" s="1">
-        <v>46051.0</v>
+        <v>46056.0</v>
       </c>
       <c r="B374" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D374" s="2">
-        <v>0.60763888888889</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E374" s="2">
-        <v>0.66666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="F374" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="G374" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="H374" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="I374" t="s">
-        <v>43</v>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10">
+      <c r="A375" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B375" t="s">
+        <v>64</v>
+      </c>
+      <c r="D375" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E375" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F375" t="s">
+        <v>68</v>
+      </c>
+      <c r="G375" t="s">
+        <v>67</v>
+      </c>
+      <c r="H375" t="s">
+        <v>38</v>
+      </c>
+      <c r="I375" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="376" spans="1:10">
+      <c r="A376" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B376" t="s">
+        <v>44</v>
+      </c>
+      <c r="D376" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E376" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="F376" t="s">
+        <v>66</v>
+      </c>
+      <c r="G376" t="s">
+        <v>67</v>
+      </c>
+      <c r="H376" t="s">
+        <v>28</v>
+      </c>
+      <c r="I376" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10">
+      <c r="A377" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B377" t="s">
+        <v>44</v>
+      </c>
+      <c r="D377" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E377" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F377" t="s">
+        <v>68</v>
+      </c>
+      <c r="G377" t="s">
+        <v>67</v>
+      </c>
+      <c r="H377" t="s">
+        <v>38</v>
+      </c>
+      <c r="I377" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>