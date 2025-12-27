--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -188,54 +188,81 @@
   <si>
     <t>mgr Martyna Rejniak</t>
   </si>
   <si>
     <t>36 A-16</t>
   </si>
   <si>
     <t>Wybrane zagadnienia zespołów sprzężonych z niepełnosprawnością intelektualną (W)</t>
   </si>
   <si>
     <t>34 A-16</t>
   </si>
   <si>
     <t>20 A-16</t>
   </si>
   <si>
     <t>29 A-16</t>
   </si>
   <si>
     <t>Podstawy terapii behawioralnej osób z niepełnosprawnością intelektualną (Ć)</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
-    <t>242 A-16</t>
+    <t>51 A-16</t>
+  </si>
+  <si>
+    <t>324 A-16</t>
+  </si>
+  <si>
+    <t>343 A-16</t>
+  </si>
+  <si>
+    <t>Psychologiczne aspekty edukacji i rehabilitacji osób z niepełnosprawnością intelektualną (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>48 A-16</t>
+  </si>
+  <si>
+    <t>Podstawy edukacji i rehabilitacji osób z niepełnosprawnością intelektualną (E)</t>
   </si>
   <si>
     <t>31 A-16</t>
+  </si>
+  <si>
+    <t>Pedeutologia (E)</t>
+  </si>
+  <si>
+    <t>336 A-16</t>
+  </si>
+  <si>
+    <t>So</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -543,54 +570,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J165"/>
+  <dimension ref="A1:J171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E165" sqref="E165"/>
+      <selection activeCell="E171" sqref="E171"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="109.545" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2534,922 +2561,922 @@
       </c>
       <c r="B74" t="s">
         <v>33</v>
       </c>
       <c r="D74" s="2">
         <v>0.47569444444444</v>
       </c>
       <c r="E74" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F74" t="s">
         <v>36</v>
       </c>
       <c r="G74" t="s">
         <v>30</v>
       </c>
       <c r="H74" t="s">
         <v>35</v>
       </c>
       <c r="I74" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B75" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D75" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E75" s="2">
-        <v>0.61805555555556</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F75" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G75" t="s">
         <v>11</v>
       </c>
       <c r="H75" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I75" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B76" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D76" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E76" s="2">
-        <v>0.68402777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="F76" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="G76" t="s">
         <v>30</v>
       </c>
       <c r="H76" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I76" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
-        <v>45979.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B77" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D77" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E77" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F77" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G77" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H77" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="I77" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
-        <v>45979.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B78" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D78" s="2">
         <v>0.40625</v>
       </c>
       <c r="E78" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F78" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G78" t="s">
         <v>30</v>
       </c>
       <c r="H78" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="I78" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>45980.0</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E79" s="2">
-        <v>0.39930555555556</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F79" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G79" t="s">
         <v>30</v>
       </c>
       <c r="H79" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I79" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>45980.0</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
       <c r="D80" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E80" s="2">
-        <v>0.47222222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="F80" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H80" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I80" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>45980.0</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
+      <c r="C81" t="s">
+        <v>25</v>
+      </c>
       <c r="D81" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E81" s="2">
-        <v>0.61805555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="F81" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H81" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I81" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>45980.0</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
-      <c r="C82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D82" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E82" s="2">
-        <v>0.6875</v>
+        <v>0.76388888888889</v>
       </c>
       <c r="F82" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G82" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H82" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I82" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
-        <v>45980.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B83" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D83" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E83" s="2">
-        <v>0.6875</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F83" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="G83" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H83" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I83" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
-        <v>45980.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B84" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D84" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E84" s="2">
-        <v>0.76388888888889</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F84" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G84" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H84" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="I84" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
-        <v>45981.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B85" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="D85" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E85" s="2">
-        <v>0.39930555555556</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F85" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G85" t="s">
         <v>11</v>
       </c>
       <c r="H85" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I85" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
-        <v>45985.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B86" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D86" s="2">
-        <v>0.69791666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E86" s="2">
-        <v>0.75694444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="F86" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="G86" t="s">
         <v>30</v>
       </c>
       <c r="H86" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="I86" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B87" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D87" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E87" s="2">
         <v>0.39236111111111</v>
       </c>
       <c r="F87" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="G87" t="s">
         <v>11</v>
       </c>
       <c r="H87" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="I87" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
-        <v>45986.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B88" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D88" s="2">
         <v>0.40625</v>
       </c>
       <c r="E88" s="2">
-        <v>0.46875</v>
+        <v>0.46527777777778</v>
       </c>
       <c r="F88" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="G88" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H88" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="I88" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>45987.0</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="D89" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E89" s="2">
-        <v>0.39236111111111</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F89" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G89" t="s">
         <v>11</v>
       </c>
       <c r="H89" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I89" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>45987.0</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
       <c r="D90" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E90" s="2">
-        <v>0.46527777777778</v>
+        <v>0.6875</v>
       </c>
       <c r="F90" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G90" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H90" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I90" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>45987.0</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
+      <c r="C91" t="s">
+        <v>25</v>
+      </c>
       <c r="D91" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E91" s="2">
-        <v>0.61111111111111</v>
+        <v>0.6875</v>
       </c>
       <c r="F91" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G91" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H91" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I91" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
-        <v>45987.0</v>
+        <v>45988.0</v>
       </c>
       <c r="B92" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D92" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E92" s="2">
-        <v>0.6875</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F92" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H92" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I92" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
-        <v>45987.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B93" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D93" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E93" s="2">
-        <v>0.6875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F93" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G93" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H93" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="I93" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
-        <v>45988.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B94" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D94" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E94" s="2">
-        <v>0.39236111111111</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F94" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G94" t="s">
         <v>30</v>
       </c>
       <c r="H94" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I94" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B95" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D95" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E95" s="2">
-        <v>0.47222222222222</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F95" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="G95" t="s">
         <v>11</v>
       </c>
       <c r="H95" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="I95" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B96" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D96" s="2">
-        <v>0.47569444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="E96" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F96" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="G96" t="s">
         <v>30</v>
       </c>
       <c r="H96" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="I96" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
-        <v>45992.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B97" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D97" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E97" s="2">
-        <v>0.61805555555556</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F97" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="G97" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H97" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I97" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
-        <v>45992.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B98" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D98" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E98" s="2">
-        <v>0.68402777777778</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F98" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="G98" t="s">
         <v>30</v>
       </c>
       <c r="H98" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="I98" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B99" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D99" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E99" s="2">
-        <v>0.39930555555556</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F99" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G99" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H99" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="I99" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B100" t="s">
-        <v>39</v>
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
       </c>
       <c r="D100" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E100" s="2">
-        <v>0.46875</v>
+        <v>0.6875</v>
       </c>
       <c r="F100" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G100" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H100" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="I100" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>45994.0</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
+      <c r="C101" t="s">
+        <v>25</v>
+      </c>
       <c r="D101" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E101" s="2">
-        <v>0.39930555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="F101" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G101" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H101" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="I101" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>45994.0</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="2">
-        <v>0.40625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E102" s="2">
-        <v>0.47222222222222</v>
+        <v>0.76388888888889</v>
       </c>
       <c r="F102" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G102" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H102" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I102" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
-        <v>45994.0</v>
+        <v>45995.0</v>
       </c>
       <c r="B103" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D103" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E103" s="2">
-        <v>0.61805555555556</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F103" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G103" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H103" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="I103" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
-        <v>45994.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B104" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D104" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E104" s="2">
-        <v>0.6875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F104" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G104" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H104" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I104" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
-        <v>45994.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B105" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D105" s="2">
-        <v>0.625</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E105" s="2">
-        <v>0.6875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F105" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G105" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H105" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="I105" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
-        <v>45994.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B106" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D106" s="2">
-        <v>0.69791666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E106" s="2">
-        <v>0.76388888888889</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F106" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="G106" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H106" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="I106" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
-        <v>45995.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B107" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D107" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E107" s="2">
-        <v>0.39930555555556</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F107" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G107" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H107" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I107" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>45999.0</v>
       </c>
       <c r="B108" t="s">
         <v>33</v>
       </c>
       <c r="D108" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E108" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="F108" t="s">
         <v>49</v>
       </c>
       <c r="G108" t="s">
         <v>30</v>
       </c>
       <c r="H108" t="s">
         <v>50</v>
       </c>
       <c r="I108" t="s">
@@ -3676,760 +3703,760 @@
       </c>
       <c r="B117" t="s">
         <v>33</v>
       </c>
       <c r="D117" s="2">
         <v>0.47569444444444</v>
       </c>
       <c r="E117" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F117" t="s">
         <v>36</v>
       </c>
       <c r="G117" t="s">
         <v>30</v>
       </c>
       <c r="H117" t="s">
         <v>35</v>
       </c>
       <c r="I117" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B118" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D118" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E118" s="2">
-        <v>0.61805555555556</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F118" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G118" t="s">
         <v>11</v>
       </c>
       <c r="H118" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I118" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B119" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D119" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E119" s="2">
-        <v>0.68402777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="F119" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="G119" t="s">
         <v>30</v>
       </c>
       <c r="H119" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I119" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B120" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D120" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E120" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F120" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G120" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H120" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="I120" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
-        <v>46007.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B121" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D121" s="2">
         <v>0.40625</v>
       </c>
       <c r="E121" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F121" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G121" t="s">
         <v>30</v>
       </c>
       <c r="H121" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="I121" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>46008.0</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
       <c r="D122" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E122" s="2">
-        <v>0.39930555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="F122" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G122" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H122" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="I122" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>46008.0</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
+      <c r="C123" t="s">
+        <v>25</v>
+      </c>
       <c r="D123" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E123" s="2">
-        <v>0.47222222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="F123" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G123" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H123" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="I123" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
-        <v>46008.0</v>
+        <v>46009.0</v>
       </c>
       <c r="B124" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D124" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E124" s="2">
-        <v>0.61805555555556</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F124" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G124" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H124" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="I124" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
-        <v>46008.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
-      <c r="C125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D125" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E125" s="2">
-        <v>0.6875</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F125" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G125" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H125" t="s">
         <v>23</v>
       </c>
       <c r="I125" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
-        <v>46008.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
-      <c r="C126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D126" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E126" s="2">
-        <v>0.6875</v>
+        <v>0.46875</v>
       </c>
       <c r="F126" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G126" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H126" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="I126" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
-        <v>46008.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B127" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D127" s="2">
-        <v>0.69791666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E127" s="2">
-        <v>0.76388888888889</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F127" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G127" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H127" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="I127" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
-        <v>46009.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B128" t="s">
         <v>28</v>
       </c>
       <c r="D128" s="2">
-        <v>0.33333333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="E128" s="2">
-        <v>0.39930555555556</v>
+        <v>0.53472222222222</v>
       </c>
       <c r="F128" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G128" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H128" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I128" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B129" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D129" s="2">
-        <v>0.33333333333333</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="E129" s="2">
-        <v>0.39236111111111</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F129" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="G129" t="s">
         <v>11</v>
       </c>
       <c r="H129" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I129" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
-        <v>46029.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B130" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D130" s="2">
         <v>0.40625</v>
       </c>
       <c r="E130" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F130" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G130" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H130" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="I130" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
-        <v>46030.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B131" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D131" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E131" s="2">
-        <v>0.39236111111111</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F131" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G131" t="s">
         <v>30</v>
       </c>
       <c r="H131" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I131" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>46034.0</v>
       </c>
       <c r="B132" t="s">
         <v>33</v>
       </c>
       <c r="D132" s="2">
-        <v>0.40625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E132" s="2">
-        <v>0.47222222222222</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F132" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G132" t="s">
         <v>11</v>
       </c>
       <c r="H132" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I132" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>46034.0</v>
       </c>
       <c r="B133" t="s">
         <v>33</v>
       </c>
       <c r="D133" s="2">
-        <v>0.47569444444444</v>
+        <v>0.625</v>
       </c>
       <c r="E133" s="2">
-        <v>0.54166666666667</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F133" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="G133" t="s">
         <v>30</v>
       </c>
       <c r="H133" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I133" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B134" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D134" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E134" s="2">
-        <v>0.61805555555556</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F134" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G134" t="s">
         <v>11</v>
       </c>
       <c r="H134" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I134" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B135" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D135" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E135" s="2">
-        <v>0.68402777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="F135" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="G135" t="s">
         <v>30</v>
       </c>
       <c r="H135" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I135" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B136" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D136" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E136" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F136" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G136" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H136" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="I136" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B137" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D137" s="2">
         <v>0.40625</v>
       </c>
       <c r="E137" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F137" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G137" t="s">
         <v>30</v>
       </c>
       <c r="H137" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="I137" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>46036.0</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="D138" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E138" s="2">
-        <v>0.39930555555556</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F138" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G138" t="s">
         <v>30</v>
       </c>
       <c r="H138" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I138" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>46036.0</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
       <c r="D139" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E139" s="2">
-        <v>0.47222222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="F139" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G139" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H139" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I139" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
         <v>46036.0</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
+      <c r="C140" t="s">
+        <v>25</v>
+      </c>
       <c r="D140" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E140" s="2">
-        <v>0.61805555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="F140" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="G140" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H140" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I140" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>46036.0</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
-      <c r="C141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D141" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E141" s="2">
-        <v>0.6875</v>
+        <v>0.76388888888889</v>
       </c>
       <c r="F141" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G141" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H141" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I141" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B142" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D142" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E142" s="2">
-        <v>0.6875</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F142" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="G142" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H142" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I142" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
-        <v>46036.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B143" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D143" s="2">
-        <v>0.69791666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E143" s="2">
-        <v>0.76388888888889</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F143" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="G143" t="s">
         <v>11</v>
       </c>
       <c r="H143" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="I143" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
-        <v>46037.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B144" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D144" s="2">
-        <v>0.33333333333333</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E144" s="2">
-        <v>0.39930555555556</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F144" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G144" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H144" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I144" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
         <v>46041.0</v>
       </c>
       <c r="B145" t="s">
         <v>33</v>
       </c>
       <c r="D145" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E145" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F145" t="s">
         <v>56</v>
       </c>
       <c r="G145" t="s">
         <v>30</v>
       </c>
       <c r="H145" t="s">
         <v>38</v>
       </c>
       <c r="I145" t="s">
@@ -4437,51 +4464,51 @@
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
         <v>46041.0</v>
       </c>
       <c r="B146" t="s">
         <v>33</v>
       </c>
       <c r="D146" s="2">
         <v>0.625</v>
       </c>
       <c r="E146" s="2">
         <v>0.6875</v>
       </c>
       <c r="F146" t="s">
         <v>56</v>
       </c>
       <c r="G146" t="s">
         <v>30</v>
       </c>
       <c r="H146" t="s">
         <v>38</v>
       </c>
       <c r="I146" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>46041.0</v>
       </c>
       <c r="B147" t="s">
         <v>33</v>
       </c>
       <c r="D147" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E147" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="F147" t="s">
         <v>49</v>
       </c>
       <c r="G147" t="s">
         <v>30</v>
       </c>
       <c r="H147" t="s">
         <v>50</v>
       </c>
       <c r="I147" t="s">
@@ -4944,50 +4971,206 @@
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
         <v>46055.0</v>
       </c>
       <c r="B165" t="s">
         <v>33</v>
       </c>
       <c r="D165" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E165" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="F165" t="s">
         <v>49</v>
       </c>
       <c r="G165" t="s">
         <v>30</v>
       </c>
       <c r="H165" t="s">
         <v>50</v>
       </c>
       <c r="I165" t="s">
         <v>51</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10">
+      <c r="A166" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B166" t="s">
+        <v>39</v>
+      </c>
+      <c r="D166" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E166" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F166" t="s">
+        <v>61</v>
+      </c>
+      <c r="G166" t="s">
+        <v>62</v>
+      </c>
+      <c r="H166" t="s">
+        <v>35</v>
+      </c>
+      <c r="I166" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10">
+      <c r="A167" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="D167" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E167" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F167" t="s">
+        <v>64</v>
+      </c>
+      <c r="G167" t="s">
+        <v>62</v>
+      </c>
+      <c r="H167" t="s">
+        <v>15</v>
+      </c>
+      <c r="I167" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10">
+      <c r="A168" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B168" t="s">
+        <v>57</v>
+      </c>
+      <c r="D168" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E168" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F168" t="s">
+        <v>66</v>
+      </c>
+      <c r="G168" t="s">
+        <v>62</v>
+      </c>
+      <c r="H168" t="s">
+        <v>12</v>
+      </c>
+      <c r="I168" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10">
+      <c r="A169" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B169" t="s">
+        <v>39</v>
+      </c>
+      <c r="D169" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E169" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F169" t="s">
+        <v>61</v>
+      </c>
+      <c r="G169" t="s">
+        <v>62</v>
+      </c>
+      <c r="H169" t="s">
+        <v>35</v>
+      </c>
+      <c r="I169" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10">
+      <c r="A170" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="D170" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E170" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F170" t="s">
+        <v>64</v>
+      </c>
+      <c r="G170" t="s">
+        <v>62</v>
+      </c>
+      <c r="H170" t="s">
+        <v>15</v>
+      </c>
+      <c r="I170" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10">
+      <c r="A171" s="1">
+        <v>46081.0</v>
+      </c>
+      <c r="B171" t="s">
+        <v>68</v>
+      </c>
+      <c r="D171" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E171" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F171" t="s">
+        <v>66</v>
+      </c>
+      <c r="G171" t="s">
+        <v>62</v>
+      </c>
+      <c r="H171" t="s">
+        <v>12</v>
+      </c>
+      <c r="I171" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>