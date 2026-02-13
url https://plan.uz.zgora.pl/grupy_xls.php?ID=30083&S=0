--- v1 (2025-12-27)
+++ v2 (2026-02-13)
@@ -4073,682 +4073,682 @@
       </c>
       <c r="B131" t="s">
         <v>33</v>
       </c>
       <c r="D131" s="2">
         <v>0.47569444444444</v>
       </c>
       <c r="E131" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F131" t="s">
         <v>36</v>
       </c>
       <c r="G131" t="s">
         <v>30</v>
       </c>
       <c r="H131" t="s">
         <v>35</v>
       </c>
       <c r="I131" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B132" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D132" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E132" s="2">
-        <v>0.61805555555556</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F132" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G132" t="s">
         <v>11</v>
       </c>
       <c r="H132" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I132" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B133" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D133" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E133" s="2">
-        <v>0.68402777777778</v>
+        <v>0.46875</v>
       </c>
       <c r="F133" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="G133" t="s">
         <v>30</v>
       </c>
       <c r="H133" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I133" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B134" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D134" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E134" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F134" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G134" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H134" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="I134" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B135" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D135" s="2">
         <v>0.40625</v>
       </c>
       <c r="E135" s="2">
-        <v>0.46875</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F135" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G135" t="s">
         <v>30</v>
       </c>
       <c r="H135" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="I135" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>46036.0</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="D136" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E136" s="2">
-        <v>0.39930555555556</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F136" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G136" t="s">
         <v>30</v>
       </c>
       <c r="H136" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I136" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>46036.0</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
       <c r="D137" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E137" s="2">
-        <v>0.47222222222222</v>
+        <v>0.6875</v>
       </c>
       <c r="F137" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G137" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H137" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I137" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>46036.0</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
+      <c r="C138" t="s">
+        <v>25</v>
+      </c>
       <c r="D138" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E138" s="2">
-        <v>0.61805555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="F138" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="G138" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H138" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I138" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>46036.0</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
-      <c r="C139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E139" s="2">
-        <v>0.6875</v>
+        <v>0.76388888888889</v>
       </c>
       <c r="F139" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G139" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H139" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I139" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B140" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D140" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E140" s="2">
-        <v>0.6875</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F140" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="G140" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H140" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I140" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
-        <v>46036.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B141" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D141" s="2">
-        <v>0.69791666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E141" s="2">
-        <v>0.76388888888889</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F141" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="G141" t="s">
         <v>11</v>
       </c>
       <c r="H141" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="I141" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
-        <v>46037.0</v>
+        <v>46041.0</v>
       </c>
       <c r="B142" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D142" s="2">
-        <v>0.33333333333333</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E142" s="2">
-        <v>0.39930555555556</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F142" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G142" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H142" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I142" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
         <v>46041.0</v>
       </c>
       <c r="B143" t="s">
         <v>33</v>
       </c>
       <c r="D143" s="2">
-        <v>0.40625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E143" s="2">
-        <v>0.47222222222222</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F143" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="G143" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H143" t="s">
         <v>38</v>
       </c>
       <c r="I143" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
         <v>46041.0</v>
       </c>
       <c r="B144" t="s">
         <v>33</v>
       </c>
       <c r="D144" s="2">
-        <v>0.48263888888889</v>
+        <v>0.625</v>
       </c>
       <c r="E144" s="2">
-        <v>0.54166666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F144" t="s">
         <v>56</v>
       </c>
       <c r="G144" t="s">
         <v>30</v>
       </c>
       <c r="H144" t="s">
         <v>38</v>
       </c>
       <c r="I144" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
         <v>46041.0</v>
       </c>
       <c r="B145" t="s">
         <v>33</v>
       </c>
       <c r="D145" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E145" s="2">
-        <v>0.61458333333333</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F145" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="G145" t="s">
         <v>30</v>
       </c>
       <c r="H145" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="I145" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B146" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D146" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E146" s="2">
-        <v>0.6875</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F146" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G146" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H146" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="I146" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
-        <v>46041.0</v>
+        <v>46042.0</v>
       </c>
       <c r="B147" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D147" s="2">
-        <v>0.69791666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E147" s="2">
-        <v>0.75694444444444</v>
+        <v>0.46875</v>
       </c>
       <c r="F147" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="G147" t="s">
         <v>30</v>
       </c>
       <c r="H147" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="I147" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B148" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D148" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E148" s="2">
         <v>0.39236111111111</v>
       </c>
       <c r="F148" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="G148" t="s">
         <v>11</v>
       </c>
       <c r="H148" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="I148" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
-        <v>46042.0</v>
+        <v>46043.0</v>
       </c>
       <c r="B149" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D149" s="2">
         <v>0.40625</v>
       </c>
       <c r="E149" s="2">
-        <v>0.46875</v>
+        <v>0.46527777777778</v>
       </c>
       <c r="F149" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="G149" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H149" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="I149" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>46043.0</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="D150" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E150" s="2">
-        <v>0.39236111111111</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F150" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G150" t="s">
         <v>11</v>
       </c>
       <c r="H150" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I150" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>46043.0</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
       <c r="D151" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E151" s="2">
-        <v>0.46527777777778</v>
+        <v>0.6875</v>
       </c>
       <c r="F151" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G151" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H151" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I151" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
         <v>46043.0</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
+      <c r="C152" t="s">
+        <v>25</v>
+      </c>
       <c r="D152" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E152" s="2">
-        <v>0.61111111111111</v>
+        <v>0.6875</v>
       </c>
       <c r="F152" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G152" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="H152" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I152" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
-        <v>46043.0</v>
+        <v>46044.0</v>
       </c>
       <c r="B153" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D153" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E153" s="2">
-        <v>0.6875</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F153" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G153" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H153" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I153" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
-        <v>46043.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B154" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D154" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E154" s="2">
-        <v>0.6875</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F154" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G154" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="H154" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="I154" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
-        <v>46044.0</v>
+        <v>46048.0</v>
       </c>
       <c r="B155" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D155" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E155" s="2">
-        <v>0.39236111111111</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F155" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="G155" t="s">
         <v>30</v>
       </c>
       <c r="H155" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I155" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>46048.0</v>
       </c>
       <c r="B156" t="s">
         <v>33</v>
       </c>
       <c r="D156" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E156" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="F156" t="s">
         <v>49</v>
       </c>
       <c r="G156" t="s">
         <v>30</v>
       </c>
       <c r="H156" t="s">
         <v>50</v>
       </c>
       <c r="I156" t="s">