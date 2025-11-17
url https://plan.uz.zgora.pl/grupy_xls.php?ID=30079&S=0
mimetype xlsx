--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -156,50 +156,53 @@
     <t>dr Iwona Banach</t>
   </si>
   <si>
     <t>Innowacje wspierające rozwój dziecka (K)</t>
   </si>
   <si>
     <t>439 A-16</t>
   </si>
   <si>
     <t>Trening twórczości (K)</t>
   </si>
   <si>
     <t>dr Roksana Pilawska-Gronostaj</t>
   </si>
   <si>
     <t>Logopedia (Ć)</t>
   </si>
   <si>
     <t>dr Grzegorz Hryniewicz</t>
   </si>
   <si>
     <t>Twórczy pedagogicznie nauczyciel (K)</t>
   </si>
   <si>
     <t>Projektowanie programów autorskich (K)</t>
+  </si>
+  <si>
+    <t>P2 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1247,51 +1250,51 @@
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>45951.0</v>
       </c>
       <c r="B27" t="s">
         <v>31</v>
       </c>
       <c r="D27" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E27" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="F27" t="s">
         <v>37</v>
       </c>
       <c r="G27" t="s">
         <v>38</v>
       </c>
       <c r="H27" t="s">
         <v>39</v>
       </c>
       <c r="I27" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>45951.0</v>
       </c>
       <c r="B28" t="s">
         <v>31</v>
       </c>
       <c r="D28" s="2">
         <v>0.625</v>
       </c>
       <c r="E28" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="F28" t="s">
         <v>40</v>
       </c>
       <c r="G28" t="s">
         <v>11</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
@@ -1701,51 +1704,51 @@
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>45965.0</v>
       </c>
       <c r="B44" t="s">
         <v>31</v>
       </c>
       <c r="D44" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E44" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="F44" t="s">
         <v>37</v>
       </c>
       <c r="G44" t="s">
         <v>38</v>
       </c>
       <c r="H44" t="s">
         <v>39</v>
       </c>
       <c r="I44" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>45965.0</v>
       </c>
       <c r="B45" t="s">
         <v>31</v>
       </c>
       <c r="D45" s="2">
         <v>0.625</v>
       </c>
       <c r="E45" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="F45" t="s">
         <v>40</v>
       </c>
       <c r="G45" t="s">
         <v>11</v>
       </c>
       <c r="H45" t="s">
         <v>12</v>
       </c>
       <c r="I45" t="s">
@@ -2103,51 +2106,51 @@
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>45979.0</v>
       </c>
       <c r="B59" t="s">
         <v>31</v>
       </c>
       <c r="D59" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E59" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="F59" t="s">
         <v>37</v>
       </c>
       <c r="G59" t="s">
         <v>38</v>
       </c>
       <c r="H59" t="s">
         <v>39</v>
       </c>
       <c r="I59" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>45979.0</v>
       </c>
       <c r="B60" t="s">
         <v>31</v>
       </c>
       <c r="D60" s="2">
         <v>0.625</v>
       </c>
       <c r="E60" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="F60" t="s">
         <v>40</v>
       </c>
       <c r="G60" t="s">
         <v>11</v>
       </c>
       <c r="H60" t="s">
         <v>12</v>
       </c>
       <c r="I60" t="s">
@@ -2557,51 +2560,51 @@
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>45993.0</v>
       </c>
       <c r="B76" t="s">
         <v>31</v>
       </c>
       <c r="D76" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E76" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="F76" t="s">
         <v>37</v>
       </c>
       <c r="G76" t="s">
         <v>38</v>
       </c>
       <c r="H76" t="s">
         <v>39</v>
       </c>
       <c r="I76" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>45993.0</v>
       </c>
       <c r="B77" t="s">
         <v>31</v>
       </c>
       <c r="D77" s="2">
         <v>0.625</v>
       </c>
       <c r="E77" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="F77" t="s">
         <v>40</v>
       </c>
       <c r="G77" t="s">
         <v>11</v>
       </c>
       <c r="H77" t="s">
         <v>12</v>
       </c>
       <c r="I77" t="s">
@@ -3011,51 +3014,51 @@
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>46007.0</v>
       </c>
       <c r="B93" t="s">
         <v>31</v>
       </c>
       <c r="D93" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E93" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="F93" t="s">
         <v>37</v>
       </c>
       <c r="G93" t="s">
         <v>38</v>
       </c>
       <c r="H93" t="s">
         <v>39</v>
       </c>
       <c r="I93" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>46007.0</v>
       </c>
       <c r="B94" t="s">
         <v>31</v>
       </c>
       <c r="D94" s="2">
         <v>0.625</v>
       </c>
       <c r="E94" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="F94" t="s">
         <v>40</v>
       </c>
       <c r="G94" t="s">
         <v>11</v>
       </c>
       <c r="H94" t="s">
         <v>12</v>
       </c>
       <c r="I94" t="s">
@@ -3355,51 +3358,51 @@
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>46035.0</v>
       </c>
       <c r="B106" t="s">
         <v>31</v>
       </c>
       <c r="D106" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E106" s="2">
         <v>0.61805555555556</v>
       </c>
       <c r="F106" t="s">
         <v>37</v>
       </c>
       <c r="G106" t="s">
         <v>38</v>
       </c>
       <c r="H106" t="s">
         <v>39</v>
       </c>
       <c r="I106" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>46035.0</v>
       </c>
       <c r="B107" t="s">
         <v>31</v>
       </c>
       <c r="D107" s="2">
         <v>0.625</v>
       </c>
       <c r="E107" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="F107" t="s">
         <v>40</v>
       </c>
       <c r="G107" t="s">
         <v>11</v>
       </c>
       <c r="H107" t="s">
         <v>12</v>
       </c>
       <c r="I107" t="s">