--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -180,50 +180,53 @@
     <t>P103 A-16</t>
   </si>
   <si>
     <t>Metodyka edukacji językowej w przedszkolu (W)</t>
   </si>
   <si>
     <t>439 A-16</t>
   </si>
   <si>
     <t>lab1</t>
   </si>
   <si>
     <t>Metodologia badań naukowych I (L)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>417 A-16</t>
   </si>
   <si>
     <t>lab2</t>
   </si>
   <si>
     <t>Teoretyczne podstawy pedagogiki wczesnoszkolnej (W)</t>
+  </si>
+  <si>
+    <t>324 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1636,544 +1639,544 @@
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="2">
         <v>0.40625</v>
       </c>
       <c r="E39" s="2">
         <v>0.46875</v>
       </c>
       <c r="F39" t="s">
         <v>24</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
       <c r="H39" t="s">
         <v>25</v>
       </c>
       <c r="I39" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
-        <v>45946.0</v>
+        <v>45945.0</v>
       </c>
       <c r="B40" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D40" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E40" s="2">
-        <v>0.39583333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F40" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="G40" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="H40" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I40" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>45946.0</v>
       </c>
       <c r="B41" t="s">
         <v>27</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E41" s="2">
-        <v>0.46875</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F41" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G41" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H41" t="s">
         <v>30</v>
       </c>
       <c r="I41" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
         <v>45946.0</v>
       </c>
       <c r="B42" t="s">
         <v>27</v>
       </c>
       <c r="C42" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D42" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E42" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F42" t="s">
         <v>32</v>
       </c>
       <c r="G42" t="s">
         <v>12</v>
       </c>
       <c r="H42" t="s">
         <v>30</v>
       </c>
       <c r="I42" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
-        <v>45950.0</v>
+        <v>45946.0</v>
       </c>
       <c r="B43" t="s">
-        <v>33</v>
+        <v>27</v>
+      </c>
+      <c r="C43" t="s">
+        <v>15</v>
       </c>
       <c r="D43" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E43" s="2">
-        <v>0.47222222222222</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F43" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G43" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="H43" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I43" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>45950.0</v>
       </c>
       <c r="B44" t="s">
         <v>33</v>
       </c>
       <c r="D44" s="2">
-        <v>0.47569444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="E44" s="2">
-        <v>0.54166666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F44" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G44" t="s">
         <v>29</v>
       </c>
       <c r="H44" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I44" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>45950.0</v>
       </c>
       <c r="B45" t="s">
         <v>33</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E45" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F45" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G45" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H45" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I45" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>45950.0</v>
       </c>
       <c r="B46" t="s">
         <v>33</v>
       </c>
       <c r="C46" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D46" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E46" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F46" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G46" t="s">
         <v>12</v>
       </c>
       <c r="H46" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I46" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>45950.0</v>
       </c>
       <c r="B47" t="s">
         <v>33</v>
       </c>
       <c r="C47" t="s">
         <v>15</v>
       </c>
       <c r="D47" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E47" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F47" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G47" t="s">
         <v>12</v>
       </c>
       <c r="H47" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I47" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
         <v>45950.0</v>
       </c>
       <c r="B48" t="s">
         <v>33</v>
       </c>
       <c r="C48" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D48" s="2">
         <v>0.625</v>
       </c>
       <c r="E48" s="2">
         <v>0.6875</v>
       </c>
       <c r="F48" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G48" t="s">
         <v>12</v>
       </c>
       <c r="H48" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I48" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
-        <v>45951.0</v>
+        <v>45950.0</v>
       </c>
       <c r="B49" t="s">
-        <v>42</v>
+        <v>33</v>
+      </c>
+      <c r="C49" t="s">
+        <v>10</v>
       </c>
       <c r="D49" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E49" s="2">
-        <v>0.39930555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="F49" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G49" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="H49" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="I49" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
         <v>45951.0</v>
       </c>
       <c r="B50" t="s">
         <v>42</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E50" s="2">
-        <v>0.47222222222222</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F50" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G50" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H50" t="s">
         <v>44</v>
       </c>
       <c r="I50" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
         <v>45951.0</v>
       </c>
       <c r="B51" t="s">
         <v>42</v>
       </c>
       <c r="C51" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D51" s="2">
-        <v>0.47569444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="E51" s="2">
-        <v>0.54166666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F51" t="s">
         <v>46</v>
       </c>
       <c r="G51" t="s">
         <v>12</v>
       </c>
       <c r="H51" t="s">
         <v>44</v>
       </c>
       <c r="I51" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
         <v>45951.0</v>
       </c>
       <c r="B52" t="s">
         <v>42</v>
       </c>
+      <c r="C52" t="s">
+        <v>15</v>
+      </c>
       <c r="D52" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E52" s="2">
-        <v>0.61805555555556</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F52" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G52" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="H52" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="I52" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
-        <v>45952.0</v>
+        <v>45951.0</v>
       </c>
       <c r="B53" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="D53" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E53" s="2">
-        <v>0.39930555555556</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F53" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="G53" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H53" t="s">
         <v>13</v>
       </c>
       <c r="I53" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>45952.0</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D54" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E54" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F54" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
       <c r="H54" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I54" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>45952.0</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
+      <c r="C55" t="s">
+        <v>10</v>
+      </c>
       <c r="D55" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E55" s="2">
-        <v>0.46875</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G55" t="s">
         <v>12</v>
       </c>
       <c r="H55" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="I55" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>45952.0</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="2">
         <v>0.40625</v>
       </c>
       <c r="E56" s="2">
         <v>0.46875</v>
       </c>
       <c r="F56" t="s">
         <v>19</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
       <c r="H56" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I56" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>45952.0</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="2">
         <v>0.40625</v>
       </c>
       <c r="E57" s="2">
         <v>0.46875</v>
       </c>
       <c r="F57" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="G57" t="s">
         <v>12</v>
       </c>
       <c r="H57" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I57" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>45953.0</v>
       </c>
       <c r="B58" t="s">
         <v>27</v>
       </c>
       <c r="D58" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E58" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F58" t="s">
         <v>28</v>
       </c>
       <c r="G58" t="s">
         <v>29</v>
       </c>
       <c r="H58" t="s">
         <v>30</v>
       </c>
       <c r="I58" t="s">
@@ -3335,183 +3338,183 @@
         <v>0.40625</v>
       </c>
       <c r="E100" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F100" t="s">
         <v>51</v>
       </c>
       <c r="G100" t="s">
         <v>52</v>
       </c>
       <c r="H100" t="s">
         <v>35</v>
       </c>
       <c r="I100" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>45974.0</v>
       </c>
       <c r="B101" t="s">
         <v>27</v>
       </c>
+      <c r="C101" t="s">
+        <v>10</v>
+      </c>
       <c r="D101" s="2">
-        <v>0.48263888888889</v>
+        <v>0.40625</v>
       </c>
       <c r="E101" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F101" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="G101" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="H101" t="s">
         <v>17</v>
       </c>
       <c r="I101" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>45974.0</v>
       </c>
       <c r="B102" t="s">
         <v>27</v>
       </c>
-      <c r="C102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D102" s="2">
-        <v>0.55208333333333</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E102" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F102" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="G102" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H102" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I102" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>45974.0</v>
       </c>
       <c r="B103" t="s">
         <v>27</v>
       </c>
       <c r="C103" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D103" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E103" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F103" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G103" t="s">
         <v>12</v>
       </c>
       <c r="H103" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I103" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>45974.0</v>
       </c>
       <c r="B104" t="s">
         <v>27</v>
       </c>
       <c r="C104" t="s">
         <v>15</v>
       </c>
       <c r="D104" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E104" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F104" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G104" t="s">
         <v>12</v>
       </c>
       <c r="H104" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I104" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>45974.0</v>
       </c>
       <c r="B105" t="s">
         <v>27</v>
       </c>
       <c r="C105" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D105" s="2">
         <v>0.625</v>
       </c>
       <c r="E105" s="2">
         <v>0.6875</v>
       </c>
       <c r="F105" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G105" t="s">
         <v>12</v>
       </c>
       <c r="H105" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I105" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>45978.0</v>
       </c>
       <c r="B106" t="s">
         <v>33</v>
       </c>
       <c r="D106" s="2">
         <v>0.40625</v>
       </c>
       <c r="E106" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F106" t="s">
         <v>34</v>
       </c>
       <c r="G106" t="s">
         <v>29</v>
       </c>
       <c r="H106" t="s">
         <v>35</v>
       </c>
       <c r="I106" t="s">