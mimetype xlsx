--- v1 (2025-11-17)
+++ v2 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -183,50 +183,77 @@
     <t>Metodyka edukacji językowej w przedszkolu (W)</t>
   </si>
   <si>
     <t>439 A-16</t>
   </si>
   <si>
     <t>lab1</t>
   </si>
   <si>
     <t>Metodologia badań naukowych I (L)</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>417 A-16</t>
   </si>
   <si>
     <t>lab2</t>
   </si>
   <si>
     <t>Teoretyczne podstawy pedagogiki wczesnoszkolnej (W)</t>
   </si>
   <si>
     <t>324 A-16</t>
+  </si>
+  <si>
+    <t>31 A-16</t>
+  </si>
+  <si>
+    <t>138 A-16</t>
+  </si>
+  <si>
+    <t>Teoretyczne podstawy wspierania rozwoju (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Język niemiecki IV (E)</t>
+  </si>
+  <si>
+    <t>Język angielski IV (E)</t>
+  </si>
+  <si>
+    <t>P4 A-16</t>
+  </si>
+  <si>
+    <t>Teoretyczne podstawy pedagogiki wczesnoszkolnej (E)</t>
+  </si>
+  <si>
+    <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -534,54 +561,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J247"/>
+  <dimension ref="A1:J257"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E247" sqref="E247"/>
+      <selection activeCell="E257" sqref="E257"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4036,183 +4063,183 @@
         <v>0.40625</v>
       </c>
       <c r="E125" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F125" t="s">
         <v>51</v>
       </c>
       <c r="G125" t="s">
         <v>52</v>
       </c>
       <c r="H125" t="s">
         <v>35</v>
       </c>
       <c r="I125" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>45985.0</v>
       </c>
       <c r="B126" t="s">
         <v>33</v>
       </c>
+      <c r="C126" t="s">
+        <v>10</v>
+      </c>
       <c r="D126" s="2">
-        <v>0.48263888888889</v>
+        <v>0.40625</v>
       </c>
       <c r="E126" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F126" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="G126" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="H126" t="s">
         <v>17</v>
       </c>
       <c r="I126" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
         <v>45985.0</v>
       </c>
       <c r="B127" t="s">
         <v>33</v>
       </c>
-      <c r="C127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127" s="2">
-        <v>0.55208333333333</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E127" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F127" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="G127" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H127" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I127" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>45985.0</v>
       </c>
       <c r="B128" t="s">
         <v>33</v>
       </c>
       <c r="C128" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D128" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E128" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F128" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G128" t="s">
         <v>12</v>
       </c>
       <c r="H128" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I128" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>45985.0</v>
       </c>
       <c r="B129" t="s">
         <v>33</v>
       </c>
       <c r="C129" t="s">
         <v>15</v>
       </c>
       <c r="D129" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E129" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F129" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G129" t="s">
         <v>12</v>
       </c>
       <c r="H129" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I129" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>45985.0</v>
       </c>
       <c r="B130" t="s">
         <v>33</v>
       </c>
       <c r="C130" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D130" s="2">
         <v>0.625</v>
       </c>
       <c r="E130" s="2">
         <v>0.6875</v>
       </c>
       <c r="F130" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G130" t="s">
         <v>12</v>
       </c>
       <c r="H130" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I130" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>45987.0</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>10</v>
       </c>
       <c r="D131" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E131" s="2">
         <v>0.39236111111111</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
         <v>12</v>
       </c>
       <c r="H131" t="s">
@@ -4954,183 +4981,183 @@
         <v>0.40625</v>
       </c>
       <c r="E158" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F158" t="s">
         <v>51</v>
       </c>
       <c r="G158" t="s">
         <v>52</v>
       </c>
       <c r="H158" t="s">
         <v>35</v>
       </c>
       <c r="I158" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>45999.0</v>
       </c>
       <c r="B159" t="s">
         <v>33</v>
       </c>
+      <c r="C159" t="s">
+        <v>10</v>
+      </c>
       <c r="D159" s="2">
-        <v>0.48263888888889</v>
+        <v>0.40625</v>
       </c>
       <c r="E159" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F159" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="G159" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="H159" t="s">
         <v>17</v>
       </c>
       <c r="I159" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>45999.0</v>
       </c>
       <c r="B160" t="s">
         <v>33</v>
       </c>
-      <c r="C160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D160" s="2">
-        <v>0.55208333333333</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E160" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F160" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="G160" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H160" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I160" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>45999.0</v>
       </c>
       <c r="B161" t="s">
         <v>33</v>
       </c>
       <c r="C161" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D161" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E161" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F161" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G161" t="s">
         <v>12</v>
       </c>
       <c r="H161" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I161" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>45999.0</v>
       </c>
       <c r="B162" t="s">
         <v>33</v>
       </c>
       <c r="C162" t="s">
         <v>15</v>
       </c>
       <c r="D162" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E162" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F162" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G162" t="s">
         <v>12</v>
       </c>
       <c r="H162" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I162" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>45999.0</v>
       </c>
       <c r="B163" t="s">
         <v>33</v>
       </c>
       <c r="C163" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D163" s="2">
         <v>0.625</v>
       </c>
       <c r="E163" s="2">
         <v>0.6875</v>
       </c>
       <c r="F163" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G163" t="s">
         <v>12</v>
       </c>
       <c r="H163" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I163" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
         <v>46001.0</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>10</v>
       </c>
       <c r="D164" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E164" s="2">
         <v>0.39236111111111</v>
       </c>
       <c r="F164" t="s">
         <v>11</v>
       </c>
       <c r="G164" t="s">
         <v>12</v>
       </c>
       <c r="H164" t="s">
@@ -5358,51 +5385,51 @@
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>46006.0</v>
       </c>
       <c r="B173" t="s">
         <v>33</v>
       </c>
       <c r="D173" s="2">
         <v>0.47569444444444</v>
       </c>
       <c r="E173" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F173" t="s">
         <v>37</v>
       </c>
       <c r="G173" t="s">
         <v>29</v>
       </c>
       <c r="H173" t="s">
         <v>17</v>
       </c>
       <c r="I173" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>46006.0</v>
       </c>
       <c r="B174" t="s">
         <v>33</v>
       </c>
       <c r="C174" t="s">
         <v>10</v>
       </c>
       <c r="D174" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E174" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F174" t="s">
         <v>39</v>
       </c>
       <c r="G174" t="s">
         <v>12</v>
       </c>
       <c r="H174" t="s">
@@ -6454,183 +6481,183 @@
         <v>0.40625</v>
       </c>
       <c r="E212" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F212" t="s">
         <v>51</v>
       </c>
       <c r="G212" t="s">
         <v>52</v>
       </c>
       <c r="H212" t="s">
         <v>35</v>
       </c>
       <c r="I212" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
         <v>46041.0</v>
       </c>
       <c r="B213" t="s">
         <v>33</v>
       </c>
+      <c r="C213" t="s">
+        <v>10</v>
+      </c>
       <c r="D213" s="2">
-        <v>0.48263888888889</v>
+        <v>0.40625</v>
       </c>
       <c r="E213" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F213" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="G213" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="H213" t="s">
         <v>17</v>
       </c>
       <c r="I213" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
         <v>46041.0</v>
       </c>
       <c r="B214" t="s">
         <v>33</v>
       </c>
-      <c r="C214" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D214" s="2">
-        <v>0.55208333333333</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E214" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F214" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="G214" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H214" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I214" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
         <v>46041.0</v>
       </c>
       <c r="B215" t="s">
         <v>33</v>
       </c>
       <c r="C215" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D215" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E215" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F215" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G215" t="s">
         <v>12</v>
       </c>
       <c r="H215" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I215" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="1">
         <v>46041.0</v>
       </c>
       <c r="B216" t="s">
         <v>33</v>
       </c>
       <c r="C216" t="s">
         <v>15</v>
       </c>
       <c r="D216" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E216" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F216" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G216" t="s">
         <v>12</v>
       </c>
       <c r="H216" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I216" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="1">
         <v>46041.0</v>
       </c>
       <c r="B217" t="s">
         <v>33</v>
       </c>
       <c r="C217" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D217" s="2">
         <v>0.625</v>
       </c>
       <c r="E217" s="2">
         <v>0.6875</v>
       </c>
       <c r="F217" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G217" t="s">
         <v>12</v>
       </c>
       <c r="H217" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I217" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
         <v>46043.0</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>10</v>
       </c>
       <c r="D218" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E218" s="2">
         <v>0.39236111111111</v>
       </c>
       <c r="F218" t="s">
         <v>11</v>
       </c>
       <c r="G218" t="s">
         <v>12</v>
       </c>
       <c r="H218" t="s">
@@ -6874,183 +6901,183 @@
         <v>0.40625</v>
       </c>
       <c r="E227" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F227" t="s">
         <v>51</v>
       </c>
       <c r="G227" t="s">
         <v>52</v>
       </c>
       <c r="H227" t="s">
         <v>35</v>
       </c>
       <c r="I227" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="1">
         <v>46048.0</v>
       </c>
       <c r="B228" t="s">
         <v>33</v>
       </c>
+      <c r="C228" t="s">
+        <v>10</v>
+      </c>
       <c r="D228" s="2">
-        <v>0.48263888888889</v>
+        <v>0.40625</v>
       </c>
       <c r="E228" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F228" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="G228" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="H228" t="s">
         <v>17</v>
       </c>
       <c r="I228" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="1">
         <v>46048.0</v>
       </c>
       <c r="B229" t="s">
         <v>33</v>
       </c>
-      <c r="C229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D229" s="2">
-        <v>0.55208333333333</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E229" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F229" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="G229" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H229" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I229" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="1">
         <v>46048.0</v>
       </c>
       <c r="B230" t="s">
         <v>33</v>
       </c>
       <c r="C230" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D230" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E230" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F230" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G230" t="s">
         <v>12</v>
       </c>
       <c r="H230" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I230" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
         <v>46048.0</v>
       </c>
       <c r="B231" t="s">
         <v>33</v>
       </c>
       <c r="C231" t="s">
         <v>15</v>
       </c>
       <c r="D231" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E231" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F231" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G231" t="s">
         <v>12</v>
       </c>
       <c r="H231" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I231" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
         <v>46048.0</v>
       </c>
       <c r="B232" t="s">
         <v>33</v>
       </c>
       <c r="C232" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D232" s="2">
         <v>0.625</v>
       </c>
       <c r="E232" s="2">
         <v>0.6875</v>
       </c>
       <c r="F232" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G232" t="s">
         <v>12</v>
       </c>
       <c r="H232" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I232" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="1">
         <v>46050.0</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>10</v>
       </c>
       <c r="D233" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E233" s="2">
         <v>0.39236111111111</v>
       </c>
       <c r="F233" t="s">
         <v>11</v>
       </c>
       <c r="G233" t="s">
         <v>12</v>
       </c>
       <c r="H233" t="s">
@@ -7294,182 +7321,442 @@
         <v>0.40625</v>
       </c>
       <c r="E242" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F242" t="s">
         <v>51</v>
       </c>
       <c r="G242" t="s">
         <v>52</v>
       </c>
       <c r="H242" t="s">
         <v>35</v>
       </c>
       <c r="I242" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="1">
         <v>46055.0</v>
       </c>
       <c r="B243" t="s">
         <v>33</v>
       </c>
+      <c r="C243" t="s">
+        <v>10</v>
+      </c>
       <c r="D243" s="2">
-        <v>0.48263888888889</v>
+        <v>0.40625</v>
       </c>
       <c r="E243" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F243" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="G243" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="H243" t="s">
         <v>17</v>
       </c>
       <c r="I243" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="1">
         <v>46055.0</v>
       </c>
       <c r="B244" t="s">
         <v>33</v>
       </c>
-      <c r="C244" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D244" s="2">
-        <v>0.55208333333333</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E244" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F244" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="G244" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="H244" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I244" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" s="1">
         <v>46055.0</v>
       </c>
       <c r="B245" t="s">
         <v>33</v>
       </c>
       <c r="C245" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D245" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E245" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F245" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G245" t="s">
         <v>12</v>
       </c>
       <c r="H245" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I245" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="1">
         <v>46055.0</v>
       </c>
       <c r="B246" t="s">
         <v>33</v>
       </c>
       <c r="C246" t="s">
         <v>15</v>
       </c>
       <c r="D246" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E246" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F246" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G246" t="s">
         <v>12</v>
       </c>
       <c r="H246" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I246" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="1">
         <v>46055.0</v>
       </c>
       <c r="B247" t="s">
         <v>33</v>
       </c>
       <c r="C247" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D247" s="2">
         <v>0.625</v>
       </c>
       <c r="E247" s="2">
         <v>0.6875</v>
       </c>
       <c r="F247" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G247" t="s">
         <v>12</v>
       </c>
       <c r="H247" t="s">
+        <v>13</v>
+      </c>
+      <c r="I247" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10">
+      <c r="A248" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B248" t="s">
+        <v>42</v>
+      </c>
+      <c r="D248" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E248" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F248" t="s">
+        <v>59</v>
+      </c>
+      <c r="G248" t="s">
+        <v>60</v>
+      </c>
+      <c r="H248" t="s">
         <v>17</v>
       </c>
-      <c r="I247" t="s">
+      <c r="I248" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10">
+      <c r="A249" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="D249" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E249" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="F249" t="s">
+        <v>61</v>
+      </c>
+      <c r="G249" t="s">
+        <v>60</v>
+      </c>
+      <c r="H249" t="s">
+        <v>25</v>
+      </c>
+      <c r="I249" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10">
+      <c r="A250" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="D250" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E250" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F250" t="s">
+        <v>62</v>
+      </c>
+      <c r="G250" t="s">
+        <v>60</v>
+      </c>
+      <c r="H250" t="s">
+        <v>20</v>
+      </c>
+      <c r="I250" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10">
+      <c r="A251" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="D251" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E251" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F251" t="s">
+        <v>62</v>
+      </c>
+      <c r="G251" t="s">
+        <v>60</v>
+      </c>
+      <c r="H251" t="s">
+        <v>22</v>
+      </c>
+      <c r="I251" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10">
+      <c r="A252" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B252" t="s">
+        <v>27</v>
+      </c>
+      <c r="D252" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E252" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F252" t="s">
+        <v>64</v>
+      </c>
+      <c r="G252" t="s">
+        <v>60</v>
+      </c>
+      <c r="H252" t="s">
+        <v>17</v>
+      </c>
+      <c r="I252" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10">
+      <c r="A253" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B253" t="s">
+        <v>42</v>
+      </c>
+      <c r="D253" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E253" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F253" t="s">
+        <v>62</v>
+      </c>
+      <c r="G253" t="s">
+        <v>60</v>
+      </c>
+      <c r="H253" t="s">
+        <v>22</v>
+      </c>
+      <c r="I253" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10">
+      <c r="A254" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="D254" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E254" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="F254" t="s">
+        <v>61</v>
+      </c>
+      <c r="G254" t="s">
+        <v>60</v>
+      </c>
+      <c r="H254" t="s">
+        <v>25</v>
+      </c>
+      <c r="I254" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10">
+      <c r="A255" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B255" t="s">
+        <v>65</v>
+      </c>
+      <c r="D255" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E255" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F255" t="s">
+        <v>62</v>
+      </c>
+      <c r="G255" t="s">
+        <v>60</v>
+      </c>
+      <c r="H255" t="s">
+        <v>20</v>
+      </c>
+      <c r="I255" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10">
+      <c r="A256" s="1">
+        <v>46078.0</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="D256" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E256" s="2">
+        <v>0.40625</v>
+      </c>
+      <c r="F256" t="s">
+        <v>59</v>
+      </c>
+      <c r="G256" t="s">
+        <v>60</v>
+      </c>
+      <c r="H256" t="s">
+        <v>17</v>
+      </c>
+      <c r="I256" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10">
+      <c r="A257" s="1">
+        <v>46078.0</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="D257" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E257" s="2">
+        <v>0.44791666666667</v>
+      </c>
+      <c r="F257" t="s">
+        <v>64</v>
+      </c>
+      <c r="G257" t="s">
+        <v>60</v>
+      </c>
+      <c r="H257" t="s">
+        <v>17</v>
+      </c>
+      <c r="I257" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>