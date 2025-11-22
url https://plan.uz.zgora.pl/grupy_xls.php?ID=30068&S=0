--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -204,50 +204,53 @@
     <t>dr Anna Korlak-Łukasiewicz</t>
   </si>
   <si>
     <t>138 A-16</t>
   </si>
   <si>
     <t>Historia wychowania i opieki (W)</t>
   </si>
   <si>
     <t>dr Edyta Bartkowiak</t>
   </si>
   <si>
     <t>36 A-16</t>
   </si>
   <si>
     <t>Wstęp do psychologii (W)</t>
   </si>
   <si>
     <t>P102 A-16</t>
   </si>
   <si>
     <t>Historia wychowania i opieki (Ć)</t>
   </si>
   <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>8 A-20</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2827,51 +2830,51 @@
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>45980.0</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E85" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F85" t="s">
         <v>36</v>
       </c>
       <c r="G85" t="s">
         <v>15</v>
       </c>
       <c r="H85" t="s">
         <v>37</v>
       </c>
       <c r="I85" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>45980.0</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="2">
         <v>0.625</v>
       </c>
       <c r="E86" s="2">
         <v>0.6875</v>
       </c>
       <c r="F86" t="s">
         <v>14</v>
       </c>
       <c r="G86" t="s">
         <v>15</v>
       </c>
       <c r="H86" t="s">
         <v>16</v>
       </c>
       <c r="I86" t="s">
@@ -3474,676 +3477,676 @@
       </c>
       <c r="E109" s="2">
         <v>0.47222222222222</v>
       </c>
       <c r="F109" t="s">
         <v>54</v>
       </c>
       <c r="G109" t="s">
         <v>11</v>
       </c>
       <c r="H109" t="s">
         <v>55</v>
       </c>
       <c r="I109" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>45994.0</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="D110" s="2">
-        <v>0.625</v>
+        <v>0.54513888888889</v>
       </c>
       <c r="E110" s="2">
-        <v>0.6875</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F110" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G110" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H110" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="I110" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>45994.0</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="D111" s="2">
-        <v>0.69791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E111" s="2">
-        <v>0.76041666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F111" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G111" t="s">
         <v>15</v>
       </c>
       <c r="H111" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="I111" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>45994.0</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="D112" s="2">
-        <v>0.77083333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E112" s="2">
-        <v>0.83333333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F112" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="G112" t="s">
         <v>15</v>
       </c>
       <c r="H112" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I112" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
-        <v>45999.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B113" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D113" s="2">
-        <v>0.47916666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E113" s="2">
-        <v>0.54166666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F113" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>15</v>
       </c>
       <c r="H113" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="I113" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45999.0</v>
       </c>
       <c r="B114" t="s">
         <v>35</v>
       </c>
       <c r="D114" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E114" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F114" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G114" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="H114" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I114" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45999.0</v>
       </c>
       <c r="B115" t="s">
         <v>35</v>
       </c>
-      <c r="C115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D115" s="2">
-        <v>0.69791666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E115" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F115" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G115" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="H115" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="I115" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
-        <v>46000.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B116" t="s">
-        <v>48</v>
+        <v>35</v>
+      </c>
+      <c r="C116" t="s">
+        <v>43</v>
       </c>
       <c r="D116" s="2">
-        <v>0.40625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E116" s="2">
-        <v>0.46527777777778</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F116" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G116" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="H116" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="I116" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>46000.0</v>
       </c>
       <c r="B117" t="s">
         <v>48</v>
       </c>
       <c r="D117" s="2">
-        <v>0.48263888888889</v>
+        <v>0.40625</v>
       </c>
       <c r="E117" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46527777777778</v>
       </c>
       <c r="F117" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G117" t="s">
         <v>11</v>
       </c>
       <c r="H117" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="I117" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>46000.0</v>
       </c>
       <c r="B118" t="s">
         <v>48</v>
       </c>
-      <c r="C118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D118" s="2">
-        <v>0.625</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E118" s="2">
-        <v>0.6875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F118" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="G118" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="H118" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="I118" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>46000.0</v>
       </c>
       <c r="B119" t="s">
         <v>48</v>
       </c>
+      <c r="C119" t="s">
+        <v>49</v>
+      </c>
       <c r="D119" s="2">
-        <v>0.69791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E119" s="2">
-        <v>0.75694444444444</v>
+        <v>0.6875</v>
       </c>
       <c r="F119" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="G119" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H119" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="I119" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
-        <v>46001.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B120" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="D120" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E120" s="2">
-        <v>0.61111111111111</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F120" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="G120" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="H120" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="I120" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>46001.0</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="D121" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E121" s="2">
-        <v>0.6875</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F121" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G121" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H121" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I121" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>46001.0</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="D122" s="2">
-        <v>0.69791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E122" s="2">
-        <v>0.76041666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F122" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="G122" t="s">
         <v>15</v>
       </c>
       <c r="H122" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="I122" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>46001.0</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="D123" s="2">
-        <v>0.77083333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E123" s="2">
-        <v>0.83333333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F123" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="G123" t="s">
         <v>15</v>
       </c>
       <c r="H123" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I123" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
-        <v>46002.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B124" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D124" s="2">
-        <v>0.33333333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E124" s="2">
-        <v>0.39236111111111</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F124" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="G124" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H124" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I124" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>46002.0</v>
       </c>
       <c r="B125" t="s">
         <v>23</v>
       </c>
       <c r="D125" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E125" s="2">
-        <v>0.46527777777778</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F125" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G125" t="s">
         <v>11</v>
       </c>
       <c r="H125" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I125" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>46002.0</v>
       </c>
       <c r="B126" t="s">
         <v>23</v>
       </c>
       <c r="D126" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E126" s="2">
-        <v>0.61111111111111</v>
+        <v>0.46527777777778</v>
       </c>
       <c r="F126" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="G126" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H126" t="s">
         <v>28</v>
       </c>
       <c r="I126" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
-        <v>46006.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B127" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="D127" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E127" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F127" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G127" t="s">
         <v>15</v>
       </c>
       <c r="H127" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="I127" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>46006.0</v>
       </c>
       <c r="B128" t="s">
         <v>35</v>
       </c>
       <c r="D128" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E128" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F128" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G128" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="H128" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I128" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>46006.0</v>
       </c>
       <c r="B129" t="s">
         <v>35</v>
       </c>
-      <c r="C129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129" s="2">
-        <v>0.69791666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E129" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F129" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G129" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="H129" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="I129" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B130" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="C130" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="D130" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E130" s="2">
-        <v>0.6875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F130" t="s">
         <v>44</v>
       </c>
       <c r="G130" t="s">
         <v>45</v>
       </c>
       <c r="H130" t="s">
         <v>46</v>
       </c>
       <c r="I130" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>46007.0</v>
       </c>
       <c r="B131" t="s">
         <v>48</v>
       </c>
+      <c r="C131" t="s">
+        <v>49</v>
+      </c>
       <c r="D131" s="2">
-        <v>0.69791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E131" s="2">
-        <v>0.76388888888889</v>
+        <v>0.6875</v>
       </c>
       <c r="F131" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="G131" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H131" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="I131" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B132" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="D132" s="2">
-        <v>0.33333333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E132" s="2">
-        <v>0.39930555555556</v>
+        <v>0.76388888888889</v>
       </c>
       <c r="F132" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G132" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="H132" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="I132" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>46008.0</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="D133" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E133" s="2">
-        <v>0.47222222222222</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F133" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G133" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H133" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="I133" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>46008.0</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="D134" s="2">
         <v>0.625</v>
       </c>
       <c r="E134" s="2">
         <v>0.6875</v>
       </c>
       <c r="F134" t="s">
         <v>14</v>
       </c>
       <c r="G134" t="s">
         <v>15</v>
       </c>
       <c r="H134" t="s">
         <v>16</v>
       </c>
       <c r="I134" t="s">