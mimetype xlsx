--- v1 (2025-11-22)
+++ v2 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -207,50 +207,71 @@
     <t>138 A-16</t>
   </si>
   <si>
     <t>Historia wychowania i opieki (W)</t>
   </si>
   <si>
     <t>dr Edyta Bartkowiak</t>
   </si>
   <si>
     <t>36 A-16</t>
   </si>
   <si>
     <t>Wstęp do psychologii (W)</t>
   </si>
   <si>
     <t>P102 A-16</t>
   </si>
   <si>
     <t>Historia wychowania i opieki (Ć)</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>8 A-20</t>
+  </si>
+  <si>
+    <t>dr Jerzy Herberger; dr Ewa Kowalska</t>
+  </si>
+  <si>
+    <t>Historia wychowania i opieki (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Psychologia rozwoju dziecka (E)</t>
+  </si>
+  <si>
+    <t>B A-16</t>
+  </si>
+  <si>
+    <t>Pedagogika ogólna (E)</t>
+  </si>
+  <si>
+    <t>336 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -558,54 +579,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J184"/>
+  <dimension ref="A1:J190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E184" sqref="E184"/>
+      <selection activeCell="E190" sqref="E190"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3327,51 +3348,51 @@
       </c>
       <c r="I103" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>45992.0</v>
       </c>
       <c r="B104" t="s">
         <v>35</v>
       </c>
       <c r="D104" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E104" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F104" t="s">
         <v>39</v>
       </c>
       <c r="G104" t="s">
         <v>40</v>
       </c>
       <c r="H104" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="I104" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>45992.0</v>
       </c>
       <c r="B105" t="s">
         <v>35</v>
       </c>
       <c r="C105" t="s">
         <v>43</v>
       </c>
       <c r="D105" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E105" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F105" t="s">
         <v>44</v>
       </c>
       <c r="G105" t="s">
@@ -3619,51 +3640,51 @@
       </c>
       <c r="I114" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45999.0</v>
       </c>
       <c r="B115" t="s">
         <v>35</v>
       </c>
       <c r="D115" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E115" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F115" t="s">
         <v>39</v>
       </c>
       <c r="G115" t="s">
         <v>40</v>
       </c>
       <c r="H115" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="I115" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>45999.0</v>
       </c>
       <c r="B116" t="s">
         <v>35</v>
       </c>
       <c r="C116" t="s">
         <v>43</v>
       </c>
       <c r="D116" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E116" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F116" t="s">
         <v>44</v>
       </c>
       <c r="G116" t="s">
@@ -3989,51 +4010,51 @@
       </c>
       <c r="I128" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>46006.0</v>
       </c>
       <c r="B129" t="s">
         <v>35</v>
       </c>
       <c r="D129" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E129" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F129" t="s">
         <v>39</v>
       </c>
       <c r="G129" t="s">
         <v>40</v>
       </c>
       <c r="H129" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="I129" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>46006.0</v>
       </c>
       <c r="B130" t="s">
         <v>35</v>
       </c>
       <c r="C130" t="s">
         <v>43</v>
       </c>
       <c r="D130" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E130" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F130" t="s">
         <v>44</v>
       </c>
       <c r="G130" t="s">
@@ -5453,50 +5474,206 @@
         <v>46055.0</v>
       </c>
       <c r="B184" t="s">
         <v>35</v>
       </c>
       <c r="C184" t="s">
         <v>43</v>
       </c>
       <c r="D184" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E184" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F184" t="s">
         <v>44</v>
       </c>
       <c r="G184" t="s">
         <v>45</v>
       </c>
       <c r="H184" t="s">
         <v>46</v>
       </c>
       <c r="I184" t="s">
         <v>47</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10">
+      <c r="A185" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B185" t="s">
+        <v>48</v>
+      </c>
+      <c r="D185" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E185" s="2">
+        <v>0.45486111111111</v>
+      </c>
+      <c r="F185" t="s">
+        <v>66</v>
+      </c>
+      <c r="G185" t="s">
+        <v>67</v>
+      </c>
+      <c r="H185" t="s">
+        <v>58</v>
+      </c>
+      <c r="I185" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10">
+      <c r="A186" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="D186" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E186" s="2">
+        <v>0.36458333333333</v>
+      </c>
+      <c r="F186" t="s">
+        <v>68</v>
+      </c>
+      <c r="G186" t="s">
+        <v>67</v>
+      </c>
+      <c r="H186" t="s">
+        <v>25</v>
+      </c>
+      <c r="I186" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10">
+      <c r="A187" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B187" t="s">
+        <v>23</v>
+      </c>
+      <c r="D187" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E187" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="F187" t="s">
+        <v>70</v>
+      </c>
+      <c r="G187" t="s">
+        <v>67</v>
+      </c>
+      <c r="H187" t="s">
+        <v>28</v>
+      </c>
+      <c r="I187" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10">
+      <c r="A188" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B188" t="s">
+        <v>48</v>
+      </c>
+      <c r="D188" s="2">
+        <v>0.39583333333333</v>
+      </c>
+      <c r="E188" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="F188" t="s">
+        <v>70</v>
+      </c>
+      <c r="G188" t="s">
+        <v>67</v>
+      </c>
+      <c r="H188" t="s">
+        <v>28</v>
+      </c>
+      <c r="I188" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10">
+      <c r="A189" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B189" t="s">
+        <v>48</v>
+      </c>
+      <c r="D189" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E189" s="2">
+        <v>0.53125</v>
+      </c>
+      <c r="F189" t="s">
+        <v>68</v>
+      </c>
+      <c r="G189" t="s">
+        <v>67</v>
+      </c>
+      <c r="H189" t="s">
+        <v>25</v>
+      </c>
+      <c r="I189" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10">
+      <c r="A190" s="1">
+        <v>46083.0</v>
+      </c>
+      <c r="B190" t="s">
+        <v>35</v>
+      </c>
+      <c r="D190" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E190" s="2">
+        <v>0.53819444444444</v>
+      </c>
+      <c r="F190" t="s">
+        <v>66</v>
+      </c>
+      <c r="G190" t="s">
+        <v>67</v>
+      </c>
+      <c r="H190" t="s">
+        <v>58</v>
+      </c>
+      <c r="I190" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>