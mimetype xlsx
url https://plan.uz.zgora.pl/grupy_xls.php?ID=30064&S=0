--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -174,50 +174,53 @@
     <t>dr hab. Grażyna Gajewska, prof. UZ</t>
   </si>
   <si>
     <t>409 A-16</t>
   </si>
   <si>
     <t>Socjoterapia (L)</t>
   </si>
   <si>
     <t>341 A-16</t>
   </si>
   <si>
     <t>Warsztat pracy nauczyciela (L)</t>
   </si>
   <si>
     <t>Media w edukacji (L)</t>
   </si>
   <si>
     <t>427 A-16</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>229 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1230,51 +1233,51 @@
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>45945.0</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E26" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
         <v>18</v>
       </c>
       <c r="H26" t="s">
         <v>21</v>
       </c>
       <c r="I26" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>45950.0</v>
       </c>
       <c r="B27" t="s">
         <v>23</v>
       </c>
       <c r="D27" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E27" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F27" t="s">
         <v>24</v>
       </c>
       <c r="G27" t="s">
         <v>18</v>
       </c>
       <c r="H27" t="s">
         <v>25</v>
       </c>
       <c r="I27" t="s">
@@ -1467,51 +1470,51 @@
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>45952.0</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E35" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>18</v>
       </c>
       <c r="H35" t="s">
         <v>21</v>
       </c>
       <c r="I35" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>45957.0</v>
       </c>
       <c r="B36" t="s">
         <v>23</v>
       </c>
       <c r="D36" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E36" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F36" t="s">
         <v>24</v>
       </c>
       <c r="G36" t="s">
         <v>18</v>
       </c>
       <c r="H36" t="s">
         <v>25</v>
       </c>
       <c r="I36" t="s">
@@ -1785,51 +1788,51 @@
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>45959.0</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E47" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
         <v>18</v>
       </c>
       <c r="H47" t="s">
         <v>21</v>
       </c>
       <c r="I47" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
         <v>45964.0</v>
       </c>
       <c r="B48" t="s">
         <v>23</v>
       </c>
       <c r="D48" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E48" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F48" t="s">
         <v>24</v>
       </c>
       <c r="G48" t="s">
         <v>18</v>
       </c>
       <c r="H48" t="s">
         <v>25</v>
       </c>
       <c r="I48" t="s">
@@ -2022,51 +2025,51 @@
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>45966.0</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E56" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
         <v>18</v>
       </c>
       <c r="H56" t="s">
         <v>21</v>
       </c>
       <c r="I56" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>45973.0</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="2">
         <v>0.40625</v>
       </c>
       <c r="E57" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57" t="s">
         <v>11</v>
       </c>
       <c r="H57" t="s">
         <v>12</v>
       </c>
       <c r="I57" t="s">
@@ -2126,51 +2129,51 @@
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>45973.0</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E60" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
         <v>18</v>
       </c>
       <c r="H60" t="s">
         <v>21</v>
       </c>
       <c r="I60" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>45974.0</v>
       </c>
       <c r="B61" t="s">
         <v>52</v>
       </c>
       <c r="D61" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E61" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F61" t="s">
         <v>24</v>
       </c>
       <c r="G61" t="s">
         <v>18</v>
       </c>
       <c r="H61" t="s">
         <v>25</v>
       </c>
       <c r="I61" t="s">
@@ -2235,607 +2238,607 @@
       </c>
       <c r="B64" t="s">
         <v>52</v>
       </c>
       <c r="D64" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E64" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F64" t="s">
         <v>32</v>
       </c>
       <c r="G64" t="s">
         <v>11</v>
       </c>
       <c r="H64" t="s">
         <v>33</v>
       </c>
       <c r="I64" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
-        <v>45974.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B65" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="D65" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E65" s="2">
-        <v>0.6875</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F65" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="G65" t="s">
         <v>18</v>
       </c>
       <c r="H65" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I65" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
-        <v>45974.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B66" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="D66" s="2">
-        <v>0.69791666666667</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E66" s="2">
-        <v>0.75694444444444</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F66" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="G66" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="H66" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="I66" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
-        <v>45975.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B67" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="D67" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E67" s="2">
-        <v>0.39236111111111</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F67" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="G67" t="s">
         <v>18</v>
       </c>
       <c r="H67" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="I67" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
-        <v>45975.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B68" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="D68" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E68" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F68" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="G68" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H68" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I68" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>45978.0</v>
       </c>
       <c r="B69" t="s">
         <v>23</v>
       </c>
       <c r="D69" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E69" s="2">
-        <v>0.39583333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F69" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G69" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="H69" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I69" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>45978.0</v>
       </c>
       <c r="B70" t="s">
         <v>23</v>
       </c>
       <c r="D70" s="2">
-        <v>0.40625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E70" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F70" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G70" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H70" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I70" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B71" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="D71" s="2">
-        <v>0.47916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E71" s="2">
-        <v>0.54166666666667</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F71" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="G71" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H71" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="I71" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B72" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="D72" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E72" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F72" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="G72" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="H72" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="I72" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B73" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="C73" t="s">
         <v>35</v>
       </c>
       <c r="D73" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E73" s="2">
-        <v>0.6875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F73" t="s">
         <v>36</v>
       </c>
       <c r="G73" t="s">
         <v>18</v>
       </c>
       <c r="H73" t="s">
         <v>37</v>
       </c>
       <c r="I73" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>45979.0</v>
       </c>
       <c r="B74" t="s">
         <v>39</v>
       </c>
+      <c r="C74" t="s">
+        <v>35</v>
+      </c>
       <c r="D74" s="2">
-        <v>0.33333333333333</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E74" s="2">
-        <v>0.39930555555556</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F74" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="G74" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H74" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I74" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
-        <v>45979.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B75" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D75" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E75" s="2">
-        <v>0.54166666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F75" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G75" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H75" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="I75" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>45980.0</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E76" s="2">
-        <v>0.6875</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F76" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="G76" t="s">
         <v>18</v>
       </c>
       <c r="H76" t="s">
         <v>21</v>
       </c>
       <c r="I76" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
-        <v>45980.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B77" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D77" s="2">
-        <v>0.69791666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E77" s="2">
-        <v>0.79166666666667</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F77" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G77" t="s">
         <v>18</v>
       </c>
       <c r="H77" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I77" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>45985.0</v>
       </c>
       <c r="B78" t="s">
         <v>23</v>
       </c>
       <c r="D78" s="2">
-        <v>0.33333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E78" s="2">
-        <v>0.39583333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F78" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G78" t="s">
         <v>18</v>
       </c>
       <c r="H78" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I78" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>45985.0</v>
       </c>
       <c r="B79" t="s">
         <v>23</v>
       </c>
       <c r="D79" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E79" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F79" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G79" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="H79" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="I79" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>45985.0</v>
       </c>
       <c r="B80" t="s">
         <v>23</v>
       </c>
       <c r="D80" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E80" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F80" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G80" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H80" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="I80" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>45985.0</v>
       </c>
       <c r="B81" t="s">
         <v>23</v>
       </c>
+      <c r="C81" t="s">
+        <v>35</v>
+      </c>
       <c r="D81" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E81" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F81" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G81" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H81" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I81" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>45985.0</v>
       </c>
       <c r="B82" t="s">
         <v>23</v>
       </c>
       <c r="C82" t="s">
         <v>35</v>
       </c>
       <c r="D82" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E82" s="2">
-        <v>0.6875</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F82" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G82" t="s">
         <v>18</v>
       </c>
       <c r="H82" t="s">
         <v>37</v>
       </c>
       <c r="I82" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
-        <v>45985.0</v>
+        <v>45986.0</v>
       </c>
       <c r="B83" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D83" s="2">
-        <v>0.69791666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E83" s="2">
-        <v>0.75694444444444</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F83" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G83" t="s">
         <v>18</v>
       </c>
       <c r="H83" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I83" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>45986.0</v>
       </c>
       <c r="B84" t="s">
         <v>39</v>
       </c>
       <c r="D84" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E84" s="2">
-        <v>0.39236111111111</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F84" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="G84" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="H84" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="I84" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>45986.0</v>
       </c>
       <c r="B85" t="s">
         <v>39</v>
       </c>
+      <c r="C85" t="s">
+        <v>35</v>
+      </c>
       <c r="D85" s="2">
-        <v>0.47916666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E85" s="2">
-        <v>0.54166666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F85" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G85" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H85" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="I85" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>45987.0</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="2">
         <v>0.40625</v>
       </c>
       <c r="E86" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="G86" t="s">
         <v>11</v>
       </c>
       <c r="H86" t="s">
         <v>12</v>
       </c>
       <c r="I86" t="s">
@@ -2895,51 +2898,51 @@
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>45987.0</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="D89" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E89" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
         <v>18</v>
       </c>
       <c r="H89" t="s">
         <v>21</v>
       </c>
       <c r="I89" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>45992.0</v>
       </c>
       <c r="B90" t="s">
         <v>23</v>
       </c>
       <c r="D90" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E90" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F90" t="s">
         <v>24</v>
       </c>
       <c r="G90" t="s">
         <v>18</v>
       </c>
       <c r="H90" t="s">
         <v>25</v>
       </c>
       <c r="I90" t="s">
@@ -3132,51 +3135,51 @@
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>45994.0</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="D98" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E98" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
         <v>18</v>
       </c>
       <c r="H98" t="s">
         <v>21</v>
       </c>
       <c r="I98" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>45999.0</v>
       </c>
       <c r="B99" t="s">
         <v>23</v>
       </c>
       <c r="D99" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E99" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F99" t="s">
         <v>24</v>
       </c>
       <c r="G99" t="s">
         <v>18</v>
       </c>
       <c r="H99" t="s">
         <v>25</v>
       </c>
       <c r="I99" t="s">
@@ -3450,51 +3453,51 @@
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>46001.0</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="D110" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E110" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
         <v>18</v>
       </c>
       <c r="H110" t="s">
         <v>21</v>
       </c>
       <c r="I110" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>46006.0</v>
       </c>
       <c r="B111" t="s">
         <v>23</v>
       </c>
       <c r="D111" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E111" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F111" t="s">
         <v>24</v>
       </c>
       <c r="G111" t="s">
         <v>18</v>
       </c>
       <c r="H111" t="s">
         <v>25</v>
       </c>
       <c r="I111" t="s">
@@ -3687,51 +3690,51 @@
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>46008.0</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="D119" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E119" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
         <v>18</v>
       </c>
       <c r="H119" t="s">
         <v>21</v>
       </c>
       <c r="I119" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>46029.0</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E120" s="2">
         <v>0.39236111111111</v>
       </c>
       <c r="F120" t="s">
         <v>50</v>
       </c>
       <c r="G120" t="s">
         <v>18</v>
       </c>
       <c r="H120" t="s">
         <v>41</v>
       </c>
       <c r="I120" t="s">
@@ -3976,51 +3979,51 @@
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>46036.0</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="D130" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E130" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
         <v>18</v>
       </c>
       <c r="H130" t="s">
         <v>21</v>
       </c>
       <c r="I130" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>46041.0</v>
       </c>
       <c r="B131" t="s">
         <v>23</v>
       </c>
       <c r="D131" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E131" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F131" t="s">
         <v>24</v>
       </c>
       <c r="G131" t="s">
         <v>18</v>
       </c>
       <c r="H131" t="s">
         <v>25</v>
       </c>
       <c r="I131" t="s">
@@ -4294,51 +4297,51 @@
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>46043.0</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="D142" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E142" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
         <v>18</v>
       </c>
       <c r="H142" t="s">
         <v>21</v>
       </c>
       <c r="I142" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
         <v>46048.0</v>
       </c>
       <c r="B143" t="s">
         <v>23</v>
       </c>
       <c r="D143" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E143" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F143" t="s">
         <v>24</v>
       </c>
       <c r="G143" t="s">
         <v>18</v>
       </c>
       <c r="H143" t="s">
         <v>25</v>
       </c>
       <c r="I143" t="s">
@@ -4612,51 +4615,51 @@
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
         <v>46050.0</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="D154" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E154" s="2">
         <v>0.79166666666667</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
         <v>18</v>
       </c>
       <c r="H154" t="s">
         <v>21</v>
       </c>
       <c r="I154" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>46055.0</v>
       </c>
       <c r="B155" t="s">
         <v>23</v>
       </c>
       <c r="D155" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E155" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F155" t="s">
         <v>24</v>
       </c>
       <c r="G155" t="s">
         <v>18</v>
       </c>
       <c r="H155" t="s">
         <v>25</v>
       </c>
       <c r="I155" t="s">