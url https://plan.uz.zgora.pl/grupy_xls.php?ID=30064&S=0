--- v1 (2025-11-17)
+++ v2 (2026-01-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -177,50 +177,65 @@
     <t>409 A-16</t>
   </si>
   <si>
     <t>Socjoterapia (L)</t>
   </si>
   <si>
     <t>341 A-16</t>
   </si>
   <si>
     <t>Warsztat pracy nauczyciela (L)</t>
   </si>
   <si>
     <t>Media w edukacji (L)</t>
   </si>
   <si>
     <t>427 A-16</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>229 A-16</t>
+  </si>
+  <si>
+    <t>Rola i zadania pedagoga szkolnego (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Metody i techniki badań pedagogicznych (E)</t>
+  </si>
+  <si>
+    <t>11 A-16</t>
+  </si>
+  <si>
+    <t>29 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -528,54 +543,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J160"/>
+  <dimension ref="A1:J164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E160" sqref="E160"/>
+      <selection activeCell="E164" sqref="E164"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3007,760 +3022,760 @@
       </c>
       <c r="B93" t="s">
         <v>23</v>
       </c>
       <c r="D93" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E93" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F93" t="s">
         <v>32</v>
       </c>
       <c r="G93" t="s">
         <v>11</v>
       </c>
       <c r="H93" t="s">
         <v>33</v>
       </c>
       <c r="I93" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
-        <v>45992.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B94" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D94" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E94" s="2">
-        <v>0.6875</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F94" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G94" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H94" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I94" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>45993.0</v>
       </c>
       <c r="B95" t="s">
         <v>39</v>
       </c>
       <c r="D95" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E95" s="2">
-        <v>0.39930555555556</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F95" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G95" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="H95" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="I95" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
-        <v>45993.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B96" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D96" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E96" s="2">
-        <v>0.54166666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F96" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G96" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H96" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="I96" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>45994.0</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="D97" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E97" s="2">
-        <v>0.6875</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F97" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="G97" t="s">
         <v>18</v>
       </c>
       <c r="H97" t="s">
         <v>21</v>
       </c>
       <c r="I97" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
-        <v>45994.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B98" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D98" s="2">
-        <v>0.69791666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E98" s="2">
-        <v>0.79166666666667</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F98" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G98" t="s">
         <v>18</v>
       </c>
       <c r="H98" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="I98" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>45999.0</v>
       </c>
       <c r="B99" t="s">
         <v>23</v>
       </c>
       <c r="D99" s="2">
-        <v>0.33333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E99" s="2">
-        <v>0.39583333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F99" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G99" t="s">
         <v>18</v>
       </c>
       <c r="H99" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I99" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>45999.0</v>
       </c>
       <c r="B100" t="s">
         <v>23</v>
       </c>
       <c r="D100" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E100" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F100" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G100" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="H100" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="I100" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>45999.0</v>
       </c>
       <c r="B101" t="s">
         <v>23</v>
       </c>
       <c r="D101" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E101" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F101" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G101" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="H101" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="I101" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>45999.0</v>
       </c>
       <c r="B102" t="s">
         <v>23</v>
       </c>
+      <c r="C102" t="s">
+        <v>35</v>
+      </c>
       <c r="D102" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E102" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F102" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G102" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H102" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I102" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>45999.0</v>
       </c>
       <c r="B103" t="s">
         <v>23</v>
       </c>
       <c r="C103" t="s">
         <v>35</v>
       </c>
       <c r="D103" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E103" s="2">
-        <v>0.6875</v>
+        <v>0.75694444444444</v>
       </c>
       <c r="F103" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G103" t="s">
         <v>18</v>
       </c>
       <c r="H103" t="s">
         <v>37</v>
       </c>
       <c r="I103" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
-        <v>45999.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B104" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D104" s="2">
-        <v>0.69791666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E104" s="2">
-        <v>0.75694444444444</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F104" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G104" t="s">
         <v>18</v>
       </c>
       <c r="H104" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I104" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>46000.0</v>
       </c>
       <c r="B105" t="s">
         <v>39</v>
       </c>
       <c r="D105" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E105" s="2">
-        <v>0.39236111111111</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F105" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="G105" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="H105" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="I105" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>46000.0</v>
       </c>
       <c r="B106" t="s">
         <v>39</v>
       </c>
+      <c r="C106" t="s">
+        <v>35</v>
+      </c>
       <c r="D106" s="2">
-        <v>0.47916666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E106" s="2">
-        <v>0.54166666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F106" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G106" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="H106" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="I106" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>46001.0</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="D107" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E107" s="2">
-        <v>0.46527777777778</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F107" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="G107" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H107" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="I107" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>46001.0</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="D108" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E108" s="2">
-        <v>0.61111111111111</v>
+        <v>0.46527777777778</v>
       </c>
       <c r="F108" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G108" t="s">
         <v>11</v>
       </c>
       <c r="H108" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I108" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>46001.0</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="D109" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E109" s="2">
-        <v>0.68402777777778</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F109" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G109" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H109" t="s">
         <v>15</v>
       </c>
       <c r="I109" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>46001.0</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="D110" s="2">
-        <v>0.69791666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E110" s="2">
-        <v>0.79166666666667</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F110" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G110" t="s">
         <v>18</v>
       </c>
       <c r="H110" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I110" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
-        <v>46006.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B111" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D111" s="2">
-        <v>0.33333333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E111" s="2">
-        <v>0.39583333333333</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F111" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="G111" t="s">
         <v>18</v>
       </c>
       <c r="H111" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="I111" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>46006.0</v>
       </c>
       <c r="B112" t="s">
         <v>23</v>
       </c>
       <c r="D112" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E112" s="2">
-        <v>0.46875</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F112" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G112" t="s">
         <v>18</v>
       </c>
       <c r="H112" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I112" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>46006.0</v>
       </c>
       <c r="B113" t="s">
         <v>23</v>
       </c>
       <c r="D113" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E113" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F113" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G113" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="H113" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="I113" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>46006.0</v>
       </c>
       <c r="B114" t="s">
         <v>23</v>
       </c>
       <c r="D114" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E114" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F114" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G114" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="H114" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="I114" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>46006.0</v>
       </c>
       <c r="B115" t="s">
         <v>23</v>
       </c>
-      <c r="C115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D115" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E115" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F115" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G115" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H115" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="I115" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B116" t="s">
-        <v>39</v>
+        <v>23</v>
+      </c>
+      <c r="C116" t="s">
+        <v>35</v>
       </c>
       <c r="D116" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E116" s="2">
-        <v>0.39930555555556</v>
+        <v>0.6875</v>
       </c>
       <c r="F116" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G116" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H116" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I116" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>46007.0</v>
       </c>
       <c r="B117" t="s">
         <v>39</v>
       </c>
       <c r="D117" s="2">
-        <v>0.47916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E117" s="2">
-        <v>0.54166666666667</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F117" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="G117" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="H117" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="I117" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
-        <v>46008.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B118" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="D118" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E118" s="2">
-        <v>0.6875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F118" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="G118" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="H118" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="I118" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>46008.0</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="D119" s="2">
-        <v>0.69791666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E119" s="2">
-        <v>0.79166666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F119" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="G119" t="s">
         <v>18</v>
       </c>
       <c r="H119" t="s">
         <v>21</v>
       </c>
       <c r="I119" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
-        <v>46029.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="2">
-        <v>0.33333333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E120" s="2">
-        <v>0.39236111111111</v>
+        <v>0.79166666666667</v>
       </c>
       <c r="F120" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="G120" t="s">
         <v>18</v>
       </c>
       <c r="H120" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="I120" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>46029.0</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="D121" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E121" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F121" t="s">
         <v>43</v>
       </c>
       <c r="G121" t="s">
         <v>44</v>
       </c>
       <c r="H121" t="s">
         <v>45</v>
       </c>
       <c r="I121" t="s">
@@ -4778,50 +4793,154 @@
         <v>46055.0</v>
       </c>
       <c r="B160" t="s">
         <v>23</v>
       </c>
       <c r="C160" t="s">
         <v>35</v>
       </c>
       <c r="D160" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E160" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="F160" t="s">
         <v>49</v>
       </c>
       <c r="G160" t="s">
         <v>18</v>
       </c>
       <c r="H160" t="s">
         <v>37</v>
       </c>
       <c r="I160" t="s">
         <v>38</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10">
+      <c r="A161" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B161" t="s">
+        <v>39</v>
+      </c>
+      <c r="D161" s="2">
+        <v>0.46180555555556</v>
+      </c>
+      <c r="E161" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F161" t="s">
+        <v>55</v>
+      </c>
+      <c r="G161" t="s">
+        <v>56</v>
+      </c>
+      <c r="H161" t="s">
+        <v>12</v>
+      </c>
+      <c r="I161" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10">
+      <c r="A162" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B162" t="s">
+        <v>52</v>
+      </c>
+      <c r="D162" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E162" s="2">
+        <v>0.64583333333333</v>
+      </c>
+      <c r="F162" t="s">
+        <v>57</v>
+      </c>
+      <c r="G162" t="s">
+        <v>56</v>
+      </c>
+      <c r="H162" t="s">
+        <v>15</v>
+      </c>
+      <c r="I162" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10">
+      <c r="A163" s="1">
+        <v>46078.0</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="D163" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="E163" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F163" t="s">
+        <v>55</v>
+      </c>
+      <c r="G163" t="s">
+        <v>56</v>
+      </c>
+      <c r="H163" t="s">
+        <v>12</v>
+      </c>
+      <c r="I163" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10">
+      <c r="A164" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B164" t="s">
+        <v>52</v>
+      </c>
+      <c r="D164" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E164" s="2">
+        <v>0.64583333333333</v>
+      </c>
+      <c r="F164" t="s">
+        <v>57</v>
+      </c>
+      <c r="G164" t="s">
+        <v>56</v>
+      </c>
+      <c r="H164" t="s">
+        <v>15</v>
+      </c>
+      <c r="I164" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>