--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -167,51 +167,57 @@
   <si>
     <t>Podstawy psychiatrii (W)</t>
   </si>
   <si>
     <t>dr n. med. Przemysław Zakowicz</t>
   </si>
   <si>
     <t>P4 A-16</t>
   </si>
   <si>
     <t>Podstawy psychiatrii (Ć)</t>
   </si>
   <si>
     <t>Innowacyjność w pomocy społecznej (Ć)</t>
   </si>
   <si>
     <t>Praca społeczno-wychowawcza z rodziną (Ć)</t>
   </si>
   <si>
     <t>Kierowanie zespołami ludzkimi (Ć)</t>
   </si>
   <si>
     <t>Teoria i praktyka pracy socjalnej (W)</t>
   </si>
   <si>
+    <t>434 A-16</t>
+  </si>
+  <si>
     <t>Cz</t>
+  </si>
+  <si>
+    <t>48 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1166,51 +1172,51 @@
       <c r="A24" s="1">
         <v>45945.0</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="2">
         <v>0.40625</v>
       </c>
       <c r="E24" s="2">
         <v>0.46875</v>
       </c>
       <c r="F24" t="s">
         <v>15</v>
       </c>
       <c r="G24" t="s">
         <v>16</v>
       </c>
       <c r="H24" t="s">
         <v>17</v>
       </c>
       <c r="I24" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>45947.0</v>
       </c>
       <c r="B25" t="s">
         <v>19</v>
       </c>
       <c r="D25" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E25" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
         <v>21</v>
       </c>
       <c r="H25" t="s">
         <v>22</v>
       </c>
     </row>
@@ -1426,51 +1432,51 @@
       <c r="A34" s="1">
         <v>45952.0</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="2">
         <v>0.40625</v>
       </c>
       <c r="E34" s="2">
         <v>0.46875</v>
       </c>
       <c r="F34" t="s">
         <v>15</v>
       </c>
       <c r="G34" t="s">
         <v>16</v>
       </c>
       <c r="H34" t="s">
         <v>17</v>
       </c>
       <c r="I34" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>45954.0</v>
       </c>
       <c r="B35" t="s">
         <v>19</v>
       </c>
       <c r="D35" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E35" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>21</v>
       </c>
       <c r="H35" t="s">
         <v>22</v>
       </c>
     </row>
@@ -1712,51 +1718,51 @@
       <c r="A45" s="1">
         <v>45959.0</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>14</v>
       </c>
       <c r="D45" s="2">
         <v>0.40625</v>
       </c>
       <c r="E45" s="2">
         <v>0.46875</v>
       </c>
       <c r="F45" t="s">
         <v>15</v>
       </c>
       <c r="G45" t="s">
         <v>16</v>
       </c>
       <c r="H45" t="s">
         <v>17</v>
       </c>
       <c r="I45" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>45961.0</v>
       </c>
       <c r="B46" t="s">
         <v>19</v>
       </c>
       <c r="D46" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E46" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
         <v>21</v>
       </c>
       <c r="H46" t="s">
         <v>22</v>
       </c>
     </row>
@@ -1972,51 +1978,51 @@
       <c r="A55" s="1">
         <v>45966.0</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>14</v>
       </c>
       <c r="D55" s="2">
         <v>0.40625</v>
       </c>
       <c r="E55" s="2">
         <v>0.46875</v>
       </c>
       <c r="F55" t="s">
         <v>15</v>
       </c>
       <c r="G55" t="s">
         <v>16</v>
       </c>
       <c r="H55" t="s">
         <v>17</v>
       </c>
       <c r="I55" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>45968.0</v>
       </c>
       <c r="B56" t="s">
         <v>19</v>
       </c>
       <c r="D56" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E56" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
         <v>21</v>
       </c>
       <c r="H56" t="s">
         <v>22</v>
       </c>
     </row>
@@ -2050,137 +2056,137 @@
       <c r="A58" s="1">
         <v>45973.0</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>14</v>
       </c>
       <c r="D58" s="2">
         <v>0.40625</v>
       </c>
       <c r="E58" s="2">
         <v>0.46875</v>
       </c>
       <c r="F58" t="s">
         <v>15</v>
       </c>
       <c r="G58" t="s">
         <v>16</v>
       </c>
       <c r="H58" t="s">
         <v>17</v>
       </c>
       <c r="I58" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>45974.0</v>
       </c>
       <c r="B59" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D59" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E59" s="2">
         <v>0.39236111111111</v>
       </c>
       <c r="F59" t="s">
         <v>43</v>
       </c>
       <c r="G59" t="s">
         <v>11</v>
       </c>
       <c r="H59" t="s">
         <v>44</v>
       </c>
       <c r="I59" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>45974.0</v>
       </c>
       <c r="B60" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D60" s="2">
         <v>0.40625</v>
       </c>
       <c r="E60" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F60" t="s">
         <v>46</v>
       </c>
       <c r="G60" t="s">
         <v>25</v>
       </c>
       <c r="H60" t="s">
         <v>44</v>
       </c>
       <c r="I60" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>45974.0</v>
       </c>
       <c r="B61" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D61" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E61" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F61" t="s">
         <v>24</v>
       </c>
       <c r="G61" t="s">
         <v>25</v>
       </c>
       <c r="H61" t="s">
         <v>22</v>
       </c>
       <c r="I61" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>45974.0</v>
       </c>
       <c r="B62" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D62" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E62" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F62" t="s">
         <v>47</v>
       </c>
       <c r="G62" t="s">
         <v>25</v>
       </c>
       <c r="H62" t="s">
         <v>22</v>
       </c>
       <c r="I62" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>45975.0</v>
       </c>
       <c r="B63" t="s">
@@ -2495,51 +2501,51 @@
       <c r="A75" s="1">
         <v>45980.0</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>14</v>
       </c>
       <c r="D75" s="2">
         <v>0.40625</v>
       </c>
       <c r="E75" s="2">
         <v>0.46875</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
         <v>16</v>
       </c>
       <c r="H75" t="s">
         <v>17</v>
       </c>
       <c r="I75" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>45982.0</v>
       </c>
       <c r="B76" t="s">
         <v>19</v>
       </c>
       <c r="D76" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E76" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
         <v>21</v>
       </c>
       <c r="H76" t="s">
         <v>22</v>
       </c>
     </row>
@@ -2781,724 +2787,724 @@
       <c r="A86" s="1">
         <v>45987.0</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>14</v>
       </c>
       <c r="D86" s="2">
         <v>0.40625</v>
       </c>
       <c r="E86" s="2">
         <v>0.46875</v>
       </c>
       <c r="F86" t="s">
         <v>15</v>
       </c>
       <c r="G86" t="s">
         <v>16</v>
       </c>
       <c r="H86" t="s">
         <v>17</v>
       </c>
       <c r="I86" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>45989.0</v>
       </c>
       <c r="B87" t="s">
         <v>19</v>
       </c>
       <c r="D87" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E87" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
         <v>21</v>
       </c>
       <c r="H87" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>45992.0</v>
       </c>
       <c r="B88" t="s">
         <v>23</v>
       </c>
       <c r="D88" s="2">
-        <v>0.47916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E88" s="2">
-        <v>0.54166666666667</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F88" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G88" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H88" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="I88" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>45992.0</v>
       </c>
       <c r="B89" t="s">
         <v>23</v>
       </c>
       <c r="D89" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40277777777778</v>
       </c>
       <c r="E89" s="2">
-        <v>0.61805555555556</v>
+        <v>0.46875</v>
       </c>
       <c r="F89" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G89" t="s">
         <v>11</v>
       </c>
       <c r="H89" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="I89" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
-        <v>45993.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B90" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D90" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E90" s="2">
-        <v>0.47222222222222</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F90" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G90" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="H90" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="I90" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
-        <v>45993.0</v>
+        <v>45992.0</v>
       </c>
       <c r="B91" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D91" s="2">
-        <v>0.47569444444444</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E91" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F91" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G91" t="s">
         <v>11</v>
       </c>
       <c r="H91" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="I91" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>45993.0</v>
       </c>
       <c r="B92" t="s">
         <v>28</v>
       </c>
       <c r="D92" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E92" s="2">
-        <v>0.61458333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F92" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G92" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H92" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I92" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>45993.0</v>
       </c>
       <c r="B93" t="s">
         <v>28</v>
       </c>
       <c r="D93" s="2">
-        <v>0.625</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E93" s="2">
-        <v>0.69097222222222</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F93" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G93" t="s">
         <v>11</v>
       </c>
       <c r="H93" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="I93" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>45993.0</v>
       </c>
       <c r="B94" t="s">
         <v>28</v>
       </c>
       <c r="D94" s="2">
-        <v>0.69444444444444</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E94" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F94" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G94" t="s">
         <v>25</v>
       </c>
       <c r="H94" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="I94" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
-        <v>45994.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B95" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D95" s="2">
-        <v>0.33333333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E95" s="2">
-        <v>0.39930555555556</v>
+        <v>0.69097222222222</v>
       </c>
       <c r="F95" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G95" t="s">
         <v>11</v>
       </c>
       <c r="H95" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I95" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
-        <v>45994.0</v>
+        <v>45993.0</v>
       </c>
       <c r="B96" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D96" s="2">
-        <v>0.40625</v>
+        <v>0.69444444444444</v>
       </c>
       <c r="E96" s="2">
-        <v>0.46875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F96" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="G96" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H96" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I96" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
-        <v>45996.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B97" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D97" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E97" s="2">
-        <v>0.52083333333333</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F97" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="G97" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H97" t="s">
-        <v>22</v>
+        <v>41</v>
+      </c>
+      <c r="I97" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
-        <v>45999.0</v>
+        <v>45994.0</v>
       </c>
       <c r="B98" t="s">
-        <v>23</v>
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>14</v>
       </c>
       <c r="D98" s="2">
-        <v>0.33333333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E98" s="2">
-        <v>0.39236111111111</v>
+        <v>0.46875</v>
       </c>
       <c r="F98" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="G98" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H98" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="I98" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
-        <v>45999.0</v>
+        <v>45996.0</v>
       </c>
       <c r="B99" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D99" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E99" s="2">
-        <v>0.46527777777778</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F99" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="H99" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>45999.0</v>
       </c>
       <c r="B100" t="s">
         <v>23</v>
       </c>
       <c r="D100" s="2">
-        <v>0.47916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E100" s="2">
-        <v>0.54166666666667</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F100" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="G100" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H100" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="I100" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>45999.0</v>
       </c>
       <c r="B101" t="s">
         <v>23</v>
       </c>
       <c r="D101" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E101" s="2">
-        <v>0.61111111111111</v>
+        <v>0.46527777777778</v>
       </c>
       <c r="F101" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G101" t="s">
         <v>25</v>
       </c>
       <c r="H101" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="I101" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
-        <v>46000.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B102" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D102" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E102" s="2">
-        <v>0.46527777777778</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F102" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="G102" t="s">
         <v>25</v>
       </c>
       <c r="H102" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="I102" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
-        <v>46000.0</v>
+        <v>45999.0</v>
       </c>
       <c r="B103" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D103" s="2">
-        <v>0.48263888888889</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E103" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61111111111111</v>
       </c>
       <c r="F103" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G103" t="s">
         <v>25</v>
       </c>
       <c r="H103" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="I103" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>46000.0</v>
       </c>
       <c r="B104" t="s">
         <v>28</v>
       </c>
       <c r="D104" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E104" s="2">
-        <v>0.61458333333333</v>
+        <v>0.46527777777778</v>
       </c>
       <c r="F104" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="G104" t="s">
         <v>25</v>
       </c>
       <c r="H104" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I104" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>46000.0</v>
       </c>
       <c r="B105" t="s">
         <v>28</v>
       </c>
       <c r="D105" s="2">
-        <v>0.625</v>
+        <v>0.48263888888889</v>
       </c>
       <c r="E105" s="2">
-        <v>0.68402777777778</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F105" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G105" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="H105" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I105" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
-        <v>46001.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B106" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D106" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E106" s="2">
-        <v>0.39236111111111</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F106" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="G106" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="H106" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="I106" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
-        <v>46001.0</v>
+        <v>46000.0</v>
       </c>
       <c r="B107" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D107" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E107" s="2">
-        <v>0.46875</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F107" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="G107" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="H107" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I107" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
-        <v>46003.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B108" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D108" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E108" s="2">
-        <v>0.52083333333333</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F108" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G108" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="H108" t="s">
-        <v>22</v>
+        <v>12</v>
+      </c>
+      <c r="I108" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
-        <v>46006.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B109" t="s">
-        <v>23</v>
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>14</v>
       </c>
       <c r="D109" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E109" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F109" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G109" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H109" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I109" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
-        <v>46006.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B110" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D110" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E110" s="2">
-        <v>0.61805555555556</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F110" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H110" t="s">
         <v>22</v>
       </c>
-      <c r="I110" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B111" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D111" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E111" s="2">
-        <v>0.47222222222222</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F111" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G111" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="H111" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="I111" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B112" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D112" s="2">
-        <v>0.47569444444444</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E112" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61805555555556</v>
       </c>
       <c r="F112" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G112" t="s">
         <v>11</v>
       </c>
       <c r="H112" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="I112" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>46007.0</v>
       </c>
       <c r="B113" t="s">
         <v>28</v>
       </c>
       <c r="D113" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E113" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F113" t="s">
         <v>33</v>
       </c>
       <c r="G113" t="s">
         <v>25</v>
       </c>
       <c r="H113" t="s">
         <v>34</v>
       </c>
       <c r="I113" t="s">
@@ -3587,51 +3593,51 @@
       <c r="A117" s="1">
         <v>46008.0</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>14</v>
       </c>
       <c r="D117" s="2">
         <v>0.40625</v>
       </c>
       <c r="E117" s="2">
         <v>0.46875</v>
       </c>
       <c r="F117" t="s">
         <v>15</v>
       </c>
       <c r="G117" t="s">
         <v>16</v>
       </c>
       <c r="H117" t="s">
         <v>17</v>
       </c>
       <c r="I117" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>46010.0</v>
       </c>
       <c r="B118" t="s">
         <v>19</v>
       </c>
       <c r="D118" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E118" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
         <v>21</v>
       </c>
       <c r="H118" t="s">
         <v>22</v>
       </c>
     </row>
@@ -3974,51 +3980,51 @@
       <c r="A132" s="1">
         <v>46036.0</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>14</v>
       </c>
       <c r="D132" s="2">
         <v>0.40625</v>
       </c>
       <c r="E132" s="2">
         <v>0.46875</v>
       </c>
       <c r="F132" t="s">
         <v>15</v>
       </c>
       <c r="G132" t="s">
         <v>16</v>
       </c>
       <c r="H132" t="s">
         <v>17</v>
       </c>
       <c r="I132" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>46038.0</v>
       </c>
       <c r="B133" t="s">
         <v>19</v>
       </c>
       <c r="D133" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E133" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
         <v>21</v>
       </c>
       <c r="H133" t="s">
         <v>22</v>
       </c>
     </row>
@@ -4260,51 +4266,51 @@
       <c r="A143" s="1">
         <v>46043.0</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>14</v>
       </c>
       <c r="D143" s="2">
         <v>0.40625</v>
       </c>
       <c r="E143" s="2">
         <v>0.46875</v>
       </c>
       <c r="F143" t="s">
         <v>15</v>
       </c>
       <c r="G143" t="s">
         <v>16</v>
       </c>
       <c r="H143" t="s">
         <v>17</v>
       </c>
       <c r="I143" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
         <v>46045.0</v>
       </c>
       <c r="B144" t="s">
         <v>19</v>
       </c>
       <c r="D144" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E144" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
         <v>21</v>
       </c>
       <c r="H144" t="s">
         <v>22</v>
       </c>
     </row>
@@ -4546,51 +4552,51 @@
       <c r="A154" s="1">
         <v>46050.0</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>14</v>
       </c>
       <c r="D154" s="2">
         <v>0.40625</v>
       </c>
       <c r="E154" s="2">
         <v>0.46875</v>
       </c>
       <c r="F154" t="s">
         <v>15</v>
       </c>
       <c r="G154" t="s">
         <v>16</v>
       </c>
       <c r="H154" t="s">
         <v>17</v>
       </c>
       <c r="I154" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>46052.0</v>
       </c>
       <c r="B155" t="s">
         <v>19</v>
       </c>
       <c r="D155" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E155" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
         <v>21</v>
       </c>
       <c r="H155" t="s">
         <v>22</v>
       </c>
     </row>