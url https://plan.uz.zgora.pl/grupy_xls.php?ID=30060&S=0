--- v1 (2025-11-22)
+++ v2 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -174,50 +174,62 @@
     <t>P4 A-16</t>
   </si>
   <si>
     <t>Podstawy psychiatrii (Ć)</t>
   </si>
   <si>
     <t>Innowacyjność w pomocy społecznej (Ć)</t>
   </si>
   <si>
     <t>Praca społeczno-wychowawcza z rodziną (Ć)</t>
   </si>
   <si>
     <t>Kierowanie zespołami ludzkimi (Ć)</t>
   </si>
   <si>
     <t>Teoria i praktyka pracy socjalnej (W)</t>
   </si>
   <si>
     <t>434 A-16</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>48 A-16</t>
+  </si>
+  <si>
+    <t>Teoria i praktyka pracy socjalnej (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>20 A-16</t>
+  </si>
+  <si>
+    <t>11 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -525,54 +537,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J159"/>
+  <dimension ref="A1:J161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E159" sqref="E159"/>
+      <selection activeCell="E161" sqref="E161"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4680,50 +4692,102 @@
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>46055.0</v>
       </c>
       <c r="B159" t="s">
         <v>23</v>
       </c>
       <c r="D159" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E159" s="2">
         <v>0.61111111111111</v>
       </c>
       <c r="F159" t="s">
         <v>47</v>
       </c>
       <c r="G159" t="s">
         <v>25</v>
       </c>
       <c r="H159" t="s">
         <v>22</v>
       </c>
       <c r="I159" t="s">
         <v>26</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10">
+      <c r="A160" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="D160" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E160" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="F160" t="s">
+        <v>54</v>
+      </c>
+      <c r="G160" t="s">
+        <v>55</v>
+      </c>
+      <c r="H160" t="s">
+        <v>34</v>
+      </c>
+      <c r="I160" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10">
+      <c r="A161" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B161" t="s">
+        <v>52</v>
+      </c>
+      <c r="D161" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="E161" s="2">
+        <v>0.4375</v>
+      </c>
+      <c r="F161" t="s">
+        <v>54</v>
+      </c>
+      <c r="G161" t="s">
+        <v>55</v>
+      </c>
+      <c r="H161" t="s">
+        <v>34</v>
+      </c>
+      <c r="I161" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>