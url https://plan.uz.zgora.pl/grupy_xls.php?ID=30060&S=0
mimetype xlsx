--- v2 (2026-01-12)
+++ v3 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -182,54 +182,51 @@
   <si>
     <t>Praca społeczno-wychowawcza z rodziną (Ć)</t>
   </si>
   <si>
     <t>Kierowanie zespołami ludzkimi (Ć)</t>
   </si>
   <si>
     <t>Teoria i praktyka pracy socjalnej (W)</t>
   </si>
   <si>
     <t>434 A-16</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>48 A-16</t>
   </si>
   <si>
     <t>Teoria i praktyka pracy socjalnej (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
-    <t>20 A-16</t>
-[...2 lines deleted...]
-    <t>11 A-16</t>
+    <t>29 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -537,54 +534,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J161"/>
+  <dimension ref="A1:J160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E161" sqref="E161"/>
+      <selection activeCell="E160" sqref="E160"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4718,76 +4715,50 @@
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>46057.0</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="D160" s="2">
         <v>0.375</v>
       </c>
       <c r="E160" s="2">
         <v>0.4375</v>
       </c>
       <c r="F160" t="s">
         <v>54</v>
       </c>
       <c r="G160" t="s">
         <v>55</v>
       </c>
       <c r="H160" t="s">
         <v>34</v>
       </c>
       <c r="I160" t="s">
         <v>56</v>
-      </c>
-[...24 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>