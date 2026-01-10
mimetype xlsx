--- v0 (2025-10-07)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -147,50 +147,71 @@
     <t>Współczesne problemy dzieci i młodzieży (W)</t>
   </si>
   <si>
     <t>dr Paweł Zapeński</t>
   </si>
   <si>
     <t>WM3: Pułapki opieki i wychowania (W)</t>
   </si>
   <si>
     <t>439 A-16</t>
   </si>
   <si>
     <t>Poradnictwo pedagogiczne (W)</t>
   </si>
   <si>
     <t>Teoretyczne i praktyczne aspekty pracy opiekuna-wychowawcy (Ć)</t>
   </si>
   <si>
     <t>Procedury pozyskiwania środków finansowych w edukacji (K)</t>
   </si>
   <si>
     <t>K</t>
   </si>
   <si>
     <t>Cz</t>
+  </si>
+  <si>
+    <t>Współczesne problemy opieki i wychowania (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>409 A-16</t>
+  </si>
+  <si>
+    <t>Poradnictwo pedagogiczne (E)</t>
+  </si>
+  <si>
+    <t>11 A-16</t>
+  </si>
+  <si>
+    <t>29 A-16</t>
+  </si>
+  <si>
+    <t>So</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -498,54 +519,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J136"/>
+  <dimension ref="A1:J140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E136" sqref="E136"/>
+      <selection activeCell="E140" sqref="E140"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2026,572 +2047,572 @@
       </c>
       <c r="B57" t="s">
         <v>44</v>
       </c>
       <c r="D57" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E57" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F57" t="s">
         <v>33</v>
       </c>
       <c r="G57" t="s">
         <v>23</v>
       </c>
       <c r="H57" t="s">
         <v>34</v>
       </c>
       <c r="I57" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
-        <v>45974.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B58" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="D58" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E58" s="2">
-        <v>0.68402777777778</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F58" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G58" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="H58" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="I58" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
-        <v>45974.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B59" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="D59" s="2">
-        <v>0.69791666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E59" s="2">
-        <v>0.76041666666667</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F59" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="G59" t="s">
         <v>11</v>
       </c>
       <c r="H59" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="I59" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>45978.0</v>
       </c>
       <c r="B60" t="s">
         <v>26</v>
       </c>
       <c r="D60" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E60" s="2">
-        <v>0.39583333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F60" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G60" t="s">
         <v>23</v>
       </c>
       <c r="H60" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="I60" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>45978.0</v>
       </c>
       <c r="B61" t="s">
         <v>26</v>
       </c>
       <c r="D61" s="2">
-        <v>0.40625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E61" s="2">
-        <v>0.47222222222222</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F61" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G61" t="s">
         <v>11</v>
       </c>
       <c r="H61" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I61" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
-        <v>45978.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B62" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D62" s="2">
-        <v>0.47916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E62" s="2">
-        <v>0.54166666666667</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="F62" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G62" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="H62" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="I62" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
-        <v>45978.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B63" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D63" s="2">
-        <v>0.69791666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E63" s="2">
-        <v>0.76041666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F63" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="G63" t="s">
         <v>11</v>
       </c>
       <c r="H63" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I63" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>45980.0</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
+      <c r="C64" t="s">
+        <v>17</v>
+      </c>
       <c r="D64" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E64" s="2">
-        <v>0.39930555555556</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F64" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G64" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H64" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I64" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>45980.0</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="2">
-        <v>0.40625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E65" s="2">
-        <v>0.46875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F65" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G65" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H65" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="I65" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>45980.0</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
-      <c r="C66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" s="2">
-        <v>0.55208333333333</v>
+        <v>0.76736111111111</v>
       </c>
       <c r="E66" s="2">
-        <v>0.61458333333333</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F66" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="G66" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H66" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I66" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
-        <v>45980.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B67" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D67" s="2">
-        <v>0.69791666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E67" s="2">
-        <v>0.76041666666667</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F67" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G67" t="s">
         <v>23</v>
       </c>
       <c r="H67" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="I67" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
-        <v>45980.0</v>
+        <v>45985.0</v>
       </c>
       <c r="B68" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D68" s="2">
-        <v>0.76736111111111</v>
+        <v>0.40625</v>
       </c>
       <c r="E68" s="2">
-        <v>0.83333333333333</v>
+        <v>0.46527777777778</v>
       </c>
       <c r="F68" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G68" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="H68" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I68" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>45985.0</v>
       </c>
       <c r="B69" t="s">
         <v>26</v>
       </c>
       <c r="D69" s="2">
-        <v>0.33333333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E69" s="2">
-        <v>0.39583333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F69" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G69" t="s">
         <v>23</v>
       </c>
       <c r="H69" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="I69" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>45985.0</v>
       </c>
       <c r="B70" t="s">
         <v>26</v>
       </c>
       <c r="D70" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E70" s="2">
-        <v>0.46527777777778</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F70" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G70" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H70" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I70" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>45985.0</v>
       </c>
       <c r="B71" t="s">
         <v>26</v>
       </c>
       <c r="D71" s="2">
-        <v>0.47916666666667</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E71" s="2">
-        <v>0.54166666666667</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F71" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G71" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="H71" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="I71" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
-        <v>45985.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B72" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D72" s="2">
-        <v>0.625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E72" s="2">
-        <v>0.68402777777778</v>
+        <v>0.39236111111111</v>
       </c>
       <c r="F72" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="G72" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="H72" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="I72" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
-        <v>45985.0</v>
+        <v>45987.0</v>
       </c>
       <c r="B73" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D73" s="2">
-        <v>0.69791666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E73" s="2">
-        <v>0.76041666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F73" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>11</v>
       </c>
       <c r="H73" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="I73" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>45987.0</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
+      <c r="C74" t="s">
+        <v>17</v>
+      </c>
       <c r="D74" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E74" s="2">
-        <v>0.39236111111111</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F74" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G74" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="H74" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I74" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>45987.0</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E75" s="2">
-        <v>0.46875</v>
+        <v>0.6875</v>
       </c>
       <c r="F75" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="G75" t="s">
         <v>11</v>
       </c>
       <c r="H75" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="I75" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>45987.0</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
-      <c r="C76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D76" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E76" s="2">
-        <v>0.61458333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F76" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G76" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="H76" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I76" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>45987.0</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="D77" s="2">
-        <v>0.69791666666667</v>
+        <v>0.77083333333333</v>
       </c>
       <c r="E77" s="2">
-        <v>0.76041666666667</v>
+        <v>0.83333333333333</v>
       </c>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="G77" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H77" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="I77" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>45992.0</v>
       </c>
       <c r="B78" t="s">
         <v>26</v>
       </c>
       <c r="D78" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E78" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F78" t="s">
         <v>27</v>
       </c>
       <c r="G78" t="s">
         <v>23</v>
       </c>
       <c r="H78" t="s">
         <v>28</v>
       </c>
       <c r="I78" t="s">
@@ -4100,50 +4121,154 @@
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>46055.0</v>
       </c>
       <c r="B136" t="s">
         <v>26</v>
       </c>
       <c r="D136" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E136" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F136" t="s">
         <v>36</v>
       </c>
       <c r="G136" t="s">
         <v>11</v>
       </c>
       <c r="H136" t="s">
         <v>37</v>
       </c>
       <c r="I136" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10">
+      <c r="A137" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="D137" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E137" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="F137" t="s">
+        <v>45</v>
+      </c>
+      <c r="G137" t="s">
+        <v>46</v>
+      </c>
+      <c r="H137" t="s">
+        <v>15</v>
+      </c>
+      <c r="I137" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10">
+      <c r="A138" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B138" t="s">
+        <v>44</v>
+      </c>
+      <c r="D138" s="2">
+        <v>0.65625</v>
+      </c>
+      <c r="E138" s="2">
+        <v>0.67708333333333</v>
+      </c>
+      <c r="F138" t="s">
+        <v>48</v>
+      </c>
+      <c r="G138" t="s">
+        <v>46</v>
+      </c>
+      <c r="H138" t="s">
+        <v>24</v>
+      </c>
+      <c r="I138" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10">
+      <c r="A139" s="1">
+        <v>46079.0</v>
+      </c>
+      <c r="B139" t="s">
+        <v>44</v>
+      </c>
+      <c r="D139" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E139" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="F139" t="s">
+        <v>48</v>
+      </c>
+      <c r="G139" t="s">
+        <v>46</v>
+      </c>
+      <c r="H139" t="s">
+        <v>24</v>
+      </c>
+      <c r="I139" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10">
+      <c r="A140" s="1">
+        <v>46081.0</v>
+      </c>
+      <c r="B140" t="s">
+        <v>51</v>
+      </c>
+      <c r="D140" s="2">
+        <v>0.45902777777778</v>
+      </c>
+      <c r="E140" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F140" t="s">
+        <v>45</v>
+      </c>
+      <c r="G140" t="s">
+        <v>46</v>
+      </c>
+      <c r="H140" t="s">
+        <v>15</v>
+      </c>
+      <c r="I140" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>