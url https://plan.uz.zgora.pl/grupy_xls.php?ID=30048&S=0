--- v0 (2025-12-25)
+++ v1 (2026-02-13)
@@ -5743,54 +5743,54 @@
       </c>
       <c r="E198" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="F198" t="s">
         <v>35</v>
       </c>
       <c r="G198" t="s">
         <v>11</v>
       </c>
       <c r="H198" t="s">
         <v>32</v>
       </c>
       <c r="I198" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="1">
         <v>46035.0</v>
       </c>
       <c r="B199" t="s">
         <v>37</v>
       </c>
       <c r="D199" s="2">
-        <v>0.44791666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E199" s="2">
-        <v>0.54166666666667</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="F199" t="s">
         <v>56</v>
       </c>
       <c r="G199" t="s">
         <v>18</v>
       </c>
       <c r="H199" t="s">
         <v>51</v>
       </c>
       <c r="I199" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
         <v>46035.0</v>
       </c>
       <c r="B200" t="s">
         <v>37</v>
       </c>
       <c r="D200" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E200" s="2">
@@ -6590,51 +6590,51 @@
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
         <v>46049.0</v>
       </c>
       <c r="B231" t="s">
         <v>37</v>
       </c>
       <c r="D231" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E231" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F231" t="s">
         <v>56</v>
       </c>
       <c r="G231" t="s">
         <v>18</v>
       </c>
       <c r="H231" t="s">
         <v>51</v>
       </c>
       <c r="I231" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
         <v>46049.0</v>
       </c>
       <c r="B232" t="s">
         <v>37</v>
       </c>
       <c r="D232" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E232" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F232" t="s">
         <v>38</v>
       </c>
       <c r="G232" t="s">
         <v>18</v>
       </c>
       <c r="H232" t="s">
         <v>39</v>
       </c>
       <c r="I232" t="s">