--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -195,50 +195,68 @@
     <t>341 A-16</t>
   </si>
   <si>
     <t>Diagnoza czynności prymarnych (Ć)</t>
   </si>
   <si>
     <t>Wprowadzenie do neurologopedii (W)</t>
   </si>
   <si>
     <t>dr Grzegorz Hryniewicz</t>
   </si>
   <si>
     <t>Czynności prymarne w procesie diagnozy (Ć)</t>
   </si>
   <si>
     <t>343 A-16</t>
   </si>
   <si>
     <t>108 A-20</t>
   </si>
   <si>
     <t>C A-16</t>
   </si>
   <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>409 A-16</t>
+  </si>
+  <si>
+    <t>Typologie zaburzeń mowy (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Metody i techniki badań społecznych (E)</t>
+  </si>
+  <si>
+    <t>11 A-16</t>
+  </si>
+  <si>
+    <t>Podstawy diagnostyki logopedycznej (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -546,54 +564,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J246"/>
+  <dimension ref="A1:J252"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E246" sqref="E246"/>
+      <selection activeCell="E252" sqref="E252"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3660,77 +3678,77 @@
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>45981.0</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="D119" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E119" s="2">
         <v>0.6875</v>
       </c>
       <c r="F119" t="s">
         <v>46</v>
       </c>
       <c r="G119" t="s">
         <v>18</v>
       </c>
       <c r="H119" t="s">
         <v>47</v>
       </c>
       <c r="I119" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>45981.0</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="D120" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E120" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F120" t="s">
         <v>49</v>
       </c>
       <c r="G120" t="s">
         <v>18</v>
       </c>
       <c r="H120" t="s">
         <v>47</v>
       </c>
       <c r="I120" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>45985.0</v>
       </c>
       <c r="B121" t="s">
         <v>30</v>
       </c>
       <c r="D121" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E121" s="2">
         <v>0.39236111111111</v>
       </c>
       <c r="F121" t="s">
         <v>50</v>
       </c>
       <c r="G121" t="s">
         <v>11</v>
       </c>
       <c r="H121" t="s">
         <v>51</v>
       </c>
       <c r="I121" t="s">
@@ -5075,170 +5093,170 @@
       </c>
       <c r="E173" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F173" t="s">
         <v>56</v>
       </c>
       <c r="G173" t="s">
         <v>18</v>
       </c>
       <c r="H173" t="s">
         <v>51</v>
       </c>
       <c r="I173" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>46007.0</v>
       </c>
       <c r="B174" t="s">
         <v>37</v>
       </c>
       <c r="D174" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E174" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F174" t="s">
         <v>38</v>
       </c>
       <c r="G174" t="s">
         <v>18</v>
       </c>
       <c r="H174" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I174" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
         <v>46007.0</v>
       </c>
       <c r="B175" t="s">
         <v>37</v>
       </c>
       <c r="D175" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E175" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F175" t="s">
         <v>38</v>
       </c>
       <c r="G175" t="s">
         <v>18</v>
       </c>
       <c r="H175" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="I175" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
         <v>46007.0</v>
       </c>
       <c r="B176" t="s">
         <v>37</v>
       </c>
       <c r="D176" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E176" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F176" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="G176" t="s">
         <v>18</v>
       </c>
       <c r="H176" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="I176" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>46007.0</v>
       </c>
       <c r="B177" t="s">
         <v>37</v>
       </c>
       <c r="D177" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E177" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F177" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G177" t="s">
         <v>18</v>
       </c>
       <c r="H177" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I177" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>46007.0</v>
       </c>
       <c r="B178" t="s">
         <v>37</v>
       </c>
       <c r="D178" s="2">
         <v>0.625</v>
       </c>
       <c r="E178" s="2">
         <v>0.6875</v>
       </c>
       <c r="F178" t="s">
         <v>38</v>
       </c>
       <c r="G178" t="s">
         <v>18</v>
       </c>
       <c r="H178" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="I178" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>46007.0</v>
       </c>
       <c r="B179" t="s">
         <v>37</v>
       </c>
       <c r="D179" s="2">
         <v>0.625</v>
       </c>
       <c r="E179" s="2">
         <v>0.6875</v>
       </c>
       <c r="F179" t="s">
         <v>43</v>
       </c>
       <c r="G179" t="s">
         <v>18</v>
       </c>
       <c r="H179" t="s">
         <v>44</v>
       </c>
       <c r="I179" t="s">
@@ -5277,150 +5295,150 @@
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="D181" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E181" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F181" t="s">
         <v>21</v>
       </c>
       <c r="G181" t="s">
         <v>18</v>
       </c>
       <c r="H181" t="s">
         <v>22</v>
       </c>
       <c r="I181" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
-        <v>46009.0</v>
+        <v>46008.0</v>
       </c>
       <c r="B182" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="D182" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E182" s="2">
-        <v>0.46875</v>
+        <v>0.6875</v>
       </c>
       <c r="F182" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G182" t="s">
         <v>18</v>
       </c>
       <c r="H182" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="I182" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>46009.0</v>
       </c>
       <c r="B183" t="s">
         <v>24</v>
       </c>
       <c r="D183" s="2">
-        <v>0.47916666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E183" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F183" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="G183" t="s">
         <v>18</v>
       </c>
       <c r="H183" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I183" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
         <v>46009.0</v>
       </c>
       <c r="B184" t="s">
         <v>24</v>
       </c>
       <c r="D184" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E184" s="2">
         <v>0.6875</v>
       </c>
       <c r="F184" t="s">
         <v>46</v>
       </c>
       <c r="G184" t="s">
         <v>18</v>
       </c>
       <c r="H184" t="s">
         <v>47</v>
       </c>
       <c r="I184" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46009.0</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="D185" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E185" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F185" t="s">
         <v>49</v>
       </c>
       <c r="G185" t="s">
         <v>18</v>
       </c>
       <c r="H185" t="s">
         <v>47</v>
       </c>
       <c r="I185" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>46029.0</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="D186" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E186" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F186" t="s">
         <v>56</v>
       </c>
       <c r="G186" t="s">
         <v>18</v>
       </c>
       <c r="H186" t="s">
         <v>51</v>
       </c>
       <c r="I186" t="s">
@@ -6026,77 +6044,77 @@
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>46037.0</v>
       </c>
       <c r="B210" t="s">
         <v>24</v>
       </c>
       <c r="D210" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E210" s="2">
         <v>0.6875</v>
       </c>
       <c r="F210" t="s">
         <v>46</v>
       </c>
       <c r="G210" t="s">
         <v>18</v>
       </c>
       <c r="H210" t="s">
         <v>47</v>
       </c>
       <c r="I210" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
         <v>46037.0</v>
       </c>
       <c r="B211" t="s">
         <v>24</v>
       </c>
       <c r="D211" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E211" s="2">
         <v>0.83333333333333</v>
       </c>
       <c r="F211" t="s">
         <v>49</v>
       </c>
       <c r="G211" t="s">
         <v>18</v>
       </c>
       <c r="H211" t="s">
         <v>47</v>
       </c>
       <c r="I211" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>46041.0</v>
       </c>
       <c r="B212" t="s">
         <v>30</v>
       </c>
       <c r="D212" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E212" s="2">
         <v>0.39236111111111</v>
       </c>
       <c r="F212" t="s">
         <v>50</v>
       </c>
       <c r="G212" t="s">
         <v>11</v>
       </c>
       <c r="H212" t="s">
         <v>51</v>
       </c>
       <c r="I212" t="s">
@@ -6963,50 +6981,206 @@
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="1">
         <v>46055.0</v>
       </c>
       <c r="B246" t="s">
         <v>30</v>
       </c>
       <c r="D246" s="2">
         <v>0.625</v>
       </c>
       <c r="E246" s="2">
         <v>0.68402777777778</v>
       </c>
       <c r="F246" t="s">
         <v>54</v>
       </c>
       <c r="G246" t="s">
         <v>11</v>
       </c>
       <c r="H246" t="s">
         <v>55</v>
       </c>
       <c r="I246" t="s">
         <v>52</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10">
+      <c r="A247" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="D247" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E247" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="F247" t="s">
+        <v>62</v>
+      </c>
+      <c r="G247" t="s">
+        <v>63</v>
+      </c>
+      <c r="H247" t="s">
+        <v>12</v>
+      </c>
+      <c r="I247" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10">
+      <c r="A248" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B248" t="s">
+        <v>24</v>
+      </c>
+      <c r="D248" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E248" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F248" t="s">
+        <v>64</v>
+      </c>
+      <c r="G248" t="s">
+        <v>63</v>
+      </c>
+      <c r="H248" t="s">
+        <v>15</v>
+      </c>
+      <c r="I248" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10">
+      <c r="A249" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B249" t="s">
+        <v>60</v>
+      </c>
+      <c r="D249" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E249" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F249" t="s">
+        <v>66</v>
+      </c>
+      <c r="G249" t="s">
+        <v>63</v>
+      </c>
+      <c r="H249" t="s">
+        <v>34</v>
+      </c>
+      <c r="I249" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10">
+      <c r="A250" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="D250" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E250" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="F250" t="s">
+        <v>62</v>
+      </c>
+      <c r="G250" t="s">
+        <v>63</v>
+      </c>
+      <c r="H250" t="s">
+        <v>12</v>
+      </c>
+      <c r="I250" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10">
+      <c r="A251" s="1">
+        <v>46077.0</v>
+      </c>
+      <c r="B251" t="s">
+        <v>37</v>
+      </c>
+      <c r="D251" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E251" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F251" t="s">
+        <v>64</v>
+      </c>
+      <c r="G251" t="s">
+        <v>63</v>
+      </c>
+      <c r="H251" t="s">
+        <v>15</v>
+      </c>
+      <c r="I251" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10">
+      <c r="A252" s="1">
+        <v>46083.0</v>
+      </c>
+      <c r="B252" t="s">
+        <v>30</v>
+      </c>
+      <c r="D252" s="2">
+        <v>0.33333333333333</v>
+      </c>
+      <c r="E252" s="2">
+        <v>0.375</v>
+      </c>
+      <c r="F252" t="s">
+        <v>66</v>
+      </c>
+      <c r="G252" t="s">
+        <v>63</v>
+      </c>
+      <c r="H252" t="s">
+        <v>34</v>
+      </c>
+      <c r="I252" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>