--- v1 (2025-12-25)
+++ v2 (2026-02-13)
@@ -5743,54 +5743,54 @@
       </c>
       <c r="E198" s="2">
         <v>0.69097222222222</v>
       </c>
       <c r="F198" t="s">
         <v>35</v>
       </c>
       <c r="G198" t="s">
         <v>11</v>
       </c>
       <c r="H198" t="s">
         <v>34</v>
       </c>
       <c r="I198" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="1">
         <v>46035.0</v>
       </c>
       <c r="B199" t="s">
         <v>37</v>
       </c>
       <c r="D199" s="2">
-        <v>0.44791666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E199" s="2">
-        <v>0.54166666666667</v>
+        <v>0.42708333333333</v>
       </c>
       <c r="F199" t="s">
         <v>56</v>
       </c>
       <c r="G199" t="s">
         <v>18</v>
       </c>
       <c r="H199" t="s">
         <v>51</v>
       </c>
       <c r="I199" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
         <v>46035.0</v>
       </c>
       <c r="B200" t="s">
         <v>37</v>
       </c>
       <c r="D200" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E200" s="2">
@@ -6590,51 +6590,51 @@
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
         <v>46049.0</v>
       </c>
       <c r="B231" t="s">
         <v>37</v>
       </c>
       <c r="D231" s="2">
         <v>0.44791666666667</v>
       </c>
       <c r="E231" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F231" t="s">
         <v>56</v>
       </c>
       <c r="G231" t="s">
         <v>18</v>
       </c>
       <c r="H231" t="s">
         <v>51</v>
       </c>
       <c r="I231" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
         <v>46049.0</v>
       </c>
       <c r="B232" t="s">
         <v>37</v>
       </c>
       <c r="D232" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E232" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F232" t="s">
         <v>38</v>
       </c>
       <c r="G232" t="s">
         <v>18</v>
       </c>
       <c r="H232" t="s">
         <v>39</v>
       </c>
       <c r="I232" t="s">