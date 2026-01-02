--- v0 (2025-11-15)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -152,63 +152,75 @@
   <si>
     <t>027 A-16; 027a A-16</t>
   </si>
   <si>
     <t>Seksuologia społeczno-kulturowa (W)</t>
   </si>
   <si>
     <t>dr Joanna Dec-Pietrowska</t>
   </si>
   <si>
     <t>48 A-16</t>
   </si>
   <si>
     <t>Sposoby spędzania czasu wolnego (W)</t>
   </si>
   <si>
     <t>Programy dotacyjne w kulturze i edukacji (Ć)</t>
   </si>
   <si>
     <t>mgr Kalina Patek</t>
   </si>
   <si>
     <t>324 A-16</t>
   </si>
   <si>
+    <t>401b A-16</t>
+  </si>
+  <si>
     <t>Po</t>
   </si>
   <si>
     <t>Seksuologia społeczno-kulturowa (Ć)</t>
   </si>
   <si>
     <t>dr Alicja Kozakiewicz</t>
   </si>
   <si>
     <t>31 A-16</t>
   </si>
   <si>
     <t>Śr</t>
+  </si>
+  <si>
+    <t>Sposoby spędzania czasu wolnego (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Programy dotacyjne w kulturze i edukacji (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -516,54 +528,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J141"/>
+  <dimension ref="A1:J145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E141" sqref="E141"/>
+      <selection activeCell="E145" sqref="E145"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2086,51 +2098,51 @@
       <c r="A58" s="1">
         <v>45979.0</v>
       </c>
       <c r="B58" t="s">
         <v>18</v>
       </c>
       <c r="C58" t="s">
         <v>27</v>
       </c>
       <c r="D58" s="2">
         <v>0.40625</v>
       </c>
       <c r="E58" s="2">
         <v>0.46875</v>
       </c>
       <c r="F58" t="s">
         <v>23</v>
       </c>
       <c r="G58" t="s">
         <v>24</v>
       </c>
       <c r="H58" t="s">
         <v>28</v>
       </c>
       <c r="I58" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>45979.0</v>
       </c>
       <c r="B59" t="s">
         <v>18</v>
       </c>
       <c r="D59" s="2">
         <v>0.47569444444444</v>
       </c>
       <c r="E59" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F59" t="s">
         <v>30</v>
       </c>
       <c r="G59" t="s">
         <v>31</v>
       </c>
       <c r="H59" t="s">
         <v>32</v>
       </c>
       <c r="I59" t="s">
@@ -2326,51 +2338,51 @@
       <c r="A67" s="1">
         <v>45986.0</v>
       </c>
       <c r="B67" t="s">
         <v>18</v>
       </c>
       <c r="C67" t="s">
         <v>27</v>
       </c>
       <c r="D67" s="2">
         <v>0.40625</v>
       </c>
       <c r="E67" s="2">
         <v>0.46875</v>
       </c>
       <c r="F67" t="s">
         <v>23</v>
       </c>
       <c r="G67" t="s">
         <v>24</v>
       </c>
       <c r="H67" t="s">
         <v>28</v>
       </c>
       <c r="I67" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>45986.0</v>
       </c>
       <c r="B68" t="s">
         <v>18</v>
       </c>
       <c r="D68" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E68" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F68" t="s">
         <v>42</v>
       </c>
       <c r="G68" t="s">
         <v>31</v>
       </c>
       <c r="H68" t="s">
         <v>35</v>
       </c>
       <c r="I68" t="s">
@@ -2490,69 +2502,69 @@
       </c>
       <c r="D73" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E73" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F73" t="s">
         <v>15</v>
       </c>
       <c r="G73" t="s">
         <v>11</v>
       </c>
       <c r="H73" t="s">
         <v>16</v>
       </c>
       <c r="I73" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>45992.0</v>
       </c>
       <c r="B74" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D74" s="2">
         <v>0.4375</v>
       </c>
       <c r="E74" s="2">
         <v>0.53125</v>
       </c>
       <c r="F74" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G74" t="s">
         <v>34</v>
       </c>
       <c r="H74" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I74" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>45993.0</v>
       </c>
       <c r="B75" t="s">
         <v>18</v>
       </c>
       <c r="D75" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E75" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F75" t="s">
         <v>19</v>
       </c>
       <c r="G75" t="s">
         <v>11</v>
       </c>
       <c r="H75" t="s">
         <v>20</v>
       </c>
       <c r="I75" t="s">
@@ -2592,51 +2604,51 @@
       <c r="A77" s="1">
         <v>45993.0</v>
       </c>
       <c r="B77" t="s">
         <v>18</v>
       </c>
       <c r="C77" t="s">
         <v>27</v>
       </c>
       <c r="D77" s="2">
         <v>0.40625</v>
       </c>
       <c r="E77" s="2">
         <v>0.46875</v>
       </c>
       <c r="F77" t="s">
         <v>23</v>
       </c>
       <c r="G77" t="s">
         <v>24</v>
       </c>
       <c r="H77" t="s">
         <v>28</v>
       </c>
       <c r="I77" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>45993.0</v>
       </c>
       <c r="B78" t="s">
         <v>18</v>
       </c>
       <c r="D78" s="2">
         <v>0.47569444444444</v>
       </c>
       <c r="E78" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F78" t="s">
         <v>30</v>
       </c>
       <c r="G78" t="s">
         <v>31</v>
       </c>
       <c r="H78" t="s">
         <v>32</v>
       </c>
       <c r="I78" t="s">
@@ -2756,69 +2768,69 @@
       </c>
       <c r="D83" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E83" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F83" t="s">
         <v>15</v>
       </c>
       <c r="G83" t="s">
         <v>11</v>
       </c>
       <c r="H83" t="s">
         <v>16</v>
       </c>
       <c r="I83" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>45999.0</v>
       </c>
       <c r="B84" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D84" s="2">
         <v>0.4375</v>
       </c>
       <c r="E84" s="2">
         <v>0.53125</v>
       </c>
       <c r="F84" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G84" t="s">
         <v>34</v>
       </c>
       <c r="H84" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I84" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>46000.0</v>
       </c>
       <c r="B85" t="s">
         <v>18</v>
       </c>
       <c r="D85" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E85" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F85" t="s">
         <v>19</v>
       </c>
       <c r="G85" t="s">
         <v>11</v>
       </c>
       <c r="H85" t="s">
         <v>20</v>
       </c>
       <c r="I85" t="s">
@@ -2858,51 +2870,51 @@
       <c r="A87" s="1">
         <v>46000.0</v>
       </c>
       <c r="B87" t="s">
         <v>18</v>
       </c>
       <c r="C87" t="s">
         <v>27</v>
       </c>
       <c r="D87" s="2">
         <v>0.40625</v>
       </c>
       <c r="E87" s="2">
         <v>0.46875</v>
       </c>
       <c r="F87" t="s">
         <v>23</v>
       </c>
       <c r="G87" t="s">
         <v>24</v>
       </c>
       <c r="H87" t="s">
         <v>28</v>
       </c>
       <c r="I87" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>46000.0</v>
       </c>
       <c r="B88" t="s">
         <v>18</v>
       </c>
       <c r="D88" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E88" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F88" t="s">
         <v>42</v>
       </c>
       <c r="G88" t="s">
         <v>31</v>
       </c>
       <c r="H88" t="s">
         <v>35</v>
       </c>
       <c r="I88" t="s">
@@ -3022,479 +3034,479 @@
       </c>
       <c r="D93" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E93" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F93" t="s">
         <v>15</v>
       </c>
       <c r="G93" t="s">
         <v>11</v>
       </c>
       <c r="H93" t="s">
         <v>16</v>
       </c>
       <c r="I93" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>46006.0</v>
       </c>
       <c r="B94" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D94" s="2">
         <v>0.4375</v>
       </c>
       <c r="E94" s="2">
         <v>0.53125</v>
       </c>
       <c r="F94" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G94" t="s">
         <v>34</v>
       </c>
       <c r="H94" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I94" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
-        <v>46007.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B95" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="D95" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E95" s="2">
-        <v>0.39583333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F95" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="G95" t="s">
         <v>11</v>
       </c>
       <c r="H95" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I95" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>46007.0</v>
       </c>
       <c r="B96" t="s">
         <v>18</v>
       </c>
-      <c r="C96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D96" s="2">
-        <v>0.40625</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E96" s="2">
-        <v>0.46875</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F96" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G96" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="H96" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I96" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>46007.0</v>
       </c>
       <c r="B97" t="s">
         <v>18</v>
       </c>
       <c r="C97" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D97" s="2">
         <v>0.40625</v>
       </c>
       <c r="E97" s="2">
         <v>0.46875</v>
       </c>
       <c r="F97" t="s">
         <v>23</v>
       </c>
       <c r="G97" t="s">
         <v>24</v>
       </c>
       <c r="H97" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="I97" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>46007.0</v>
       </c>
       <c r="B98" t="s">
         <v>18</v>
       </c>
+      <c r="C98" t="s">
+        <v>27</v>
+      </c>
       <c r="D98" s="2">
-        <v>0.47569444444444</v>
+        <v>0.40625</v>
       </c>
       <c r="E98" s="2">
-        <v>0.54166666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F98" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="G98" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H98" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="I98" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>46007.0</v>
       </c>
       <c r="B99" t="s">
         <v>18</v>
       </c>
       <c r="D99" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E99" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F99" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G99" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H99" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="I99" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>46007.0</v>
       </c>
       <c r="B100" t="s">
         <v>18</v>
       </c>
       <c r="D100" s="2">
-        <v>0.625</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E100" s="2">
-        <v>0.6875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F100" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G100" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="H100" t="s">
         <v>35</v>
       </c>
       <c r="I100" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
-        <v>46009.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B101" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D101" s="2">
-        <v>0.47569444444444</v>
+        <v>0.625</v>
       </c>
       <c r="E101" s="2">
-        <v>0.54166666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F101" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G101" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="H101" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="I101" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>46009.0</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="2">
-        <v>0.55208333333333</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E102" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F102" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="G102" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="H102" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I102" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>46010.0</v>
       </c>
       <c r="B103" t="s">
         <v>14</v>
       </c>
       <c r="D103" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E103" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F103" t="s">
         <v>15</v>
       </c>
       <c r="G103" t="s">
         <v>11</v>
       </c>
       <c r="H103" t="s">
         <v>16</v>
       </c>
       <c r="I103" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>46029.0</v>
       </c>
       <c r="B104" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D104" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E104" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F104" t="s">
         <v>19</v>
       </c>
       <c r="G104" t="s">
         <v>11</v>
       </c>
       <c r="H104" t="s">
         <v>20</v>
       </c>
       <c r="I104" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>46029.0</v>
       </c>
       <c r="B105" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C105" t="s">
         <v>22</v>
       </c>
       <c r="D105" s="2">
         <v>0.40625</v>
       </c>
       <c r="E105" s="2">
         <v>0.46875</v>
       </c>
       <c r="F105" t="s">
         <v>23</v>
       </c>
       <c r="G105" t="s">
         <v>24</v>
       </c>
       <c r="H105" t="s">
         <v>25</v>
       </c>
       <c r="I105" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>46029.0</v>
       </c>
       <c r="B106" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C106" t="s">
         <v>27</v>
       </c>
       <c r="D106" s="2">
         <v>0.40625</v>
       </c>
       <c r="E106" s="2">
         <v>0.46875</v>
       </c>
       <c r="F106" t="s">
         <v>23</v>
       </c>
       <c r="G106" t="s">
         <v>24</v>
       </c>
       <c r="H106" t="s">
         <v>28</v>
       </c>
       <c r="I106" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>46029.0</v>
       </c>
       <c r="B107" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D107" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E107" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F107" t="s">
         <v>42</v>
       </c>
       <c r="G107" t="s">
         <v>31</v>
       </c>
       <c r="H107" t="s">
         <v>35</v>
       </c>
       <c r="I107" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>46029.0</v>
       </c>
       <c r="B108" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D108" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E108" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F108" t="s">
         <v>33</v>
       </c>
       <c r="G108" t="s">
         <v>34</v>
       </c>
       <c r="H108" t="s">
         <v>35</v>
       </c>
       <c r="I108" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>46029.0</v>
       </c>
       <c r="B109" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D109" s="2">
         <v>0.625</v>
       </c>
       <c r="E109" s="2">
         <v>0.6875</v>
       </c>
       <c r="F109" t="s">
         <v>37</v>
       </c>
       <c r="G109" t="s">
         <v>11</v>
       </c>
       <c r="H109" t="s">
         <v>35</v>
       </c>
       <c r="I109" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>46029.0</v>
       </c>
       <c r="B110" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D110" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E110" s="2">
         <v>0.75694444444444</v>
       </c>
       <c r="F110" t="s">
         <v>43</v>
       </c>
       <c r="G110" t="s">
         <v>34</v>
       </c>
       <c r="H110" t="s">
         <v>44</v>
       </c>
       <c r="I110" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>46030.0</v>
       </c>
       <c r="B111" t="s">
@@ -3528,69 +3540,69 @@
       </c>
       <c r="D112" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E112" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F112" t="s">
         <v>15</v>
       </c>
       <c r="G112" t="s">
         <v>11</v>
       </c>
       <c r="H112" t="s">
         <v>16</v>
       </c>
       <c r="I112" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>46034.0</v>
       </c>
       <c r="B113" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D113" s="2">
         <v>0.4375</v>
       </c>
       <c r="E113" s="2">
         <v>0.53125</v>
       </c>
       <c r="F113" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G113" t="s">
         <v>34</v>
       </c>
       <c r="H113" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I113" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>46035.0</v>
       </c>
       <c r="B114" t="s">
         <v>18</v>
       </c>
       <c r="D114" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E114" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F114" t="s">
         <v>19</v>
       </c>
       <c r="G114" t="s">
         <v>11</v>
       </c>
       <c r="H114" t="s">
         <v>20</v>
       </c>
       <c r="I114" t="s">
@@ -3630,51 +3642,51 @@
       <c r="A116" s="1">
         <v>46035.0</v>
       </c>
       <c r="B116" t="s">
         <v>18</v>
       </c>
       <c r="C116" t="s">
         <v>27</v>
       </c>
       <c r="D116" s="2">
         <v>0.40625</v>
       </c>
       <c r="E116" s="2">
         <v>0.46875</v>
       </c>
       <c r="F116" t="s">
         <v>23</v>
       </c>
       <c r="G116" t="s">
         <v>24</v>
       </c>
       <c r="H116" t="s">
         <v>28</v>
       </c>
       <c r="I116" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>46035.0</v>
       </c>
       <c r="B117" t="s">
         <v>18</v>
       </c>
       <c r="D117" s="2">
         <v>0.47569444444444</v>
       </c>
       <c r="E117" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F117" t="s">
         <v>30</v>
       </c>
       <c r="G117" t="s">
         <v>31</v>
       </c>
       <c r="H117" t="s">
         <v>32</v>
       </c>
       <c r="I117" t="s">
@@ -3794,69 +3806,69 @@
       </c>
       <c r="D122" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E122" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F122" t="s">
         <v>15</v>
       </c>
       <c r="G122" t="s">
         <v>11</v>
       </c>
       <c r="H122" t="s">
         <v>16</v>
       </c>
       <c r="I122" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>46041.0</v>
       </c>
       <c r="B123" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D123" s="2">
         <v>0.4375</v>
       </c>
       <c r="E123" s="2">
         <v>0.53125</v>
       </c>
       <c r="F123" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G123" t="s">
         <v>34</v>
       </c>
       <c r="H123" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I123" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>46042.0</v>
       </c>
       <c r="B124" t="s">
         <v>18</v>
       </c>
       <c r="D124" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E124" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F124" t="s">
         <v>19</v>
       </c>
       <c r="G124" t="s">
         <v>11</v>
       </c>
       <c r="H124" t="s">
         <v>20</v>
       </c>
       <c r="I124" t="s">
@@ -3896,51 +3908,51 @@
       <c r="A126" s="1">
         <v>46042.0</v>
       </c>
       <c r="B126" t="s">
         <v>18</v>
       </c>
       <c r="C126" t="s">
         <v>27</v>
       </c>
       <c r="D126" s="2">
         <v>0.40625</v>
       </c>
       <c r="E126" s="2">
         <v>0.46875</v>
       </c>
       <c r="F126" t="s">
         <v>23</v>
       </c>
       <c r="G126" t="s">
         <v>24</v>
       </c>
       <c r="H126" t="s">
         <v>28</v>
       </c>
       <c r="I126" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
         <v>46042.0</v>
       </c>
       <c r="B127" t="s">
         <v>18</v>
       </c>
       <c r="D127" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E127" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F127" t="s">
         <v>42</v>
       </c>
       <c r="G127" t="s">
         <v>31</v>
       </c>
       <c r="H127" t="s">
         <v>35</v>
       </c>
       <c r="I127" t="s">
@@ -4136,51 +4148,51 @@
       <c r="A135" s="1">
         <v>46049.0</v>
       </c>
       <c r="B135" t="s">
         <v>18</v>
       </c>
       <c r="C135" t="s">
         <v>27</v>
       </c>
       <c r="D135" s="2">
         <v>0.40625</v>
       </c>
       <c r="E135" s="2">
         <v>0.46875</v>
       </c>
       <c r="F135" t="s">
         <v>23</v>
       </c>
       <c r="G135" t="s">
         <v>24</v>
       </c>
       <c r="H135" t="s">
         <v>28</v>
       </c>
       <c r="I135" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>46049.0</v>
       </c>
       <c r="B136" t="s">
         <v>18</v>
       </c>
       <c r="D136" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E136" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F136" t="s">
         <v>42</v>
       </c>
       <c r="G136" t="s">
         <v>31</v>
       </c>
       <c r="H136" t="s">
         <v>35</v>
       </c>
       <c r="I136" t="s">
@@ -4293,50 +4305,154 @@
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>46052.0</v>
       </c>
       <c r="B141" t="s">
         <v>14</v>
       </c>
       <c r="D141" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E141" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F141" t="s">
         <v>15</v>
       </c>
       <c r="G141" t="s">
         <v>11</v>
       </c>
       <c r="H141" t="s">
         <v>16</v>
       </c>
       <c r="I141" t="s">
         <v>26</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10">
+      <c r="A142" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B142" t="s">
+        <v>18</v>
+      </c>
+      <c r="D142" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E142" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F142" t="s">
+        <v>52</v>
+      </c>
+      <c r="G142" t="s">
+        <v>53</v>
+      </c>
+      <c r="H142" t="s">
+        <v>35</v>
+      </c>
+      <c r="I142" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10">
+      <c r="A143" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B143" t="s">
+        <v>51</v>
+      </c>
+      <c r="D143" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E143" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F143" t="s">
+        <v>54</v>
+      </c>
+      <c r="G143" t="s">
+        <v>53</v>
+      </c>
+      <c r="H143" t="s">
+        <v>32</v>
+      </c>
+      <c r="I143" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10">
+      <c r="A144" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B144" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E144" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F144" t="s">
+        <v>52</v>
+      </c>
+      <c r="G144" t="s">
+        <v>53</v>
+      </c>
+      <c r="H144" t="s">
+        <v>35</v>
+      </c>
+      <c r="I144" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10">
+      <c r="A145" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B145" t="s">
+        <v>51</v>
+      </c>
+      <c r="D145" s="2">
+        <v>0.55208333333333</v>
+      </c>
+      <c r="E145" s="2">
+        <v>0.61458333333333</v>
+      </c>
+      <c r="F145" t="s">
+        <v>54</v>
+      </c>
+      <c r="G145" t="s">
+        <v>53</v>
+      </c>
+      <c r="H145" t="s">
+        <v>32</v>
+      </c>
+      <c r="I145" t="s">
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>