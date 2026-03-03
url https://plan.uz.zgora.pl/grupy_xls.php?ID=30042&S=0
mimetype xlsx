--- v1 (2026-01-02)
+++ v2 (2026-03-03)
@@ -528,54 +528,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J145"/>
+  <dimension ref="A1:J144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E145" sqref="E145"/>
+      <selection activeCell="E144" sqref="E144"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4383,76 +4383,50 @@
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
         <v>46070.0</v>
       </c>
       <c r="B144" t="s">
         <v>18</v>
       </c>
       <c r="D144" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="E144" s="2">
         <v>0.58333333333333</v>
       </c>
       <c r="F144" t="s">
         <v>52</v>
       </c>
       <c r="G144" t="s">
         <v>53</v>
       </c>
       <c r="H144" t="s">
         <v>35</v>
       </c>
       <c r="I144" t="s">
         <v>36</v>
-      </c>
-[...24 lines deleted...]
-        <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>