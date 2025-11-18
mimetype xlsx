--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -167,54 +167,60 @@
   <si>
     <t>409 A-16</t>
   </si>
   <si>
     <t>Specjalne potrzeby edukacyjne i kulturalne (Ć)</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Psychologia twórczości (W)</t>
   </si>
   <si>
     <t>dr Urszula Gembara</t>
   </si>
   <si>
     <t>48 A-16</t>
   </si>
   <si>
     <t>Psychologia twórczości (Ć)</t>
   </si>
   <si>
     <t>Podstawy dydaktyki ogólnej (W)</t>
   </si>
   <si>
+    <t>109 A-20</t>
+  </si>
+  <si>
     <t>Animowanie środowiska lokalnego (W)</t>
   </si>
   <si>
     <t>29 A-16</t>
+  </si>
+  <si>
+    <t>mgr Beata Łapanowska; mgr Liliana Sadowska</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -537,51 +543,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J195"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E195" sqref="E195"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1224,103 +1230,103 @@
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>45944.0</v>
       </c>
       <c r="B26" t="s">
         <v>37</v>
       </c>
       <c r="D26" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E26" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F26" t="s">
         <v>38</v>
       </c>
       <c r="G26" t="s">
         <v>26</v>
       </c>
       <c r="H26" t="s">
         <v>39</v>
       </c>
       <c r="I26" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>45944.0</v>
       </c>
       <c r="B27" t="s">
         <v>37</v>
       </c>
       <c r="D27" s="2">
         <v>0.40625</v>
       </c>
       <c r="E27" s="2">
         <v>0.46875</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
       <c r="G27" t="s">
         <v>26</v>
       </c>
       <c r="H27" t="s">
         <v>39</v>
       </c>
       <c r="I27" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>45944.0</v>
       </c>
       <c r="B28" t="s">
         <v>37</v>
       </c>
       <c r="D28" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E28" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F28" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G28" t="s">
         <v>41</v>
       </c>
       <c r="H28" t="s">
         <v>15</v>
       </c>
       <c r="I28" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>45945.0</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="2">
         <v>0.40625</v>
       </c>
       <c r="E29" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
       <c r="H29" t="s">
         <v>12</v>
       </c>
       <c r="I29" t="s">
@@ -1513,77 +1519,77 @@
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>45951.0</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="D37" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E37" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F37" t="s">
         <v>38</v>
       </c>
       <c r="G37" t="s">
         <v>26</v>
       </c>
       <c r="H37" t="s">
         <v>39</v>
       </c>
       <c r="I37" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>45951.0</v>
       </c>
       <c r="B38" t="s">
         <v>37</v>
       </c>
       <c r="D38" s="2">
         <v>0.40625</v>
       </c>
       <c r="E38" s="2">
         <v>0.46875</v>
       </c>
       <c r="F38" t="s">
         <v>38</v>
       </c>
       <c r="G38" t="s">
         <v>26</v>
       </c>
       <c r="H38" t="s">
         <v>39</v>
       </c>
       <c r="I38" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>45952.0</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E39" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F39" t="s">
         <v>40</v>
       </c>
       <c r="G39" t="s">
         <v>41</v>
       </c>
       <c r="H39" t="s">
         <v>42</v>
       </c>
       <c r="I39" t="s">
@@ -1906,103 +1912,103 @@
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
         <v>45958.0</v>
       </c>
       <c r="B52" t="s">
         <v>37</v>
       </c>
       <c r="D52" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E52" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F52" t="s">
         <v>38</v>
       </c>
       <c r="G52" t="s">
         <v>26</v>
       </c>
       <c r="H52" t="s">
         <v>39</v>
       </c>
       <c r="I52" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>45958.0</v>
       </c>
       <c r="B53" t="s">
         <v>37</v>
       </c>
       <c r="D53" s="2">
         <v>0.40625</v>
       </c>
       <c r="E53" s="2">
         <v>0.46875</v>
       </c>
       <c r="F53" t="s">
         <v>38</v>
       </c>
       <c r="G53" t="s">
         <v>26</v>
       </c>
       <c r="H53" t="s">
         <v>39</v>
       </c>
       <c r="I53" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>45958.0</v>
       </c>
       <c r="B54" t="s">
         <v>37</v>
       </c>
       <c r="D54" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E54" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F54" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G54" t="s">
         <v>41</v>
       </c>
       <c r="H54" t="s">
         <v>15</v>
       </c>
       <c r="I54" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>45959.0</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="2">
         <v>0.40625</v>
       </c>
       <c r="E55" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55" t="s">
         <v>11</v>
       </c>
       <c r="H55" t="s">
         <v>12</v>
       </c>
       <c r="I55" t="s">
@@ -2062,51 +2068,51 @@
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>45960.0</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="D58" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E58" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
         <v>21</v>
       </c>
       <c r="H58" t="s">
         <v>22</v>
       </c>
       <c r="I58" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>45960.0</v>
       </c>
       <c r="B59" t="s">
         <v>19</v>
       </c>
       <c r="D59" s="2">
         <v>0.40625</v>
       </c>
       <c r="E59" s="2">
         <v>0.46875</v>
       </c>
       <c r="F59" t="s">
         <v>24</v>
       </c>
       <c r="G59" t="s">
         <v>21</v>
       </c>
       <c r="H59" t="s">
         <v>12</v>
       </c>
       <c r="I59" t="s">
@@ -2247,77 +2253,77 @@
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>45965.0</v>
       </c>
       <c r="B65" t="s">
         <v>37</v>
       </c>
       <c r="D65" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E65" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F65" t="s">
         <v>38</v>
       </c>
       <c r="G65" t="s">
         <v>26</v>
       </c>
       <c r="H65" t="s">
         <v>39</v>
       </c>
       <c r="I65" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>45965.0</v>
       </c>
       <c r="B66" t="s">
         <v>37</v>
       </c>
       <c r="D66" s="2">
         <v>0.40625</v>
       </c>
       <c r="E66" s="2">
         <v>0.46875</v>
       </c>
       <c r="F66" t="s">
         <v>38</v>
       </c>
       <c r="G66" t="s">
         <v>26</v>
       </c>
       <c r="H66" t="s">
         <v>39</v>
       </c>
       <c r="I66" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>45966.0</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E67" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F67" t="s">
         <v>40</v>
       </c>
       <c r="G67" t="s">
         <v>41</v>
       </c>
       <c r="H67" t="s">
         <v>42</v>
       </c>
       <c r="I67" t="s">
@@ -2377,126 +2383,126 @@
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>45967.0</v>
       </c>
       <c r="B70" t="s">
         <v>19</v>
       </c>
       <c r="D70" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E70" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
         <v>21</v>
       </c>
       <c r="H70" t="s">
         <v>22</v>
       </c>
       <c r="I70" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>45967.0</v>
       </c>
       <c r="B71" t="s">
         <v>19</v>
       </c>
       <c r="D71" s="2">
         <v>0.40625</v>
       </c>
       <c r="E71" s="2">
         <v>0.46875</v>
       </c>
       <c r="F71" t="s">
         <v>24</v>
       </c>
       <c r="G71" t="s">
         <v>21</v>
       </c>
       <c r="H71" t="s">
         <v>12</v>
       </c>
       <c r="I71" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>45967.0</v>
       </c>
       <c r="B72" t="s">
         <v>19</v>
       </c>
       <c r="D72" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E72" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F72" t="s">
         <v>25</v>
       </c>
       <c r="G72" t="s">
         <v>26</v>
       </c>
       <c r="H72" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
         <v>45967.0</v>
       </c>
       <c r="B73" t="s">
         <v>19</v>
       </c>
       <c r="D73" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E73" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F73" t="s">
         <v>25</v>
       </c>
       <c r="G73" t="s">
         <v>26</v>
       </c>
       <c r="H73" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I73" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>45968.0</v>
       </c>
       <c r="B74" t="s">
         <v>45</v>
       </c>
       <c r="D74" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E74" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F74" t="s">
         <v>46</v>
       </c>
       <c r="G74" t="s">
         <v>41</v>
       </c>
       <c r="H74" t="s">
@@ -2640,103 +2646,103 @@
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>45975.0</v>
       </c>
       <c r="B80" t="s">
         <v>45</v>
       </c>
       <c r="D80" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E80" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F80" t="s">
         <v>38</v>
       </c>
       <c r="G80" t="s">
         <v>26</v>
       </c>
       <c r="H80" t="s">
         <v>39</v>
       </c>
       <c r="I80" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>45975.0</v>
       </c>
       <c r="B81" t="s">
         <v>45</v>
       </c>
       <c r="D81" s="2">
         <v>0.40625</v>
       </c>
       <c r="E81" s="2">
         <v>0.46875</v>
       </c>
       <c r="F81" t="s">
         <v>38</v>
       </c>
       <c r="G81" t="s">
         <v>26</v>
       </c>
       <c r="H81" t="s">
         <v>39</v>
       </c>
       <c r="I81" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>45975.0</v>
       </c>
       <c r="B82" t="s">
         <v>45</v>
       </c>
       <c r="D82" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E82" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F82" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G82" t="s">
         <v>41</v>
       </c>
       <c r="H82" t="s">
         <v>15</v>
       </c>
       <c r="I82" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>45978.0</v>
       </c>
       <c r="B83" t="s">
         <v>29</v>
       </c>
       <c r="D83" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E83" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F83" t="s">
         <v>30</v>
       </c>
       <c r="G83" t="s">
         <v>11</v>
       </c>
       <c r="H83" t="s">
         <v>31</v>
       </c>
       <c r="I83" t="s">
@@ -2773,77 +2779,77 @@
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>45979.0</v>
       </c>
       <c r="B85" t="s">
         <v>37</v>
       </c>
       <c r="D85" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E85" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F85" t="s">
         <v>38</v>
       </c>
       <c r="G85" t="s">
         <v>26</v>
       </c>
       <c r="H85" t="s">
         <v>39</v>
       </c>
       <c r="I85" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>45979.0</v>
       </c>
       <c r="B86" t="s">
         <v>37</v>
       </c>
       <c r="D86" s="2">
         <v>0.40625</v>
       </c>
       <c r="E86" s="2">
         <v>0.46875</v>
       </c>
       <c r="F86" t="s">
         <v>38</v>
       </c>
       <c r="G86" t="s">
         <v>26</v>
       </c>
       <c r="H86" t="s">
         <v>39</v>
       </c>
       <c r="I86" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>45980.0</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E87" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F87" t="s">
         <v>40</v>
       </c>
       <c r="G87" t="s">
         <v>41</v>
       </c>
       <c r="H87" t="s">
         <v>42</v>
       </c>
       <c r="I87" t="s">
@@ -2903,126 +2909,126 @@
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>45981.0</v>
       </c>
       <c r="B90" t="s">
         <v>19</v>
       </c>
       <c r="D90" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E90" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
         <v>21</v>
       </c>
       <c r="H90" t="s">
         <v>22</v>
       </c>
       <c r="I90" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>45981.0</v>
       </c>
       <c r="B91" t="s">
         <v>19</v>
       </c>
       <c r="D91" s="2">
         <v>0.40625</v>
       </c>
       <c r="E91" s="2">
         <v>0.46875</v>
       </c>
       <c r="F91" t="s">
         <v>24</v>
       </c>
       <c r="G91" t="s">
         <v>21</v>
       </c>
       <c r="H91" t="s">
         <v>12</v>
       </c>
       <c r="I91" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>45981.0</v>
       </c>
       <c r="B92" t="s">
         <v>19</v>
       </c>
       <c r="D92" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E92" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F92" t="s">
         <v>25</v>
       </c>
       <c r="G92" t="s">
         <v>26</v>
       </c>
       <c r="H92" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I92" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>45981.0</v>
       </c>
       <c r="B93" t="s">
         <v>19</v>
       </c>
       <c r="D93" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E93" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F93" t="s">
         <v>25</v>
       </c>
       <c r="G93" t="s">
         <v>26</v>
       </c>
       <c r="H93" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I93" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>45982.0</v>
       </c>
       <c r="B94" t="s">
         <v>45</v>
       </c>
       <c r="D94" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E94" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F94" t="s">
         <v>46</v>
       </c>
       <c r="G94" t="s">
         <v>41</v>
       </c>
       <c r="H94" t="s">
@@ -3088,103 +3094,103 @@
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>45986.0</v>
       </c>
       <c r="B97" t="s">
         <v>37</v>
       </c>
       <c r="D97" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E97" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F97" t="s">
         <v>38</v>
       </c>
       <c r="G97" t="s">
         <v>26</v>
       </c>
       <c r="H97" t="s">
         <v>39</v>
       </c>
       <c r="I97" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>45986.0</v>
       </c>
       <c r="B98" t="s">
         <v>37</v>
       </c>
       <c r="D98" s="2">
         <v>0.40625</v>
       </c>
       <c r="E98" s="2">
         <v>0.46875</v>
       </c>
       <c r="F98" t="s">
         <v>38</v>
       </c>
       <c r="G98" t="s">
         <v>26</v>
       </c>
       <c r="H98" t="s">
         <v>39</v>
       </c>
       <c r="I98" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>45986.0</v>
       </c>
       <c r="B99" t="s">
         <v>37</v>
       </c>
       <c r="D99" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E99" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F99" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G99" t="s">
         <v>41</v>
       </c>
       <c r="H99" t="s">
         <v>15</v>
       </c>
       <c r="I99" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>45987.0</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="D100" s="2">
         <v>0.40625</v>
       </c>
       <c r="E100" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F100" t="s">
         <v>10</v>
       </c>
       <c r="G100" t="s">
         <v>11</v>
       </c>
       <c r="H100" t="s">
         <v>12</v>
       </c>
       <c r="I100" t="s">
@@ -3244,126 +3250,126 @@
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>45988.0</v>
       </c>
       <c r="B103" t="s">
         <v>19</v>
       </c>
       <c r="D103" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E103" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
         <v>21</v>
       </c>
       <c r="H103" t="s">
         <v>22</v>
       </c>
       <c r="I103" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>45988.0</v>
       </c>
       <c r="B104" t="s">
         <v>19</v>
       </c>
       <c r="D104" s="2">
         <v>0.40625</v>
       </c>
       <c r="E104" s="2">
         <v>0.46875</v>
       </c>
       <c r="F104" t="s">
         <v>24</v>
       </c>
       <c r="G104" t="s">
         <v>21</v>
       </c>
       <c r="H104" t="s">
         <v>12</v>
       </c>
       <c r="I104" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>45988.0</v>
       </c>
       <c r="B105" t="s">
         <v>19</v>
       </c>
       <c r="D105" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E105" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F105" t="s">
         <v>25</v>
       </c>
       <c r="G105" t="s">
         <v>26</v>
       </c>
       <c r="H105" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I105" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>45988.0</v>
       </c>
       <c r="B106" t="s">
         <v>19</v>
       </c>
       <c r="D106" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E106" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F106" t="s">
         <v>25</v>
       </c>
       <c r="G106" t="s">
         <v>26</v>
       </c>
       <c r="H106" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I106" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>45992.0</v>
       </c>
       <c r="B107" t="s">
         <v>29</v>
       </c>
       <c r="C107" t="s">
         <v>33</v>
       </c>
       <c r="D107" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E107" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F107" t="s">
         <v>34</v>
       </c>
       <c r="G107" t="s">
@@ -3377,77 +3383,77 @@
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>45993.0</v>
       </c>
       <c r="B108" t="s">
         <v>37</v>
       </c>
       <c r="D108" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E108" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F108" t="s">
         <v>38</v>
       </c>
       <c r="G108" t="s">
         <v>26</v>
       </c>
       <c r="H108" t="s">
         <v>39</v>
       </c>
       <c r="I108" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>45993.0</v>
       </c>
       <c r="B109" t="s">
         <v>37</v>
       </c>
       <c r="D109" s="2">
         <v>0.40625</v>
       </c>
       <c r="E109" s="2">
         <v>0.46875</v>
       </c>
       <c r="F109" t="s">
         <v>38</v>
       </c>
       <c r="G109" t="s">
         <v>26</v>
       </c>
       <c r="H109" t="s">
         <v>39</v>
       </c>
       <c r="I109" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>45994.0</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="D110" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E110" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F110" t="s">
         <v>40</v>
       </c>
       <c r="G110" t="s">
         <v>41</v>
       </c>
       <c r="H110" t="s">
         <v>42</v>
       </c>
       <c r="I110" t="s">
@@ -3507,126 +3513,126 @@
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>45995.0</v>
       </c>
       <c r="B113" t="s">
         <v>19</v>
       </c>
       <c r="D113" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E113" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
         <v>21</v>
       </c>
       <c r="H113" t="s">
         <v>22</v>
       </c>
       <c r="I113" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45995.0</v>
       </c>
       <c r="B114" t="s">
         <v>19</v>
       </c>
       <c r="D114" s="2">
         <v>0.40625</v>
       </c>
       <c r="E114" s="2">
         <v>0.46875</v>
       </c>
       <c r="F114" t="s">
         <v>24</v>
       </c>
       <c r="G114" t="s">
         <v>21</v>
       </c>
       <c r="H114" t="s">
         <v>12</v>
       </c>
       <c r="I114" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45995.0</v>
       </c>
       <c r="B115" t="s">
         <v>19</v>
       </c>
       <c r="D115" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E115" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F115" t="s">
         <v>25</v>
       </c>
       <c r="G115" t="s">
         <v>26</v>
       </c>
       <c r="H115" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I115" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>45995.0</v>
       </c>
       <c r="B116" t="s">
         <v>19</v>
       </c>
       <c r="D116" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E116" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F116" t="s">
         <v>25</v>
       </c>
       <c r="G116" t="s">
         <v>26</v>
       </c>
       <c r="H116" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="I116" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>45996.0</v>
       </c>
       <c r="B117" t="s">
         <v>45</v>
       </c>
       <c r="D117" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E117" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F117" t="s">
         <v>46</v>
       </c>
       <c r="G117" t="s">
         <v>41</v>
       </c>
       <c r="H117" t="s">
@@ -3770,103 +3776,103 @@
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>46000.0</v>
       </c>
       <c r="B123" t="s">
         <v>37</v>
       </c>
       <c r="D123" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E123" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F123" t="s">
         <v>38</v>
       </c>
       <c r="G123" t="s">
         <v>26</v>
       </c>
       <c r="H123" t="s">
         <v>39</v>
       </c>
       <c r="I123" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>46000.0</v>
       </c>
       <c r="B124" t="s">
         <v>37</v>
       </c>
       <c r="D124" s="2">
         <v>0.40625</v>
       </c>
       <c r="E124" s="2">
         <v>0.46875</v>
       </c>
       <c r="F124" t="s">
         <v>38</v>
       </c>
       <c r="G124" t="s">
         <v>26</v>
       </c>
       <c r="H124" t="s">
         <v>39</v>
       </c>
       <c r="I124" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>46000.0</v>
       </c>
       <c r="B125" t="s">
         <v>37</v>
       </c>
       <c r="D125" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E125" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F125" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G125" t="s">
         <v>41</v>
       </c>
       <c r="H125" t="s">
         <v>15</v>
       </c>
       <c r="I125" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>46001.0</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="D126" s="2">
         <v>0.40625</v>
       </c>
       <c r="E126" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F126" t="s">
         <v>10</v>
       </c>
       <c r="G126" t="s">
         <v>11</v>
       </c>
       <c r="H126" t="s">
         <v>12</v>
       </c>
       <c r="I126" t="s">
@@ -3926,51 +3932,51 @@
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>46002.0</v>
       </c>
       <c r="B129" t="s">
         <v>19</v>
       </c>
       <c r="D129" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E129" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
         <v>21</v>
       </c>
       <c r="H129" t="s">
         <v>22</v>
       </c>
       <c r="I129" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>46002.0</v>
       </c>
       <c r="B130" t="s">
         <v>19</v>
       </c>
       <c r="D130" s="2">
         <v>0.40625</v>
       </c>
       <c r="E130" s="2">
         <v>0.46875</v>
       </c>
       <c r="F130" t="s">
         <v>24</v>
       </c>
       <c r="G130" t="s">
         <v>21</v>
       </c>
       <c r="H130" t="s">
         <v>12</v>
       </c>
       <c r="I130" t="s">
@@ -4111,77 +4117,77 @@
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>46007.0</v>
       </c>
       <c r="B136" t="s">
         <v>37</v>
       </c>
       <c r="D136" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E136" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F136" t="s">
         <v>38</v>
       </c>
       <c r="G136" t="s">
         <v>26</v>
       </c>
       <c r="H136" t="s">
         <v>39</v>
       </c>
       <c r="I136" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>46007.0</v>
       </c>
       <c r="B137" t="s">
         <v>37</v>
       </c>
       <c r="D137" s="2">
         <v>0.40625</v>
       </c>
       <c r="E137" s="2">
         <v>0.46875</v>
       </c>
       <c r="F137" t="s">
         <v>38</v>
       </c>
       <c r="G137" t="s">
         <v>26</v>
       </c>
       <c r="H137" t="s">
         <v>39</v>
       </c>
       <c r="I137" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>46008.0</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="D138" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E138" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F138" t="s">
         <v>40</v>
       </c>
       <c r="G138" t="s">
         <v>41</v>
       </c>
       <c r="H138" t="s">
         <v>42</v>
       </c>
       <c r="I138" t="s">
@@ -4241,51 +4247,51 @@
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>46009.0</v>
       </c>
       <c r="B141" t="s">
         <v>19</v>
       </c>
       <c r="D141" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E141" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
         <v>21</v>
       </c>
       <c r="H141" t="s">
         <v>22</v>
       </c>
       <c r="I141" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>46009.0</v>
       </c>
       <c r="B142" t="s">
         <v>19</v>
       </c>
       <c r="D142" s="2">
         <v>0.40625</v>
       </c>
       <c r="E142" s="2">
         <v>0.46875</v>
       </c>
       <c r="F142" t="s">
         <v>24</v>
       </c>
       <c r="G142" t="s">
         <v>21</v>
       </c>
       <c r="H142" t="s">
         <v>12</v>
       </c>
       <c r="I142" t="s">
@@ -4397,129 +4403,129 @@
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>46029.0</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="D147" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E147" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F147" t="s">
         <v>38</v>
       </c>
       <c r="G147" t="s">
         <v>26</v>
       </c>
       <c r="H147" t="s">
         <v>39</v>
       </c>
       <c r="I147" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>46029.0</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="D148" s="2">
         <v>0.40625</v>
       </c>
       <c r="E148" s="2">
         <v>0.46875</v>
       </c>
       <c r="F148" t="s">
         <v>38</v>
       </c>
       <c r="G148" t="s">
         <v>26</v>
       </c>
       <c r="H148" t="s">
         <v>39</v>
       </c>
       <c r="I148" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>46029.0</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="D149" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E149" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F149" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G149" t="s">
         <v>41</v>
       </c>
       <c r="H149" t="s">
         <v>15</v>
       </c>
       <c r="I149" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>46030.0</v>
       </c>
       <c r="B150" t="s">
         <v>19</v>
       </c>
       <c r="D150" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E150" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
         <v>21</v>
       </c>
       <c r="H150" t="s">
         <v>22</v>
       </c>
       <c r="I150" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>46030.0</v>
       </c>
       <c r="B151" t="s">
         <v>19</v>
       </c>
       <c r="D151" s="2">
         <v>0.40625</v>
       </c>
       <c r="E151" s="2">
         <v>0.46875</v>
       </c>
       <c r="F151" t="s">
         <v>24</v>
       </c>
       <c r="G151" t="s">
         <v>21</v>
       </c>
       <c r="H151" t="s">
         <v>12</v>
       </c>
       <c r="I151" t="s">
@@ -4634,77 +4640,77 @@
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>46035.0</v>
       </c>
       <c r="B156" t="s">
         <v>37</v>
       </c>
       <c r="D156" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E156" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F156" t="s">
         <v>38</v>
       </c>
       <c r="G156" t="s">
         <v>26</v>
       </c>
       <c r="H156" t="s">
         <v>39</v>
       </c>
       <c r="I156" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>46035.0</v>
       </c>
       <c r="B157" t="s">
         <v>37</v>
       </c>
       <c r="D157" s="2">
         <v>0.40625</v>
       </c>
       <c r="E157" s="2">
         <v>0.46875</v>
       </c>
       <c r="F157" t="s">
         <v>38</v>
       </c>
       <c r="G157" t="s">
         <v>26</v>
       </c>
       <c r="H157" t="s">
         <v>39</v>
       </c>
       <c r="I157" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>46036.0</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="D158" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E158" s="2">
         <v>0.39930555555556</v>
       </c>
       <c r="F158" t="s">
         <v>40</v>
       </c>
       <c r="G158" t="s">
         <v>41</v>
       </c>
       <c r="H158" t="s">
         <v>42</v>
       </c>
       <c r="I158" t="s">
@@ -4764,51 +4770,51 @@
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>46037.0</v>
       </c>
       <c r="B161" t="s">
         <v>19</v>
       </c>
       <c r="D161" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E161" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
         <v>21</v>
       </c>
       <c r="H161" t="s">
         <v>22</v>
       </c>
       <c r="I161" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>46037.0</v>
       </c>
       <c r="B162" t="s">
         <v>19</v>
       </c>
       <c r="D162" s="2">
         <v>0.40625</v>
       </c>
       <c r="E162" s="2">
         <v>0.46875</v>
       </c>
       <c r="F162" t="s">
         <v>24</v>
       </c>
       <c r="G162" t="s">
         <v>21</v>
       </c>
       <c r="H162" t="s">
         <v>12</v>
       </c>
       <c r="I162" t="s">
@@ -5001,103 +5007,103 @@
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>46042.0</v>
       </c>
       <c r="B170" t="s">
         <v>37</v>
       </c>
       <c r="D170" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E170" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F170" t="s">
         <v>38</v>
       </c>
       <c r="G170" t="s">
         <v>26</v>
       </c>
       <c r="H170" t="s">
         <v>39</v>
       </c>
       <c r="I170" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>46042.0</v>
       </c>
       <c r="B171" t="s">
         <v>37</v>
       </c>
       <c r="D171" s="2">
         <v>0.40625</v>
       </c>
       <c r="E171" s="2">
         <v>0.46875</v>
       </c>
       <c r="F171" t="s">
         <v>38</v>
       </c>
       <c r="G171" t="s">
         <v>26</v>
       </c>
       <c r="H171" t="s">
         <v>39</v>
       </c>
       <c r="I171" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
         <v>46042.0</v>
       </c>
       <c r="B172" t="s">
         <v>37</v>
       </c>
       <c r="D172" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E172" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F172" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G172" t="s">
         <v>41</v>
       </c>
       <c r="H172" t="s">
         <v>15</v>
       </c>
       <c r="I172" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>46043.0</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="D173" s="2">
         <v>0.40625</v>
       </c>
       <c r="E173" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F173" t="s">
         <v>10</v>
       </c>
       <c r="G173" t="s">
         <v>11</v>
       </c>
       <c r="H173" t="s">
         <v>12</v>
       </c>
       <c r="I173" t="s">
@@ -5157,51 +5163,51 @@
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
         <v>46044.0</v>
       </c>
       <c r="B176" t="s">
         <v>19</v>
       </c>
       <c r="D176" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E176" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F176" t="s">
         <v>20</v>
       </c>
       <c r="G176" t="s">
         <v>21</v>
       </c>
       <c r="H176" t="s">
         <v>22</v>
       </c>
       <c r="I176" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>46044.0</v>
       </c>
       <c r="B177" t="s">
         <v>19</v>
       </c>
       <c r="D177" s="2">
         <v>0.40625</v>
       </c>
       <c r="E177" s="2">
         <v>0.46875</v>
       </c>
       <c r="F177" t="s">
         <v>24</v>
       </c>
       <c r="G177" t="s">
         <v>21</v>
       </c>
       <c r="H177" t="s">
         <v>12</v>
       </c>
       <c r="I177" t="s">
@@ -5342,103 +5348,103 @@
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>46049.0</v>
       </c>
       <c r="B183" t="s">
         <v>37</v>
       </c>
       <c r="D183" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E183" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F183" t="s">
         <v>38</v>
       </c>
       <c r="G183" t="s">
         <v>26</v>
       </c>
       <c r="H183" t="s">
         <v>39</v>
       </c>
       <c r="I183" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
         <v>46049.0</v>
       </c>
       <c r="B184" t="s">
         <v>37</v>
       </c>
       <c r="D184" s="2">
         <v>0.40625</v>
       </c>
       <c r="E184" s="2">
         <v>0.46875</v>
       </c>
       <c r="F184" t="s">
         <v>38</v>
       </c>
       <c r="G184" t="s">
         <v>26</v>
       </c>
       <c r="H184" t="s">
         <v>39</v>
       </c>
       <c r="I184" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46049.0</v>
       </c>
       <c r="B185" t="s">
         <v>37</v>
       </c>
       <c r="D185" s="2">
         <v>0.48263888888889</v>
       </c>
       <c r="E185" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F185" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G185" t="s">
         <v>41</v>
       </c>
       <c r="H185" t="s">
         <v>15</v>
       </c>
       <c r="I185" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>46050.0</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="D186" s="2">
         <v>0.40625</v>
       </c>
       <c r="E186" s="2">
         <v>0.46527777777778</v>
       </c>
       <c r="F186" t="s">
         <v>10</v>
       </c>
       <c r="G186" t="s">
         <v>11</v>
       </c>
       <c r="H186" t="s">
         <v>12</v>
       </c>
       <c r="I186" t="s">
@@ -5498,51 +5504,51 @@
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>46051.0</v>
       </c>
       <c r="B189" t="s">
         <v>19</v>
       </c>
       <c r="D189" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E189" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F189" t="s">
         <v>20</v>
       </c>
       <c r="G189" t="s">
         <v>21</v>
       </c>
       <c r="H189" t="s">
         <v>22</v>
       </c>
       <c r="I189" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>46051.0</v>
       </c>
       <c r="B190" t="s">
         <v>19</v>
       </c>
       <c r="D190" s="2">
         <v>0.40625</v>
       </c>
       <c r="E190" s="2">
         <v>0.46875</v>
       </c>
       <c r="F190" t="s">
         <v>24</v>
       </c>
       <c r="G190" t="s">
         <v>21</v>
       </c>
       <c r="H190" t="s">
         <v>12</v>
       </c>
       <c r="I190" t="s">