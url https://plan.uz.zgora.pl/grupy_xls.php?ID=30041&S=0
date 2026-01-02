--- v1 (2025-11-18)
+++ v2 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -177,50 +177,59 @@
     <t>Psychologia twórczości (W)</t>
   </si>
   <si>
     <t>dr Urszula Gembara</t>
   </si>
   <si>
     <t>48 A-16</t>
   </si>
   <si>
     <t>Psychologia twórczości (Ć)</t>
   </si>
   <si>
     <t>Podstawy dydaktyki ogólnej (W)</t>
   </si>
   <si>
     <t>109 A-20</t>
   </si>
   <si>
     <t>Animowanie środowiska lokalnego (W)</t>
   </si>
   <si>
     <t>29 A-16</t>
   </si>
   <si>
     <t>mgr Beata Łapanowska; mgr Liliana Sadowska</t>
+  </si>
+  <si>
+    <t>Animowanie środowiska lokalnego (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Podstawy dydaktyki ogólnej (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -528,54 +537,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J195"/>
+  <dimension ref="A1:J199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E195" sqref="E195"/>
+      <selection activeCell="E199" sqref="E199"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5664,50 +5673,154 @@
         <v>46055.0</v>
       </c>
       <c r="B195" t="s">
         <v>29</v>
       </c>
       <c r="C195" t="s">
         <v>33</v>
       </c>
       <c r="D195" s="2">
         <v>0.63541666666667</v>
       </c>
       <c r="E195" s="2">
         <v>0.72916666666667</v>
       </c>
       <c r="F195" t="s">
         <v>34</v>
       </c>
       <c r="G195" t="s">
         <v>21</v>
       </c>
       <c r="H195" t="s">
         <v>35</v>
       </c>
       <c r="I195" t="s">
         <v>36</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10">
+      <c r="A196" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="D196" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E196" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F196" t="s">
+        <v>55</v>
+      </c>
+      <c r="G196" t="s">
+        <v>56</v>
+      </c>
+      <c r="H196" t="s">
+        <v>15</v>
+      </c>
+      <c r="I196" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10">
+      <c r="A197" s="1">
+        <v>46062.0</v>
+      </c>
+      <c r="B197" t="s">
+        <v>29</v>
+      </c>
+      <c r="D197" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E197" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F197" t="s">
+        <v>57</v>
+      </c>
+      <c r="G197" t="s">
+        <v>56</v>
+      </c>
+      <c r="H197" t="s">
+        <v>31</v>
+      </c>
+      <c r="I197" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10">
+      <c r="A198" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="D198" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="E198" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F198" t="s">
+        <v>55</v>
+      </c>
+      <c r="G198" t="s">
+        <v>56</v>
+      </c>
+      <c r="H198" t="s">
+        <v>15</v>
+      </c>
+      <c r="I198" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10">
+      <c r="A199" s="1">
+        <v>46076.0</v>
+      </c>
+      <c r="B199" t="s">
+        <v>29</v>
+      </c>
+      <c r="D199" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="E199" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F199" t="s">
+        <v>57</v>
+      </c>
+      <c r="G199" t="s">
+        <v>56</v>
+      </c>
+      <c r="H199" t="s">
+        <v>31</v>
+      </c>
+      <c r="I199" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>