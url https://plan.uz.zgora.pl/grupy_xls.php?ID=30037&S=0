--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -198,50 +198,53 @@
     <t>dr Arkadiusz Tyda</t>
   </si>
   <si>
     <t>428 A-16</t>
   </si>
   <si>
     <t>Czynnik religijny w międzynarodowych stosunkach politycznych (Ć)</t>
   </si>
   <si>
     <t>dr hab. Ryszard Michalak, prof. UZ</t>
   </si>
   <si>
     <t>323 A-16</t>
   </si>
   <si>
     <t>Systemy międzynarodowe (W)</t>
   </si>
   <si>
     <t>dr hab. Aleksandra Kruk, prof. UZ</t>
   </si>
   <si>
     <t>409 A-16</t>
   </si>
   <si>
     <t>Dezinformacja a relacje międzynarodowe (Ć)</t>
+  </si>
+  <si>
+    <t>mgr Beata Łapanowska; mgr Liliana Sadowska</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -567,51 +570,51 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J271"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E271" sqref="E271"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -2149,77 +2152,77 @@
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>27</v>
       </c>
       <c r="I60" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>45953.0</v>
       </c>
       <c r="B61" t="s">
         <v>25</v>
       </c>
       <c r="D61" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E61" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F61" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
       <c r="H61" t="s">
         <v>29</v>
       </c>
       <c r="I61" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>45953.0</v>
       </c>
       <c r="B62" t="s">
         <v>25</v>
       </c>
       <c r="D62" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E62" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F62" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G62" t="s">
         <v>15</v>
       </c>
       <c r="H62" t="s">
         <v>29</v>
       </c>
       <c r="I62" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>45953.0</v>
       </c>
       <c r="B63" t="s">
         <v>25</v>
       </c>
       <c r="D63" s="2">
         <v>0.625</v>
       </c>
       <c r="E63" s="2">
         <v>0.6875</v>
       </c>
       <c r="F63" t="s">
@@ -2617,77 +2620,77 @@
       </c>
       <c r="G78" t="s">
         <v>15</v>
       </c>
       <c r="H78" t="s">
         <v>27</v>
       </c>
       <c r="I78" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>45960.0</v>
       </c>
       <c r="B79" t="s">
         <v>25</v>
       </c>
       <c r="D79" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E79" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F79" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G79" t="s">
         <v>15</v>
       </c>
       <c r="H79" t="s">
         <v>29</v>
       </c>
       <c r="I79" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>45960.0</v>
       </c>
       <c r="B80" t="s">
         <v>25</v>
       </c>
       <c r="D80" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E80" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F80" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
         <v>29</v>
       </c>
       <c r="I80" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>45960.0</v>
       </c>
       <c r="B81" t="s">
         <v>25</v>
       </c>
       <c r="D81" s="2">
         <v>0.625</v>
       </c>
       <c r="E81" s="2">
         <v>0.6875</v>
       </c>
       <c r="F81" t="s">
@@ -3085,109 +3088,109 @@
       </c>
       <c r="G96" t="s">
         <v>15</v>
       </c>
       <c r="H96" t="s">
         <v>27</v>
       </c>
       <c r="I96" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>45967.0</v>
       </c>
       <c r="B97" t="s">
         <v>25</v>
       </c>
       <c r="D97" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E97" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F97" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G97" t="s">
         <v>15</v>
       </c>
       <c r="H97" t="s">
         <v>29</v>
       </c>
       <c r="I97" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>45967.0</v>
       </c>
       <c r="B98" t="s">
         <v>25</v>
       </c>
       <c r="D98" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E98" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F98" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
         <v>29</v>
       </c>
       <c r="I98" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>45967.0</v>
       </c>
       <c r="B99" t="s">
         <v>25</v>
       </c>
       <c r="D99" s="2">
         <v>0.625</v>
       </c>
       <c r="E99" s="2">
         <v>0.6875</v>
       </c>
       <c r="F99" t="s">
         <v>32</v>
       </c>
       <c r="G99" t="s">
         <v>15</v>
       </c>
       <c r="H99" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="I99" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>45973.0</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="D100" s="2">
         <v>0.40625</v>
       </c>
       <c r="E100" s="2">
         <v>0.46875</v>
       </c>
       <c r="F100" t="s">
         <v>10</v>
       </c>
       <c r="G100" t="s">
         <v>11</v>
       </c>
       <c r="H100" t="s">
@@ -3388,155 +3391,155 @@
       </c>
       <c r="D108" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E108" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F108" t="s">
         <v>46</v>
       </c>
       <c r="G108" t="s">
         <v>15</v>
       </c>
       <c r="H108" t="s">
         <v>47</v>
       </c>
       <c r="I108" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>45975.0</v>
       </c>
       <c r="B109" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D109" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E109" s="2">
         <v>0.39583333333333</v>
       </c>
       <c r="F109" t="s">
         <v>50</v>
       </c>
       <c r="G109" t="s">
         <v>15</v>
       </c>
       <c r="H109" t="s">
         <v>51</v>
       </c>
       <c r="I109" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>45975.0</v>
       </c>
       <c r="B110" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D110" s="2">
         <v>0.40625</v>
       </c>
       <c r="E110" s="2">
         <v>0.46875</v>
       </c>
       <c r="F110" t="s">
         <v>52</v>
       </c>
       <c r="G110" t="s">
         <v>15</v>
       </c>
       <c r="H110" t="s">
         <v>53</v>
       </c>
       <c r="I110" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>45975.0</v>
       </c>
       <c r="B111" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D111" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E111" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F111" t="s">
         <v>55</v>
       </c>
       <c r="G111" t="s">
         <v>15</v>
       </c>
       <c r="H111" t="s">
         <v>56</v>
       </c>
       <c r="I111" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>45975.0</v>
       </c>
       <c r="B112" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D112" s="2">
         <v>0.625</v>
       </c>
       <c r="E112" s="2">
         <v>0.6875</v>
       </c>
       <c r="F112" t="s">
         <v>58</v>
       </c>
       <c r="G112" t="s">
         <v>19</v>
       </c>
       <c r="H112" t="s">
         <v>59</v>
       </c>
       <c r="I112" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>45975.0</v>
       </c>
       <c r="B113" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D113" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E113" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F113" t="s">
         <v>61</v>
       </c>
       <c r="G113" t="s">
         <v>15</v>
       </c>
       <c r="H113" t="s">
         <v>16</v>
       </c>
       <c r="I113" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>45978.0</v>
       </c>
       <c r="B114" t="s">
@@ -3917,109 +3920,109 @@
       </c>
       <c r="G128" t="s">
         <v>15</v>
       </c>
       <c r="H128" t="s">
         <v>27</v>
       </c>
       <c r="I128" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>45981.0</v>
       </c>
       <c r="B129" t="s">
         <v>25</v>
       </c>
       <c r="D129" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E129" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F129" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G129" t="s">
         <v>15</v>
       </c>
       <c r="H129" t="s">
         <v>29</v>
       </c>
       <c r="I129" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>45981.0</v>
       </c>
       <c r="B130" t="s">
         <v>25</v>
       </c>
       <c r="D130" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E130" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F130" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G130" t="s">
         <v>15</v>
       </c>
       <c r="H130" t="s">
         <v>29</v>
       </c>
       <c r="I130" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>45981.0</v>
       </c>
       <c r="B131" t="s">
         <v>25</v>
       </c>
       <c r="D131" s="2">
         <v>0.625</v>
       </c>
       <c r="E131" s="2">
         <v>0.6875</v>
       </c>
       <c r="F131" t="s">
         <v>32</v>
       </c>
       <c r="G131" t="s">
         <v>15</v>
       </c>
       <c r="H131" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="I131" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>45985.0</v>
       </c>
       <c r="B132" t="s">
         <v>35</v>
       </c>
       <c r="D132" s="2">
         <v>0.40625</v>
       </c>
       <c r="E132" s="2">
         <v>0.46875</v>
       </c>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132" t="s">
         <v>11</v>
       </c>
       <c r="H132" t="s">
@@ -4385,109 +4388,109 @@
       </c>
       <c r="G146" t="s">
         <v>15</v>
       </c>
       <c r="H146" t="s">
         <v>27</v>
       </c>
       <c r="I146" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>45988.0</v>
       </c>
       <c r="B147" t="s">
         <v>25</v>
       </c>
       <c r="D147" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E147" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F147" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G147" t="s">
         <v>15</v>
       </c>
       <c r="H147" t="s">
         <v>29</v>
       </c>
       <c r="I147" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>45988.0</v>
       </c>
       <c r="B148" t="s">
         <v>25</v>
       </c>
       <c r="D148" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E148" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F148" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G148" t="s">
         <v>15</v>
       </c>
       <c r="H148" t="s">
         <v>29</v>
       </c>
       <c r="I148" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>45988.0</v>
       </c>
       <c r="B149" t="s">
         <v>25</v>
       </c>
       <c r="D149" s="2">
         <v>0.625</v>
       </c>
       <c r="E149" s="2">
         <v>0.6875</v>
       </c>
       <c r="F149" t="s">
         <v>32</v>
       </c>
       <c r="G149" t="s">
         <v>15</v>
       </c>
       <c r="H149" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="I149" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>45992.0</v>
       </c>
       <c r="B150" t="s">
         <v>35</v>
       </c>
       <c r="D150" s="2">
         <v>0.40625</v>
       </c>
       <c r="E150" s="2">
         <v>0.46875</v>
       </c>
       <c r="F150" t="s">
         <v>10</v>
       </c>
       <c r="G150" t="s">
         <v>11</v>
       </c>
       <c r="H150" t="s">
@@ -4853,109 +4856,109 @@
       </c>
       <c r="G164" t="s">
         <v>15</v>
       </c>
       <c r="H164" t="s">
         <v>27</v>
       </c>
       <c r="I164" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
         <v>45995.0</v>
       </c>
       <c r="B165" t="s">
         <v>25</v>
       </c>
       <c r="D165" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E165" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F165" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G165" t="s">
         <v>15</v>
       </c>
       <c r="H165" t="s">
         <v>29</v>
       </c>
       <c r="I165" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>45995.0</v>
       </c>
       <c r="B166" t="s">
         <v>25</v>
       </c>
       <c r="D166" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E166" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F166" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G166" t="s">
         <v>15</v>
       </c>
       <c r="H166" t="s">
         <v>29</v>
       </c>
       <c r="I166" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>45995.0</v>
       </c>
       <c r="B167" t="s">
         <v>25</v>
       </c>
       <c r="D167" s="2">
         <v>0.625</v>
       </c>
       <c r="E167" s="2">
         <v>0.6875</v>
       </c>
       <c r="F167" t="s">
         <v>32</v>
       </c>
       <c r="G167" t="s">
         <v>15</v>
       </c>
       <c r="H167" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="I167" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>45999.0</v>
       </c>
       <c r="B168" t="s">
         <v>35</v>
       </c>
       <c r="D168" s="2">
         <v>0.40625</v>
       </c>
       <c r="E168" s="2">
         <v>0.46875</v>
       </c>
       <c r="F168" t="s">
         <v>10</v>
       </c>
       <c r="G168" t="s">
         <v>11</v>
       </c>
       <c r="H168" t="s">
@@ -5321,77 +5324,77 @@
       </c>
       <c r="G182" t="s">
         <v>15</v>
       </c>
       <c r="H182" t="s">
         <v>27</v>
       </c>
       <c r="I182" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>46002.0</v>
       </c>
       <c r="B183" t="s">
         <v>25</v>
       </c>
       <c r="D183" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E183" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F183" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G183" t="s">
         <v>15</v>
       </c>
       <c r="H183" t="s">
         <v>29</v>
       </c>
       <c r="I183" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
         <v>46002.0</v>
       </c>
       <c r="B184" t="s">
         <v>25</v>
       </c>
       <c r="D184" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E184" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F184" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G184" t="s">
         <v>15</v>
       </c>
       <c r="H184" t="s">
         <v>29</v>
       </c>
       <c r="I184" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>46002.0</v>
       </c>
       <c r="B185" t="s">
         <v>25</v>
       </c>
       <c r="D185" s="2">
         <v>0.625</v>
       </c>
       <c r="E185" s="2">
         <v>0.6875</v>
       </c>
       <c r="F185" t="s">
@@ -5789,77 +5792,77 @@
       </c>
       <c r="G200" t="s">
         <v>15</v>
       </c>
       <c r="H200" t="s">
         <v>27</v>
       </c>
       <c r="I200" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
         <v>46009.0</v>
       </c>
       <c r="B201" t="s">
         <v>25</v>
       </c>
       <c r="D201" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E201" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F201" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G201" t="s">
         <v>15</v>
       </c>
       <c r="H201" t="s">
         <v>29</v>
       </c>
       <c r="I201" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
         <v>46009.0</v>
       </c>
       <c r="B202" t="s">
         <v>25</v>
       </c>
       <c r="D202" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E202" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F202" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G202" t="s">
         <v>15</v>
       </c>
       <c r="H202" t="s">
         <v>29</v>
       </c>
       <c r="I202" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="1">
         <v>46009.0</v>
       </c>
       <c r="B203" t="s">
         <v>25</v>
       </c>
       <c r="D203" s="2">
         <v>0.625</v>
       </c>
       <c r="E203" s="2">
         <v>0.6875</v>
       </c>
       <c r="F203" t="s">
@@ -6023,77 +6026,77 @@
       </c>
       <c r="G209" t="s">
         <v>15</v>
       </c>
       <c r="H209" t="s">
         <v>27</v>
       </c>
       <c r="I209" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>46030.0</v>
       </c>
       <c r="B210" t="s">
         <v>25</v>
       </c>
       <c r="D210" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E210" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F210" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G210" t="s">
         <v>15</v>
       </c>
       <c r="H210" t="s">
         <v>29</v>
       </c>
       <c r="I210" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
         <v>46030.0</v>
       </c>
       <c r="B211" t="s">
         <v>25</v>
       </c>
       <c r="D211" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E211" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F211" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G211" t="s">
         <v>15</v>
       </c>
       <c r="H211" t="s">
         <v>29</v>
       </c>
       <c r="I211" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>46030.0</v>
       </c>
       <c r="B212" t="s">
         <v>25</v>
       </c>
       <c r="D212" s="2">
         <v>0.625</v>
       </c>
       <c r="E212" s="2">
         <v>0.6875</v>
       </c>
       <c r="F212" t="s">
@@ -6491,77 +6494,77 @@
       </c>
       <c r="G227" t="s">
         <v>15</v>
       </c>
       <c r="H227" t="s">
         <v>27</v>
       </c>
       <c r="I227" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="1">
         <v>46037.0</v>
       </c>
       <c r="B228" t="s">
         <v>25</v>
       </c>
       <c r="D228" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E228" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F228" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G228" t="s">
         <v>15</v>
       </c>
       <c r="H228" t="s">
         <v>29</v>
       </c>
       <c r="I228" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="1">
         <v>46037.0</v>
       </c>
       <c r="B229" t="s">
         <v>25</v>
       </c>
       <c r="D229" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E229" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F229" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G229" t="s">
         <v>15</v>
       </c>
       <c r="H229" t="s">
         <v>29</v>
       </c>
       <c r="I229" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="1">
         <v>46037.0</v>
       </c>
       <c r="B230" t="s">
         <v>25</v>
       </c>
       <c r="D230" s="2">
         <v>0.625</v>
       </c>
       <c r="E230" s="2">
         <v>0.6875</v>
       </c>
       <c r="F230" t="s">
@@ -6959,77 +6962,77 @@
       </c>
       <c r="G245" t="s">
         <v>15</v>
       </c>
       <c r="H245" t="s">
         <v>27</v>
       </c>
       <c r="I245" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" s="1">
         <v>46044.0</v>
       </c>
       <c r="B246" t="s">
         <v>25</v>
       </c>
       <c r="D246" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E246" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F246" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G246" t="s">
         <v>15</v>
       </c>
       <c r="H246" t="s">
         <v>29</v>
       </c>
       <c r="I246" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" s="1">
         <v>46044.0</v>
       </c>
       <c r="B247" t="s">
         <v>25</v>
       </c>
       <c r="D247" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E247" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F247" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G247" t="s">
         <v>15</v>
       </c>
       <c r="H247" t="s">
         <v>29</v>
       </c>
       <c r="I247" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" s="1">
         <v>46044.0</v>
       </c>
       <c r="B248" t="s">
         <v>25</v>
       </c>
       <c r="D248" s="2">
         <v>0.625</v>
       </c>
       <c r="E248" s="2">
         <v>0.6875</v>
       </c>
       <c r="F248" t="s">
@@ -7427,77 +7430,77 @@
       </c>
       <c r="G263" t="s">
         <v>15</v>
       </c>
       <c r="H263" t="s">
         <v>27</v>
       </c>
       <c r="I263" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" s="1">
         <v>46051.0</v>
       </c>
       <c r="B264" t="s">
         <v>25</v>
       </c>
       <c r="D264" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E264" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F264" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G264" t="s">
         <v>15</v>
       </c>
       <c r="H264" t="s">
         <v>29</v>
       </c>
       <c r="I264" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" s="1">
         <v>46051.0</v>
       </c>
       <c r="B265" t="s">
         <v>25</v>
       </c>
       <c r="D265" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E265" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F265" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G265" t="s">
         <v>15</v>
       </c>
       <c r="H265" t="s">
         <v>29</v>
       </c>
       <c r="I265" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" s="1">
         <v>46051.0</v>
       </c>
       <c r="B266" t="s">
         <v>25</v>
       </c>
       <c r="D266" s="2">
         <v>0.625</v>
       </c>
       <c r="E266" s="2">
         <v>0.6875</v>
       </c>
       <c r="F266" t="s">