--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -204,50 +204,65 @@
     <t>Czynnik religijny w międzynarodowych stosunkach politycznych (Ć)</t>
   </si>
   <si>
     <t>dr hab. Ryszard Michalak, prof. UZ</t>
   </si>
   <si>
     <t>323 A-16</t>
   </si>
   <si>
     <t>Systemy międzynarodowe (W)</t>
   </si>
   <si>
     <t>dr hab. Aleksandra Kruk, prof. UZ</t>
   </si>
   <si>
     <t>409 A-16</t>
   </si>
   <si>
     <t>Dezinformacja a relacje międzynarodowe (Ć)</t>
   </si>
   <si>
     <t>mgr Beata Łapanowska; mgr Liliana Sadowska</t>
   </si>
   <si>
     <t>Pi</t>
+  </si>
+  <si>
+    <t>Bezpieczeństwo narodowe i międzynarodowe (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>144 A-16</t>
+  </si>
+  <si>
+    <t>Systemy międzynarodowe (E)</t>
+  </si>
+  <si>
+    <t>Międzynarodowe prawo publiczne (E)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -555,54 +570,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J271"/>
+  <dimension ref="A1:J277"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E271" sqref="E271"/>
+      <selection activeCell="E277" sqref="E277"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5156,384 +5171,384 @@
       </c>
       <c r="B176" t="s">
         <v>49</v>
       </c>
       <c r="D176" s="2">
         <v>0.625</v>
       </c>
       <c r="E176" s="2">
         <v>0.6875</v>
       </c>
       <c r="F176" t="s">
         <v>58</v>
       </c>
       <c r="G176" t="s">
         <v>19</v>
       </c>
       <c r="H176" t="s">
         <v>59</v>
       </c>
       <c r="I176" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
-        <v>46000.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B177" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="D177" s="2">
-        <v>0.69791666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E177" s="2">
-        <v>0.76041666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F177" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="G177" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H177" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I177" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>46001.0</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="D178" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E178" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F178" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G178" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H178" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I178" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>46001.0</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="D179" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E179" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F179" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G179" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H179" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I179" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>46001.0</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="D180" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E180" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F180" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G180" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H180" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I180" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B181" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="D181" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E181" s="2">
-        <v>0.6875</v>
+        <v>0.46875</v>
       </c>
       <c r="F181" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G181" t="s">
         <v>15</v>
       </c>
       <c r="H181" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I181" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>46002.0</v>
       </c>
       <c r="B182" t="s">
         <v>25</v>
       </c>
       <c r="D182" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E182" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F182" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G182" t="s">
         <v>15</v>
       </c>
       <c r="H182" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I182" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>46002.0</v>
       </c>
       <c r="B183" t="s">
         <v>25</v>
       </c>
       <c r="D183" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E183" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F183" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G183" t="s">
         <v>15</v>
       </c>
       <c r="H183" t="s">
         <v>29</v>
       </c>
       <c r="I183" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
         <v>46002.0</v>
       </c>
       <c r="B184" t="s">
         <v>25</v>
       </c>
       <c r="D184" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E184" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F184" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G184" t="s">
         <v>15</v>
       </c>
       <c r="H184" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="I184" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
-        <v>46002.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B185" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D185" s="2">
-        <v>0.625</v>
+        <v>0.40625</v>
       </c>
       <c r="E185" s="2">
-        <v>0.6875</v>
+        <v>0.46875</v>
       </c>
       <c r="F185" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="G185" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H185" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I185" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>46006.0</v>
       </c>
       <c r="B186" t="s">
         <v>35</v>
       </c>
       <c r="D186" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E186" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F186" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G186" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H186" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I186" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>46006.0</v>
       </c>
       <c r="B187" t="s">
         <v>35</v>
       </c>
       <c r="D187" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E187" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F187" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G187" t="s">
         <v>15</v>
       </c>
       <c r="H187" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="I187" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
         <v>46006.0</v>
       </c>
       <c r="B188" t="s">
         <v>35</v>
       </c>
       <c r="D188" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E188" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F188" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G188" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H188" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="I188" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>46006.0</v>
       </c>
       <c r="B189" t="s">
         <v>35</v>
       </c>
       <c r="D189" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E189" s="2">
-        <v>0.6875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F189" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="G189" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H189" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="I189" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>46006.0</v>
       </c>
       <c r="B190" t="s">
         <v>35</v>
       </c>
       <c r="D190" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E190" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F190" t="s">
         <v>46</v>
       </c>
       <c r="G190" t="s">
         <v>15</v>
       </c>
       <c r="H190" t="s">
         <v>47</v>
       </c>
       <c r="I190" t="s">
@@ -6607,51 +6622,51 @@
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
         <v>46041.0</v>
       </c>
       <c r="B232" t="s">
         <v>35</v>
       </c>
       <c r="D232" s="2">
         <v>0.47916666666667</v>
       </c>
       <c r="E232" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F232" t="s">
         <v>38</v>
       </c>
       <c r="G232" t="s">
         <v>15</v>
       </c>
       <c r="H232" t="s">
         <v>39</v>
       </c>
       <c r="I232" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="1">
         <v>46041.0</v>
       </c>
       <c r="B233" t="s">
         <v>35</v>
       </c>
       <c r="D233" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E233" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F233" t="s">
         <v>41</v>
       </c>
       <c r="G233" t="s">
         <v>15</v>
       </c>
       <c r="H233" t="s">
         <v>42</v>
       </c>
       <c r="I233" t="s">
@@ -7622,50 +7637,206 @@
     </row>
     <row r="271" spans="1:10">
       <c r="A271" s="1">
         <v>46055.0</v>
       </c>
       <c r="B271" t="s">
         <v>35</v>
       </c>
       <c r="D271" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E271" s="2">
         <v>0.76041666666667</v>
       </c>
       <c r="F271" t="s">
         <v>46</v>
       </c>
       <c r="G271" t="s">
         <v>15</v>
       </c>
       <c r="H271" t="s">
         <v>47</v>
       </c>
       <c r="I271" t="s">
         <v>48</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10">
+      <c r="A272" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B272" t="s">
+        <v>49</v>
+      </c>
+      <c r="D272" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E272" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="F272" t="s">
+        <v>64</v>
+      </c>
+      <c r="G272" t="s">
+        <v>65</v>
+      </c>
+      <c r="H272" t="s">
+        <v>45</v>
+      </c>
+      <c r="I272" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10">
+      <c r="A273" s="1">
+        <v>46063.0</v>
+      </c>
+      <c r="B273" t="s">
+        <v>49</v>
+      </c>
+      <c r="D273" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E273" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="F273" t="s">
+        <v>67</v>
+      </c>
+      <c r="G273" t="s">
+        <v>65</v>
+      </c>
+      <c r="H273" t="s">
+        <v>59</v>
+      </c>
+      <c r="I273" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10">
+      <c r="A274" s="1">
+        <v>46064.0</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="D274" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E274" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F274" t="s">
+        <v>68</v>
+      </c>
+      <c r="G274" t="s">
+        <v>65</v>
+      </c>
+      <c r="H274" t="s">
+        <v>20</v>
+      </c>
+      <c r="I274" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10">
+      <c r="A275" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B275" t="s">
+        <v>49</v>
+      </c>
+      <c r="D275" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E275" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="F275" t="s">
+        <v>64</v>
+      </c>
+      <c r="G275" t="s">
+        <v>65</v>
+      </c>
+      <c r="H275" t="s">
+        <v>45</v>
+      </c>
+      <c r="I275" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10">
+      <c r="A276" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="D276" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E276" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="F276" t="s">
+        <v>67</v>
+      </c>
+      <c r="G276" t="s">
+        <v>65</v>
+      </c>
+      <c r="H276" t="s">
+        <v>59</v>
+      </c>
+      <c r="I276" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10">
+      <c r="A277" s="1">
+        <v>46078.0</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="D277" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E277" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F277" t="s">
+        <v>68</v>
+      </c>
+      <c r="G277" t="s">
+        <v>65</v>
+      </c>
+      <c r="H277" t="s">
+        <v>20</v>
+      </c>
+      <c r="I277" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>