--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -2963,1118 +2963,1118 @@
       </c>
       <c r="C92" t="s">
         <v>49</v>
       </c>
       <c r="D92" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E92" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F92" t="s">
         <v>45</v>
       </c>
       <c r="G92" t="s">
         <v>46</v>
       </c>
       <c r="H92" t="s">
         <v>47</v>
       </c>
       <c r="I92" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
-        <v>45965.0</v>
+        <v>45966.0</v>
       </c>
       <c r="B93" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="D93" s="2">
-        <v>0.69791666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E93" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F93" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G93" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H93" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="I93" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>45966.0</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="D94" s="2">
-        <v>0.55208333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E94" s="2">
-        <v>0.61458333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F94" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G94" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H94" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I94" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
-        <v>45966.0</v>
+        <v>45967.0</v>
       </c>
       <c r="B95" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D95" s="2">
-        <v>0.75</v>
+        <v>0.375</v>
       </c>
       <c r="E95" s="2">
-        <v>0.8125</v>
+        <v>0.46875</v>
       </c>
       <c r="F95" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G95" t="s">
         <v>15</v>
       </c>
       <c r="H95" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I95" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>45967.0</v>
       </c>
       <c r="B96" t="s">
         <v>18</v>
       </c>
       <c r="D96" s="2">
         <v>0.375</v>
       </c>
       <c r="E96" s="2">
         <v>0.46875</v>
       </c>
       <c r="F96" t="s">
         <v>19</v>
       </c>
       <c r="G96" t="s">
         <v>15</v>
       </c>
       <c r="H96" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I96" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>45967.0</v>
       </c>
       <c r="B97" t="s">
         <v>18</v>
       </c>
       <c r="D97" s="2">
         <v>0.375</v>
       </c>
       <c r="E97" s="2">
         <v>0.46875</v>
       </c>
       <c r="F97" t="s">
         <v>19</v>
       </c>
       <c r="G97" t="s">
         <v>15</v>
       </c>
       <c r="H97" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I97" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>45967.0</v>
       </c>
       <c r="B98" t="s">
         <v>18</v>
       </c>
       <c r="D98" s="2">
         <v>0.375</v>
       </c>
       <c r="E98" s="2">
         <v>0.46875</v>
       </c>
       <c r="F98" t="s">
         <v>19</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I98" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>45967.0</v>
       </c>
       <c r="B99" t="s">
         <v>18</v>
       </c>
       <c r="D99" s="2">
-        <v>0.375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E99" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F99" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="G99" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H99" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I99" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
-        <v>45967.0</v>
+        <v>45968.0</v>
       </c>
       <c r="B100" t="s">
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="C100" t="s">
+        <v>44</v>
       </c>
       <c r="D100" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E100" s="2">
-        <v>0.61458333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F100" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="G100" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="H100" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="I100" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
-        <v>45968.0</v>
+        <v>45973.0</v>
       </c>
       <c r="B101" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="D101" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E101" s="2">
-        <v>0.52083333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F101" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G101" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="H101" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="I101" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>45973.0</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="2">
-        <v>0.55208333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E102" s="2">
-        <v>0.61458333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F102" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G102" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H102" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I102" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
-        <v>45973.0</v>
+        <v>45974.0</v>
       </c>
       <c r="B103" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D103" s="2">
-        <v>0.75</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E103" s="2">
-        <v>0.8125</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F103" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="G103" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>45974.0</v>
       </c>
       <c r="B104" t="s">
         <v>18</v>
       </c>
       <c r="D104" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E104" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F104" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G104" t="s">
-        <v>15</v>
+        <v>11</v>
+      </c>
+      <c r="H104" t="s">
+        <v>34</v>
+      </c>
+      <c r="I104" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>45974.0</v>
       </c>
       <c r="B105" t="s">
         <v>18</v>
       </c>
       <c r="D105" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E105" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F105" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G105" t="s">
         <v>11</v>
       </c>
       <c r="H105" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I105" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
-        <v>45974.0</v>
+        <v>45975.0</v>
       </c>
       <c r="B106" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="D106" s="2">
-        <v>0.625</v>
+        <v>0.375</v>
       </c>
       <c r="E106" s="2">
-        <v>0.6875</v>
+        <v>0.46875</v>
       </c>
       <c r="F106" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="G106" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H106" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I106" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>45975.0</v>
       </c>
       <c r="B107" t="s">
         <v>54</v>
       </c>
       <c r="D107" s="2">
         <v>0.375</v>
       </c>
       <c r="E107" s="2">
         <v>0.46875</v>
       </c>
       <c r="F107" t="s">
         <v>19</v>
       </c>
       <c r="G107" t="s">
         <v>15</v>
       </c>
       <c r="H107" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I107" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>45975.0</v>
       </c>
       <c r="B108" t="s">
         <v>54</v>
       </c>
       <c r="D108" s="2">
         <v>0.375</v>
       </c>
       <c r="E108" s="2">
         <v>0.46875</v>
       </c>
       <c r="F108" t="s">
         <v>19</v>
       </c>
       <c r="G108" t="s">
         <v>15</v>
       </c>
       <c r="H108" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I108" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>45975.0</v>
       </c>
       <c r="B109" t="s">
         <v>54</v>
       </c>
       <c r="D109" s="2">
         <v>0.375</v>
       </c>
       <c r="E109" s="2">
         <v>0.46875</v>
       </c>
       <c r="F109" t="s">
         <v>19</v>
       </c>
       <c r="G109" t="s">
         <v>15</v>
       </c>
       <c r="H109" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I109" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>45975.0</v>
       </c>
       <c r="B110" t="s">
         <v>54</v>
       </c>
       <c r="D110" s="2">
         <v>0.375</v>
       </c>
       <c r="E110" s="2">
         <v>0.46875</v>
       </c>
       <c r="F110" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="G110" t="s">
         <v>15</v>
       </c>
       <c r="H110" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="I110" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>45975.0</v>
       </c>
       <c r="B111" t="s">
         <v>54</v>
       </c>
+      <c r="C111" t="s">
+        <v>44</v>
+      </c>
       <c r="D111" s="2">
-        <v>0.375</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E111" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F111" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G111" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H111" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="I111" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>45975.0</v>
       </c>
       <c r="B112" t="s">
         <v>54</v>
       </c>
       <c r="C112" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D112" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E112" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F112" t="s">
         <v>45</v>
       </c>
       <c r="G112" t="s">
         <v>46</v>
       </c>
       <c r="H112" t="s">
         <v>47</v>
       </c>
       <c r="I112" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>45975.0</v>
       </c>
       <c r="B113" t="s">
         <v>54</v>
       </c>
-      <c r="C113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D113" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E113" s="2">
-        <v>0.61458333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F113" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G113" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H113" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I113" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
-        <v>45975.0</v>
+        <v>45978.0</v>
       </c>
       <c r="B114" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="D114" s="2">
-        <v>0.69791666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E114" s="2">
-        <v>0.76041666666667</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F114" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="G114" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>45978.0</v>
       </c>
       <c r="B115" t="s">
         <v>31</v>
       </c>
       <c r="D115" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E115" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F115" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G115" t="s">
-        <v>15</v>
+        <v>11</v>
+      </c>
+      <c r="H115" t="s">
+        <v>34</v>
+      </c>
+      <c r="I115" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>45978.0</v>
       </c>
       <c r="B116" t="s">
         <v>31</v>
       </c>
       <c r="D116" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E116" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F116" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G116" t="s">
         <v>11</v>
       </c>
       <c r="H116" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I116" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
-        <v>45978.0</v>
+        <v>45979.0</v>
       </c>
       <c r="B117" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D117" s="2">
-        <v>0.625</v>
+        <v>0.375</v>
       </c>
       <c r="E117" s="2">
-        <v>0.6875</v>
+        <v>0.46875</v>
       </c>
       <c r="F117" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="G117" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H117" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I117" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>45979.0</v>
       </c>
       <c r="B118" t="s">
         <v>37</v>
       </c>
       <c r="D118" s="2">
         <v>0.375</v>
       </c>
       <c r="E118" s="2">
         <v>0.46875</v>
       </c>
       <c r="F118" t="s">
         <v>19</v>
       </c>
       <c r="G118" t="s">
         <v>15</v>
       </c>
       <c r="H118" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I118" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>45979.0</v>
       </c>
       <c r="B119" t="s">
         <v>37</v>
       </c>
       <c r="D119" s="2">
         <v>0.375</v>
       </c>
       <c r="E119" s="2">
         <v>0.46875</v>
       </c>
       <c r="F119" t="s">
         <v>19</v>
       </c>
       <c r="G119" t="s">
         <v>15</v>
       </c>
       <c r="H119" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I119" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>45979.0</v>
       </c>
       <c r="B120" t="s">
         <v>37</v>
       </c>
       <c r="D120" s="2">
         <v>0.375</v>
       </c>
       <c r="E120" s="2">
         <v>0.46875</v>
       </c>
       <c r="F120" t="s">
         <v>19</v>
       </c>
       <c r="G120" t="s">
         <v>15</v>
       </c>
       <c r="H120" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I120" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>45979.0</v>
       </c>
       <c r="B121" t="s">
         <v>37</v>
       </c>
       <c r="D121" s="2">
         <v>0.375</v>
       </c>
       <c r="E121" s="2">
         <v>0.46875</v>
       </c>
       <c r="F121" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="G121" t="s">
         <v>15</v>
       </c>
       <c r="H121" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="I121" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>45979.0</v>
       </c>
       <c r="B122" t="s">
         <v>37</v>
       </c>
+      <c r="C122" t="s">
+        <v>44</v>
+      </c>
       <c r="D122" s="2">
-        <v>0.375</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E122" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F122" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G122" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H122" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="I122" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>45979.0</v>
       </c>
       <c r="B123" t="s">
         <v>37</v>
       </c>
       <c r="C123" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D123" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E123" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F123" t="s">
         <v>45</v>
       </c>
       <c r="G123" t="s">
         <v>46</v>
       </c>
       <c r="H123" t="s">
         <v>47</v>
       </c>
       <c r="I123" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>45979.0</v>
       </c>
       <c r="B124" t="s">
         <v>37</v>
       </c>
-      <c r="C124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D124" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E124" s="2">
-        <v>0.61458333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F124" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G124" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H124" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I124" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
-        <v>45979.0</v>
+        <v>45980.0</v>
       </c>
       <c r="B125" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="D125" s="2">
-        <v>0.69791666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E125" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F125" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G125" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H125" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="I125" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>45980.0</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="D126" s="2">
-        <v>0.55208333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E126" s="2">
-        <v>0.61458333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F126" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G126" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H126" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I126" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
-        <v>45980.0</v>
+        <v>45981.0</v>
       </c>
       <c r="B127" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D127" s="2">
-        <v>0.75</v>
+        <v>0.375</v>
       </c>
       <c r="E127" s="2">
-        <v>0.8125</v>
+        <v>0.46875</v>
       </c>
       <c r="F127" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G127" t="s">
         <v>15</v>
       </c>
       <c r="H127" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I127" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>45981.0</v>
       </c>
       <c r="B128" t="s">
         <v>18</v>
       </c>
       <c r="D128" s="2">
         <v>0.375</v>
       </c>
       <c r="E128" s="2">
         <v>0.46875</v>
       </c>
       <c r="F128" t="s">
         <v>19</v>
       </c>
       <c r="G128" t="s">
         <v>15</v>
       </c>
       <c r="H128" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I128" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>45981.0</v>
       </c>
       <c r="B129" t="s">
         <v>18</v>
       </c>
       <c r="D129" s="2">
         <v>0.375</v>
       </c>
       <c r="E129" s="2">
         <v>0.46875</v>
       </c>
       <c r="F129" t="s">
         <v>19</v>
       </c>
       <c r="G129" t="s">
         <v>15</v>
       </c>
       <c r="H129" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I129" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>45981.0</v>
       </c>
       <c r="B130" t="s">
         <v>18</v>
       </c>
       <c r="D130" s="2">
         <v>0.375</v>
       </c>
       <c r="E130" s="2">
         <v>0.46875</v>
       </c>
       <c r="F130" t="s">
         <v>19</v>
       </c>
       <c r="G130" t="s">
         <v>15</v>
       </c>
       <c r="H130" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I130" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>45981.0</v>
       </c>
       <c r="B131" t="s">
         <v>18</v>
       </c>
       <c r="D131" s="2">
-        <v>0.375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E131" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F131" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="G131" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H131" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I131" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
-        <v>45981.0</v>
+        <v>45982.0</v>
       </c>
       <c r="B132" t="s">
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="C132" t="s">
+        <v>44</v>
       </c>
       <c r="D132" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E132" s="2">
-        <v>0.61458333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F132" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="G132" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="H132" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="I132" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>45982.0</v>
       </c>
       <c r="B133" t="s">
         <v>54</v>
       </c>
-      <c r="C133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E133" s="2">
-        <v>0.52083333333333</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F133" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="G133" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H133" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="I133" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>45985.0</v>
       </c>
       <c r="B134" t="s">
         <v>31</v>
       </c>
       <c r="D134" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E134" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F134" t="s">
         <v>32</v>
       </c>
       <c r="G134" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>45985.0</v>