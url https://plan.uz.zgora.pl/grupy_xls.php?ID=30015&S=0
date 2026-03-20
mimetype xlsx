--- v1 (2025-12-15)
+++ v2 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -186,50 +186,77 @@
     <t>lab.8</t>
   </si>
   <si>
     <t>Psychologia emocji i motywacji (Ć)</t>
   </si>
   <si>
     <t>mgr Bogumiła Weimann</t>
   </si>
   <si>
     <t>31 A-16</t>
   </si>
   <si>
     <t>324 A-16</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Trening interpersonalny (L)</t>
   </si>
   <si>
     <t>mgr Maria Żochowska</t>
   </si>
   <si>
     <t>P104 A-16</t>
+  </si>
+  <si>
+    <t>Psychologia społeczna (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Psychologia emocji i motywacji (E)</t>
+  </si>
+  <si>
+    <t>B A-16; C A-16</t>
+  </si>
+  <si>
+    <t>Psychologia rozwoju człowieka w cyklu życia II (E)</t>
+  </si>
+  <si>
+    <t>lab.7,lab.8</t>
+  </si>
+  <si>
+    <t>Kolokwium poprawkowe (I)</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>P102 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -537,67 +564,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J281"/>
+  <dimension ref="A1:J288"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E281" sqref="E281"/>
+      <selection activeCell="E288" sqref="E288"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -6020,916 +6047,916 @@
       </c>
       <c r="B209" t="s">
         <v>18</v>
       </c>
       <c r="D209" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E209" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F209" t="s">
         <v>28</v>
       </c>
       <c r="G209" t="s">
         <v>11</v>
       </c>
       <c r="H209" t="s">
         <v>29</v>
       </c>
       <c r="I209" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
-        <v>46010.0</v>
+        <v>46029.0</v>
       </c>
       <c r="B210" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="D210" s="2">
-        <v>0.33333333333333</v>
+        <v>0.375</v>
       </c>
       <c r="E210" s="2">
-        <v>0.52083333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F210" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="G210" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H210" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="I210" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" s="1">
         <v>46029.0</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="D211" s="2">
         <v>0.375</v>
       </c>
       <c r="E211" s="2">
         <v>0.46875</v>
       </c>
       <c r="F211" t="s">
         <v>19</v>
       </c>
       <c r="G211" t="s">
         <v>15</v>
       </c>
       <c r="H211" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I211" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" s="1">
         <v>46029.0</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="D212" s="2">
         <v>0.375</v>
       </c>
       <c r="E212" s="2">
         <v>0.46875</v>
       </c>
       <c r="F212" t="s">
         <v>19</v>
       </c>
       <c r="G212" t="s">
         <v>15</v>
       </c>
       <c r="H212" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I212" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" s="1">
         <v>46029.0</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="D213" s="2">
         <v>0.375</v>
       </c>
       <c r="E213" s="2">
         <v>0.46875</v>
       </c>
       <c r="F213" t="s">
         <v>19</v>
       </c>
       <c r="G213" t="s">
         <v>15</v>
       </c>
       <c r="H213" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I213" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" s="1">
         <v>46029.0</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="D214" s="2">
         <v>0.375</v>
       </c>
       <c r="E214" s="2">
         <v>0.46875</v>
       </c>
       <c r="F214" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="G214" t="s">
         <v>15</v>
       </c>
       <c r="H214" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="I214" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" s="1">
         <v>46029.0</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
+      <c r="C215" t="s">
+        <v>44</v>
+      </c>
       <c r="D215" s="2">
-        <v>0.375</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E215" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F215" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G215" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H215" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="I215" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" s="1">
         <v>46029.0</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D216" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E216" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F216" t="s">
         <v>45</v>
       </c>
       <c r="G216" t="s">
         <v>46</v>
       </c>
       <c r="H216" t="s">
         <v>47</v>
       </c>
       <c r="I216" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" s="1">
         <v>46029.0</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
-      <c r="C217" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D217" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E217" s="2">
-        <v>0.61458333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F217" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G217" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H217" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I217" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" s="1">
-        <v>46029.0</v>
+        <v>46030.0</v>
       </c>
       <c r="B218" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D218" s="2">
-        <v>0.69791666666667</v>
+        <v>0.375</v>
       </c>
       <c r="E218" s="2">
-        <v>0.76041666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F218" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="G218" t="s">
         <v>15</v>
       </c>
       <c r="H218" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="I218" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" s="1">
         <v>46030.0</v>
       </c>
       <c r="B219" t="s">
         <v>18</v>
       </c>
       <c r="D219" s="2">
         <v>0.375</v>
       </c>
       <c r="E219" s="2">
         <v>0.46875</v>
       </c>
       <c r="F219" t="s">
         <v>19</v>
       </c>
       <c r="G219" t="s">
         <v>15</v>
       </c>
       <c r="H219" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I219" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" s="1">
         <v>46030.0</v>
       </c>
       <c r="B220" t="s">
         <v>18</v>
       </c>
       <c r="D220" s="2">
         <v>0.375</v>
       </c>
       <c r="E220" s="2">
         <v>0.46875</v>
       </c>
       <c r="F220" t="s">
         <v>19</v>
       </c>
       <c r="G220" t="s">
         <v>15</v>
       </c>
       <c r="H220" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I220" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" s="1">
         <v>46030.0</v>
       </c>
       <c r="B221" t="s">
         <v>18</v>
       </c>
       <c r="D221" s="2">
         <v>0.375</v>
       </c>
       <c r="E221" s="2">
         <v>0.46875</v>
       </c>
       <c r="F221" t="s">
         <v>19</v>
       </c>
       <c r="G221" t="s">
         <v>15</v>
       </c>
       <c r="H221" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I221" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" s="1">
         <v>46030.0</v>
       </c>
       <c r="B222" t="s">
         <v>18</v>
       </c>
       <c r="D222" s="2">
-        <v>0.375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E222" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F222" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="G222" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H222" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I222" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" s="1">
-        <v>46030.0</v>
+        <v>46031.0</v>
       </c>
       <c r="B223" t="s">
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="C223" t="s">
+        <v>49</v>
       </c>
       <c r="D223" s="2">
-        <v>0.55208333333333</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E223" s="2">
-        <v>0.61458333333333</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F223" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="G223" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="H223" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="I223" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" s="1">
-        <v>46031.0</v>
+        <v>46034.0</v>
       </c>
       <c r="B224" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="D224" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E224" s="2">
-        <v>0.52083333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F224" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="G224" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>39</v>
+        <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" s="1">
         <v>46034.0</v>
       </c>
       <c r="B225" t="s">
         <v>31</v>
       </c>
       <c r="D225" s="2">
-        <v>0.33333333333333</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E225" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F225" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G225" t="s">
-        <v>15</v>
+        <v>11</v>
+      </c>
+      <c r="H225" t="s">
+        <v>34</v>
+      </c>
+      <c r="I225" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" s="1">
         <v>46034.0</v>
       </c>
       <c r="B226" t="s">
         <v>31</v>
       </c>
       <c r="D226" s="2">
-        <v>0.55208333333333</v>
+        <v>0.625</v>
       </c>
       <c r="E226" s="2">
-        <v>0.61458333333333</v>
+        <v>0.6875</v>
       </c>
       <c r="F226" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="G226" t="s">
         <v>11</v>
       </c>
       <c r="H226" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I226" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" s="1">
-        <v>46034.0</v>
+        <v>46035.0</v>
       </c>
       <c r="B227" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D227" s="2">
-        <v>0.625</v>
+        <v>0.375</v>
       </c>
       <c r="E227" s="2">
-        <v>0.6875</v>
+        <v>0.46875</v>
       </c>
       <c r="F227" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="G227" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H227" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I227" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" s="1">
         <v>46035.0</v>
       </c>
       <c r="B228" t="s">
         <v>37</v>
       </c>
       <c r="D228" s="2">
         <v>0.375</v>
       </c>
       <c r="E228" s="2">
         <v>0.46875</v>
       </c>
       <c r="F228" t="s">
         <v>19</v>
       </c>
       <c r="G228" t="s">
         <v>15</v>
       </c>
       <c r="H228" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I228" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" s="1">
         <v>46035.0</v>
       </c>
       <c r="B229" t="s">
         <v>37</v>
       </c>
       <c r="D229" s="2">
         <v>0.375</v>
       </c>
       <c r="E229" s="2">
         <v>0.46875</v>
       </c>
       <c r="F229" t="s">
         <v>19</v>
       </c>
       <c r="G229" t="s">
         <v>15</v>
       </c>
       <c r="H229" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I229" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" s="1">
         <v>46035.0</v>
       </c>
       <c r="B230" t="s">
         <v>37</v>
       </c>
       <c r="D230" s="2">
         <v>0.375</v>
       </c>
       <c r="E230" s="2">
         <v>0.46875</v>
       </c>
       <c r="F230" t="s">
         <v>19</v>
       </c>
       <c r="G230" t="s">
         <v>15</v>
       </c>
       <c r="H230" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I230" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" s="1">
         <v>46035.0</v>
       </c>
       <c r="B231" t="s">
         <v>37</v>
       </c>
       <c r="D231" s="2">
         <v>0.375</v>
       </c>
       <c r="E231" s="2">
         <v>0.46875</v>
       </c>
       <c r="F231" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="G231" t="s">
         <v>15</v>
       </c>
       <c r="H231" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="I231" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" s="1">
         <v>46035.0</v>
       </c>
       <c r="B232" t="s">
         <v>37</v>
       </c>
+      <c r="C232" t="s">
+        <v>44</v>
+      </c>
       <c r="D232" s="2">
-        <v>0.375</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E232" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F232" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G232" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H232" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="I232" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" s="1">
         <v>46035.0</v>
       </c>
       <c r="B233" t="s">
         <v>37</v>
       </c>
       <c r="C233" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D233" s="2">
-        <v>0.47916666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E233" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F233" t="s">
         <v>45</v>
       </c>
       <c r="G233" t="s">
         <v>46</v>
       </c>
       <c r="H233" t="s">
         <v>47</v>
       </c>
       <c r="I233" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" s="1">
         <v>46035.0</v>
       </c>
       <c r="B234" t="s">
         <v>37</v>
       </c>
-      <c r="C234" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D234" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E234" s="2">
-        <v>0.61458333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F234" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G234" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H234" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I234" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" s="1">
-        <v>46035.0</v>
+        <v>46036.0</v>
       </c>
       <c r="B235" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="D235" s="2">
-        <v>0.69791666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E235" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F235" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G235" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H235" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="I235" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" s="1">
         <v>46036.0</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="D236" s="2">
-        <v>0.55208333333333</v>
+        <v>0.75</v>
       </c>
       <c r="E236" s="2">
-        <v>0.61458333333333</v>
+        <v>0.8125</v>
       </c>
       <c r="F236" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G236" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H236" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I236" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" s="1">
-        <v>46036.0</v>
+        <v>46037.0</v>
       </c>
       <c r="B237" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D237" s="2">
-        <v>0.75</v>
+        <v>0.375</v>
       </c>
       <c r="E237" s="2">
-        <v>0.8125</v>
+        <v>0.46875</v>
       </c>
       <c r="F237" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G237" t="s">
         <v>15</v>
       </c>
       <c r="H237" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I237" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" s="1">
         <v>46037.0</v>
       </c>
       <c r="B238" t="s">
         <v>18</v>
       </c>
       <c r="D238" s="2">
         <v>0.375</v>
       </c>
       <c r="E238" s="2">
         <v>0.46875</v>
       </c>
       <c r="F238" t="s">
         <v>19</v>
       </c>
       <c r="G238" t="s">
         <v>15</v>
       </c>
       <c r="H238" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I238" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" s="1">
         <v>46037.0</v>
       </c>
       <c r="B239" t="s">
         <v>18</v>
       </c>
       <c r="D239" s="2">
         <v>0.375</v>
       </c>
       <c r="E239" s="2">
         <v>0.46875</v>
       </c>
       <c r="F239" t="s">
         <v>19</v>
       </c>
       <c r="G239" t="s">
         <v>15</v>
       </c>
       <c r="H239" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I239" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" s="1">
         <v>46037.0</v>
       </c>
       <c r="B240" t="s">
         <v>18</v>
       </c>
       <c r="D240" s="2">
         <v>0.375</v>
       </c>
       <c r="E240" s="2">
         <v>0.46875</v>
       </c>
       <c r="F240" t="s">
         <v>19</v>
       </c>
       <c r="G240" t="s">
         <v>15</v>
       </c>
       <c r="H240" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I240" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" s="1">
         <v>46037.0</v>
       </c>
       <c r="B241" t="s">
         <v>18</v>
       </c>
       <c r="D241" s="2">
-        <v>0.375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E241" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F241" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="G241" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="H241" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I241" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" s="1">
-        <v>46037.0</v>
+        <v>46038.0</v>
       </c>
       <c r="B242" t="s">
-        <v>18</v>
+        <v>54</v>
+      </c>
+      <c r="C242" t="s">
+        <v>49</v>
       </c>
       <c r="D242" s="2">
-        <v>0.55208333333333</v>
+        <v>0.35416666666667</v>
       </c>
       <c r="E242" s="2">
-        <v>0.61458333333333</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F242" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="G242" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="H242" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="I242" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" s="1">
         <v>46041.0</v>
       </c>
       <c r="B243" t="s">
         <v>31</v>
       </c>
       <c r="D243" s="2">
         <v>0.33333333333333</v>
       </c>
       <c r="E243" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F243" t="s">
         <v>32</v>
       </c>
       <c r="G243" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" s="1">
         <v>46041.0</v>
@@ -7894,50 +7921,235 @@
     </row>
     <row r="281" spans="1:10">
       <c r="A281" s="1">
         <v>46055.0</v>
       </c>
       <c r="B281" t="s">
         <v>31</v>
       </c>
       <c r="D281" s="2">
         <v>0.625</v>
       </c>
       <c r="E281" s="2">
         <v>0.6875</v>
       </c>
       <c r="F281" t="s">
         <v>35</v>
       </c>
       <c r="G281" t="s">
         <v>11</v>
       </c>
       <c r="H281" t="s">
         <v>36</v>
       </c>
       <c r="I281" t="s">
         <v>30</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10">
+      <c r="A282" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B282" t="s">
+        <v>37</v>
+      </c>
+      <c r="D282" s="2">
+        <v>0.54236111111111</v>
+      </c>
+      <c r="E282" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="F282" t="s">
+        <v>58</v>
+      </c>
+      <c r="G282" t="s">
+        <v>59</v>
+      </c>
+      <c r="H282" t="s">
+        <v>34</v>
+      </c>
+      <c r="I282" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10">
+      <c r="A283" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="D283" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E283" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F283" t="s">
+        <v>60</v>
+      </c>
+      <c r="G283" t="s">
+        <v>59</v>
+      </c>
+      <c r="H283" t="s">
+        <v>12</v>
+      </c>
+      <c r="I283" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10">
+      <c r="A284" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B284" t="s">
+        <v>18</v>
+      </c>
+      <c r="D284" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E284" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="F284" t="s">
+        <v>62</v>
+      </c>
+      <c r="G284" t="s">
+        <v>59</v>
+      </c>
+      <c r="H284" t="s">
+        <v>29</v>
+      </c>
+      <c r="I284" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10">
+      <c r="A285" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B285" t="s">
+        <v>54</v>
+      </c>
+      <c r="C285" t="s">
+        <v>63</v>
+      </c>
+      <c r="D285" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E285" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F285" t="s">
+        <v>45</v>
+      </c>
+      <c r="G285" t="s">
+        <v>46</v>
+      </c>
+      <c r="H285" t="s">
+        <v>47</v>
+      </c>
+      <c r="I285" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10">
+      <c r="A286" s="1">
+        <v>46063.0</v>
+      </c>
+      <c r="B286" t="s">
+        <v>37</v>
+      </c>
+      <c r="D286" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="E286" s="2">
+        <v>0.75</v>
+      </c>
+      <c r="F286" t="s">
+        <v>64</v>
+      </c>
+      <c r="G286" t="s">
+        <v>65</v>
+      </c>
+      <c r="H286" t="s">
+        <v>16</v>
+      </c>
+      <c r="I286" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10">
+      <c r="A287" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B287" t="s">
+        <v>37</v>
+      </c>
+      <c r="D287" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E287" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="F287" t="s">
+        <v>58</v>
+      </c>
+      <c r="G287" t="s">
+        <v>59</v>
+      </c>
+      <c r="H287" t="s">
+        <v>34</v>
+      </c>
+      <c r="I287" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10">
+      <c r="A288" s="1">
+        <v>46071.0</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="D288" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E288" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F288" t="s">
+        <v>60</v>
+      </c>
+      <c r="G288" t="s">
+        <v>59</v>
+      </c>
+      <c r="H288" t="s">
+        <v>12</v>
+      </c>
+      <c r="I288" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>