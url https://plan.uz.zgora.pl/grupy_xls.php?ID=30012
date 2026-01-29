--- v0 (2025-10-29)
+++ v1 (2026-01-29)
@@ -12,221 +12,188 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
     <t>Miejsce</t>
   </si>
   <si>
+    <t>Cz</t>
+  </si>
+  <si>
+    <t>Język angielski III (Ć)</t>
+  </si>
+  <si>
+    <t>Ć</t>
+  </si>
+  <si>
+    <t>mgr Beata Burchardt</t>
+  </si>
+  <si>
+    <t>37 A-16</t>
+  </si>
+  <si>
+    <t>mgr Małgorzata Gąsiorowska-Sawka</t>
+  </si>
+  <si>
+    <t>323 A-16</t>
+  </si>
+  <si>
+    <t>mgr Marzena Lachowicz</t>
+  </si>
+  <si>
+    <t>P01 A-16</t>
+  </si>
+  <si>
+    <t>mgr Andrzej  Zychla</t>
+  </si>
+  <si>
+    <t>117 A-20</t>
+  </si>
+  <si>
+    <t>Psychologia rozwoju człowieka w cyklu życia II (W)</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>dr Agnieszka Felińska</t>
+  </si>
+  <si>
+    <t>B A-16</t>
+  </si>
+  <si>
+    <t>Po</t>
+  </si>
+  <si>
+    <t>Wychowanie fizyczne II (Ć)</t>
+  </si>
+  <si>
+    <t>Psychologia społeczna (W)</t>
+  </si>
+  <si>
+    <t>dr hab. Adam  Skibiński, prof. UZ</t>
+  </si>
+  <si>
+    <t>8 A-16</t>
+  </si>
+  <si>
+    <t>Metodologia badań psychologicznych ze statystyką I (W)</t>
+  </si>
+  <si>
+    <t>dr hab. Paweł Kleka, prof. UZ</t>
+  </si>
+  <si>
+    <t>lab.2</t>
+  </si>
+  <si>
+    <t>Metodologia badań psychologicznych ze statystyką I (L)</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>mgr Szymon Poźniak</t>
+  </si>
+  <si>
+    <t>P111 A-16</t>
+  </si>
+  <si>
     <t>Wt</t>
   </si>
   <si>
-    <t>Język angielski III (Ć)</t>
-[...59 lines deleted...]
-    <t>lab.2</t>
+    <t>Psychologia społeczna (E)</t>
+  </si>
+  <si>
+    <t>E</t>
   </si>
   <si>
     <t>Śr</t>
   </si>
   <si>
-    <t>Psychologia emocji i motywacji (W)</t>
-[...2 lines deleted...]
-    <t>W</t>
+    <t>Psychologia emocji i motywacji (E)</t>
   </si>
   <si>
     <t>dr hab. Szymon E.  Draheim, prof. UZ</t>
   </si>
   <si>
-    <t>8 A-16</t>
-[...56 lines deleted...]
-    <t>12 A-16</t>
+    <t>B A-16; C A-16</t>
+  </si>
+  <si>
+    <t>Psychologia rozwoju człowieka w cyklu życia II (E)</t>
+  </si>
+  <si>
+    <t>P102 A-16</t>
   </si>
   <si>
     <t>Pi</t>
-  </si>
-[...1 lines deleted...]
-    <t>P104 A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -534,6123 +501,484 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J230"/>
+  <dimension ref="A1:J16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E230" sqref="E230"/>
+      <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1">
-        <v>45958.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="2">
         <v>0.375</v>
       </c>
       <c r="E2" s="2">
         <v>0.46875</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1">
-        <v>45958.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="2">
         <v>0.375</v>
       </c>
       <c r="E3" s="2">
         <v>0.46875</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
         <v>11</v>
       </c>
       <c r="H3" t="s">
         <v>14</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1">
-        <v>45958.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="2">
         <v>0.375</v>
       </c>
       <c r="E4" s="2">
         <v>0.46875</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
         <v>11</v>
       </c>
       <c r="H4" t="s">
         <v>16</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1">
-        <v>45958.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="2">
         <v>0.375</v>
       </c>
       <c r="E5" s="2">
         <v>0.46875</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
         <v>11</v>
       </c>
       <c r="H5" t="s">
         <v>18</v>
       </c>
       <c r="I5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1">
-        <v>45958.0</v>
+        <v>46051.0</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="2">
-        <v>0.375</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E6" s="2">
-        <v>0.46875</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="H6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1">
-        <v>45958.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D7" s="2">
-        <v>0.47916666666667</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E7" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G7" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1">
-        <v>45958.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B8" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D8" s="2">
-        <v>0.69791666666667</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E8" s="2">
-        <v>0.76041666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F8" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8" t="s">
         <v>27</v>
       </c>
-      <c r="G8" t="s">
-[...2 lines deleted...]
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1">
-        <v>45958.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B9" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E9" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="F9" t="s">
+        <v>29</v>
+      </c>
+      <c r="G9" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" t="s">
         <v>30</v>
       </c>
-      <c r="D9" s="2">
-[...13 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
-        <v>45959.0</v>
+        <v>46055.0</v>
       </c>
       <c r="B10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="2">
-        <v>0.55208333333333</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E10" s="2">
-        <v>0.61458333333333</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="G10" t="s">
         <v>33</v>
       </c>
       <c r="H10" t="s">
         <v>34</v>
       </c>
       <c r="I10" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1">
-        <v>45960.0</v>
+        <v>46056.0</v>
       </c>
       <c r="B11" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="2">
-        <v>0.375</v>
+        <v>0.54236111111111</v>
       </c>
       <c r="E11" s="2">
-        <v>0.46875</v>
+        <v>0.625</v>
       </c>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G11" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="H11" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="I11" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
-        <v>45960.0</v>
+        <v>46057.0</v>
       </c>
       <c r="B12" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D12" s="2">
-        <v>0.375</v>
+        <v>0.5</v>
       </c>
       <c r="E12" s="2">
-        <v>0.46875</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G12" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="H12" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="I12" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
-        <v>45960.0</v>
+        <v>46058.0</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="D13" s="2">
-        <v>0.375</v>
+        <v>0.625</v>
       </c>
       <c r="E13" s="2">
-        <v>0.46875</v>
+        <v>0.66666666666667</v>
       </c>
       <c r="F13" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G13" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="H13" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="I13" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
-        <v>45960.0</v>
+        <v>46070.0</v>
       </c>
       <c r="B14" t="s">
         <v>36</v>
       </c>
       <c r="D14" s="2">
-        <v>0.375</v>
+        <v>0.625</v>
       </c>
       <c r="E14" s="2">
-        <v>0.46875</v>
+        <v>0.6875</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G14" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="H14" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="I14" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
-        <v>45960.0</v>
+        <v>46071.0</v>
       </c>
       <c r="B15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D15" s="2">
-        <v>0.55208333333333</v>
+        <v>0.5</v>
       </c>
       <c r="E15" s="2">
-        <v>0.61458333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="H15" t="s">
         <v>41</v>
       </c>
       <c r="I15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
-        <v>45964.0</v>
+        <v>46080.0</v>
       </c>
       <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E16" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="F16" t="s">
         <v>43</v>
       </c>
-      <c r="D16" s="2">
-[...5 lines deleted...]
-      <c r="F16" t="s">
+      <c r="G16" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I16" t="s">
         <v>44</v>
-      </c>
-[...5637 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>