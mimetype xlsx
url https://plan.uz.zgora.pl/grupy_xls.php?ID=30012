--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -12,232 +12,117 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
     <t>Miejsce</t>
-  </si>
-[...109 lines deleted...]
-    <t>Pi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
+  <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="1">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -501,484 +386,97 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J16"/>
+  <dimension ref="A1:J1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E16" sqref="E16"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
-      </c>
-[...385 lines deleted...]
-        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>