--- v0 (2025-10-28)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -104,51 +104,51 @@
   <si>
     <t>dr Jacek Jędryczkowski</t>
   </si>
   <si>
     <t>345 A-16</t>
   </si>
   <si>
     <t>Podstawy postępowania naukowego dla psychologów (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>mgr Szymon Poźniak</t>
   </si>
   <si>
     <t>34 A-16</t>
   </si>
   <si>
     <t>Cz</t>
   </si>
   <si>
     <t>Biologiczne podstawy zachowań (W)</t>
   </si>
   <si>
-    <t>mgr vacat 1 vacat 1 24/25</t>
+    <t>mgr vacat lato vacat lato 25-26</t>
   </si>
   <si>
     <t>Spotkanie organizacyjne (I)</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>Filozofia (W)</t>
   </si>
   <si>
     <t>dr Paweł Walczak, prof. UZ</t>
   </si>
   <si>
     <t>Pi</t>
   </si>
   <si>
     <t>Socjologia (Ć)</t>
   </si>
   <si>
     <t>11 A-16</t>
   </si>
   <si>
     <t>Prawne aspekty pracy psychologa (Ć)</t>
   </si>
@@ -198,50 +198,68 @@
     <t>mgr Mirella Wojciechowska</t>
   </si>
   <si>
     <t>dr hab. n. med. Maria Skibińska, prof. UZ</t>
   </si>
   <si>
     <t>Biologiczne podstawy zachowań (Ć)</t>
   </si>
   <si>
     <t>138 A-16</t>
   </si>
   <si>
     <t>Filozofia (Ć)</t>
   </si>
   <si>
     <t>20 A-16</t>
   </si>
   <si>
     <t>Umiejętności akademickie (Ć)</t>
   </si>
   <si>
     <t>mgr Maria Żochowska</t>
   </si>
   <si>
     <t>P2 A-16</t>
+  </si>
+  <si>
+    <t>Podstawy pomocy psychologicznej (E)</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Biologiczne podstawy zachowań (E)</t>
+  </si>
+  <si>
+    <t>Socjologia (E)</t>
+  </si>
+  <si>
+    <t>Filozofia (E)</t>
+  </si>
+  <si>
+    <t>B A-16</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -549,54 +567,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J203"/>
+  <dimension ref="A1:J211"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E203" sqref="E203"/>
+      <selection activeCell="E211" sqref="E211"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4129,478 +4147,478 @@
         <v>0.40625</v>
       </c>
       <c r="E131" s="2">
         <v>0.46875</v>
       </c>
       <c r="F131" t="s">
         <v>42</v>
       </c>
       <c r="G131" t="s">
         <v>18</v>
       </c>
       <c r="H131" t="s">
         <v>43</v>
       </c>
       <c r="I131" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>45999.0</v>
       </c>
       <c r="B132" t="s">
         <v>41</v>
       </c>
+      <c r="C132" t="s">
+        <v>16</v>
+      </c>
       <c r="D132" s="2">
-        <v>0.48263888888889</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E132" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F132" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="G132" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="H132" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="I132" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
-        <v>45999.0</v>
+        <v>46001.0</v>
       </c>
       <c r="B133" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D133" s="2">
-        <v>0.55208333333333</v>
+        <v>0.40625</v>
       </c>
       <c r="E133" s="2">
-        <v>0.61458333333333</v>
+        <v>0.46875</v>
       </c>
       <c r="F133" t="s">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="G133" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H133" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="I133" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>46001.0</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="D134" s="2">
-        <v>0.40625</v>
+        <v>0.47916666666667</v>
       </c>
       <c r="E134" s="2">
-        <v>0.46875</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F134" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G134" t="s">
         <v>11</v>
       </c>
       <c r="H134" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I134" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>46001.0</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
+      <c r="C135" t="s">
+        <v>16</v>
+      </c>
       <c r="D135" s="2">
-        <v>0.47916666666667</v>
+        <v>0.625</v>
       </c>
       <c r="E135" s="2">
-        <v>0.54166666666667</v>
+        <v>0.6875</v>
       </c>
       <c r="F135" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G135" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H135" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I135" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>46001.0</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D136" s="2">
         <v>0.625</v>
       </c>
       <c r="E136" s="2">
         <v>0.6875</v>
       </c>
       <c r="F136" t="s">
         <v>17</v>
       </c>
       <c r="G136" t="s">
         <v>18</v>
       </c>
       <c r="H136" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I136" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>46001.0</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
-      <c r="C137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" s="2">
-        <v>0.625</v>
+        <v>0.69791666666667</v>
       </c>
       <c r="E137" s="2">
-        <v>0.6875</v>
+        <v>0.76041666666667</v>
       </c>
       <c r="F137" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G137" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="H137" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="I137" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
-        <v>46001.0</v>
+        <v>46002.0</v>
       </c>
       <c r="B138" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D138" s="2">
-        <v>0.69791666666667</v>
+        <v>0.40625</v>
       </c>
       <c r="E138" s="2">
-        <v>0.76041666666667</v>
+        <v>0.46875</v>
       </c>
       <c r="F138" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G138" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="H138" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="I138" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>46002.0</v>
       </c>
       <c r="B139" t="s">
         <v>28</v>
       </c>
       <c r="D139" s="2">
-        <v>0.40625</v>
+        <v>0.625</v>
       </c>
       <c r="E139" s="2">
-        <v>0.46875</v>
+        <v>0.68402777777778</v>
       </c>
       <c r="F139" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="G139" t="s">
         <v>11</v>
       </c>
       <c r="H139" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="I139" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
-        <v>46002.0</v>
+        <v>46003.0</v>
       </c>
       <c r="B140" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D140" s="2">
-        <v>0.625</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E140" s="2">
-        <v>0.68402777777778</v>
+        <v>0.51736111111111</v>
       </c>
       <c r="F140" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G140" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="H140" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="I140" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>46003.0</v>
       </c>
       <c r="B141" t="s">
         <v>35</v>
       </c>
       <c r="D141" s="2">
-        <v>0.45833333333333</v>
+        <v>0.53125</v>
       </c>
       <c r="E141" s="2">
-        <v>0.51736111111111</v>
+        <v>0.59027777777778</v>
       </c>
       <c r="F141" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G141" t="s">
         <v>25</v>
       </c>
       <c r="H141" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="I141" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
-        <v>46003.0</v>
+        <v>46006.0</v>
       </c>
       <c r="B142" t="s">
-        <v>35</v>
+        <v>41</v>
+      </c>
+      <c r="C142" t="s">
+        <v>21</v>
       </c>
       <c r="D142" s="2">
-        <v>0.53125</v>
+        <v>0.33333333333333</v>
       </c>
       <c r="E142" s="2">
-        <v>0.59027777777778</v>
+        <v>0.39583333333333</v>
       </c>
       <c r="F142" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G142" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="H142" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="I142" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
         <v>46006.0</v>
       </c>
       <c r="B143" t="s">
         <v>41</v>
       </c>
-      <c r="C143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D143" s="2">
-        <v>0.33333333333333</v>
+        <v>0.39930555555556</v>
       </c>
       <c r="E143" s="2">
-        <v>0.39583333333333</v>
+        <v>0.47222222222222</v>
       </c>
       <c r="F143" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G143" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="H143" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="I143" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
         <v>46006.0</v>
       </c>
       <c r="B144" t="s">
         <v>41</v>
       </c>
+      <c r="C144" t="s">
+        <v>16</v>
+      </c>
       <c r="D144" s="2">
-        <v>0.39930555555556</v>
+        <v>0.47569444444444</v>
       </c>
       <c r="E144" s="2">
-        <v>0.47222222222222</v>
+        <v>0.54166666666667</v>
       </c>
       <c r="F144" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="G144" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="H144" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="I144" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
         <v>46006.0</v>
       </c>
       <c r="B145" t="s">
         <v>41</v>
       </c>
       <c r="C145" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D145" s="2">
-        <v>0.47569444444444</v>
+        <v>0.54861111111111</v>
       </c>
       <c r="E145" s="2">
-        <v>0.54166666666667</v>
+        <v>0.61458333333333</v>
       </c>
       <c r="F145" t="s">
         <v>48</v>
       </c>
       <c r="G145" t="s">
         <v>18</v>
       </c>
       <c r="H145" t="s">
         <v>49</v>
       </c>
       <c r="I145" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
         <v>46006.0</v>
       </c>
       <c r="B146" t="s">
         <v>41</v>
       </c>
       <c r="C146" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D146" s="2">
-        <v>0.54861111111111</v>
+        <v>0.55208333333333</v>
       </c>
       <c r="E146" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F146" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="G146" t="s">
         <v>18</v>
       </c>
       <c r="H146" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="I146" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
-        <v>46006.0</v>
+        <v>46007.0</v>
       </c>
       <c r="B147" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="D147" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E147" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F147" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G147" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="H147" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="I147" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>46007.0</v>
       </c>
       <c r="B148" t="s">
         <v>51</v>
       </c>
       <c r="D148" s="2">
         <v>0.69791666666667</v>
       </c>
       <c r="E148" s="2">
         <v>0.76388888888889</v>
       </c>
       <c r="F148" t="s">
         <v>52</v>
       </c>
       <c r="G148" t="s">
         <v>25</v>
       </c>
       <c r="H148" t="s">
         <v>53</v>
       </c>
       <c r="I148" t="s">
@@ -6067,50 +6085,258 @@
         <v>46055.0</v>
       </c>
       <c r="B203" t="s">
         <v>41</v>
       </c>
       <c r="C203" t="s">
         <v>16</v>
       </c>
       <c r="D203" s="2">
         <v>0.55208333333333</v>
       </c>
       <c r="E203" s="2">
         <v>0.61458333333333</v>
       </c>
       <c r="F203" t="s">
         <v>42</v>
       </c>
       <c r="G203" t="s">
         <v>18</v>
       </c>
       <c r="H203" t="s">
         <v>43</v>
       </c>
       <c r="I203" t="s">
         <v>44</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10">
+      <c r="A204" s="1">
+        <v>46056.0</v>
+      </c>
+      <c r="B204" t="s">
+        <v>51</v>
+      </c>
+      <c r="D204" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="E204" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="F204" t="s">
+        <v>62</v>
+      </c>
+      <c r="G204" t="s">
+        <v>63</v>
+      </c>
+      <c r="H204" t="s">
+        <v>46</v>
+      </c>
+      <c r="I204" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10">
+      <c r="A205" s="1">
+        <v>46057.0</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="D205" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E205" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F205" t="s">
+        <v>64</v>
+      </c>
+      <c r="G205" t="s">
+        <v>63</v>
+      </c>
+      <c r="H205" t="s">
+        <v>54</v>
+      </c>
+      <c r="I205" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10">
+      <c r="A206" s="1">
+        <v>46058.0</v>
+      </c>
+      <c r="B206" t="s">
+        <v>28</v>
+      </c>
+      <c r="D206" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E206" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F206" t="s">
+        <v>65</v>
+      </c>
+      <c r="G206" t="s">
+        <v>63</v>
+      </c>
+      <c r="H206" t="s">
+        <v>15</v>
+      </c>
+      <c r="I206" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10">
+      <c r="A207" s="1">
+        <v>46059.0</v>
+      </c>
+      <c r="B207" t="s">
+        <v>35</v>
+      </c>
+      <c r="D207" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E207" s="2">
+        <v>0.47916666666667</v>
+      </c>
+      <c r="F207" t="s">
+        <v>66</v>
+      </c>
+      <c r="G207" t="s">
+        <v>63</v>
+      </c>
+      <c r="H207" t="s">
+        <v>34</v>
+      </c>
+      <c r="I207" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10">
+      <c r="A208" s="1">
+        <v>46070.0</v>
+      </c>
+      <c r="B208" t="s">
+        <v>51</v>
+      </c>
+      <c r="D208" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E208" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F208" t="s">
+        <v>64</v>
+      </c>
+      <c r="G208" t="s">
+        <v>63</v>
+      </c>
+      <c r="H208" t="s">
+        <v>54</v>
+      </c>
+      <c r="I208" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10">
+      <c r="A209" s="1">
+        <v>46072.0</v>
+      </c>
+      <c r="B209" t="s">
+        <v>28</v>
+      </c>
+      <c r="D209" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="E209" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="F209" t="s">
+        <v>65</v>
+      </c>
+      <c r="G209" t="s">
+        <v>63</v>
+      </c>
+      <c r="H209" t="s">
+        <v>15</v>
+      </c>
+      <c r="I209" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10">
+      <c r="A210" s="1">
+        <v>46073.0</v>
+      </c>
+      <c r="B210" t="s">
+        <v>35</v>
+      </c>
+      <c r="D210" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="E210" s="2">
+        <v>0.54166666666667</v>
+      </c>
+      <c r="F210" t="s">
+        <v>66</v>
+      </c>
+      <c r="G210" t="s">
+        <v>63</v>
+      </c>
+      <c r="H210" t="s">
+        <v>34</v>
+      </c>
+      <c r="I210" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10">
+      <c r="A211" s="1">
+        <v>46083.0</v>
+      </c>
+      <c r="B211" t="s">
+        <v>41</v>
+      </c>
+      <c r="D211" s="2">
+        <v>0.66666666666667</v>
+      </c>
+      <c r="E211" s="2">
+        <v>0.6875</v>
+      </c>
+      <c r="F211" t="s">
+        <v>62</v>
+      </c>
+      <c r="G211" t="s">
+        <v>63</v>
+      </c>
+      <c r="H211" t="s">
+        <v>46</v>
+      </c>
+      <c r="I211" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>