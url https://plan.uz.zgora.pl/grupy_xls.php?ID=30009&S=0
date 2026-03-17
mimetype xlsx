--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -567,54 +567,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J211"/>
+  <dimension ref="A1:J210"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E211" sqref="E211"/>
+      <selection activeCell="E210" sqref="E210"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6267,76 +6267,50 @@
     </row>
     <row r="210" spans="1:10">
       <c r="A210" s="1">
         <v>46073.0</v>
       </c>
       <c r="B210" t="s">
         <v>35</v>
       </c>
       <c r="D210" s="2">
         <v>0.5</v>
       </c>
       <c r="E210" s="2">
         <v>0.54166666666667</v>
       </c>
       <c r="F210" t="s">
         <v>66</v>
       </c>
       <c r="G210" t="s">
         <v>63</v>
       </c>
       <c r="H210" t="s">
         <v>34</v>
       </c>
       <c r="I210" t="s">
         <v>37</v>
-      </c>
-[...24 lines deleted...]
-        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>