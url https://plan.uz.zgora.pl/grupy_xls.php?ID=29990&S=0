--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -95,51 +95,51 @@
   <si>
     <t>L</t>
   </si>
   <si>
     <t>211 A-2</t>
   </si>
   <si>
     <t>Bezpieczeństwo elektroniczne (W)</t>
   </si>
   <si>
     <t>dr inż. Grzegorz Bazydło</t>
   </si>
   <si>
     <t>106 A-2</t>
   </si>
   <si>
     <t>Zarządzanie przedsiębiorstwem (Ć)</t>
   </si>
   <si>
     <t>Ć</t>
   </si>
   <si>
     <t>dr inż. Małgorzata Śliwa</t>
   </si>
   <si>
-    <t>111 A-11</t>
+    <t>B111 A-11</t>
   </si>
   <si>
     <t>Zarządzanie przedsiębiorstwem (W)</t>
   </si>
   <si>
     <t>Modelowanie procesów biznesowych (W)</t>
   </si>
   <si>
     <t>dr inż. Grzegorz Pająk; dr inż. Iwona Pająk</t>
   </si>
   <si>
     <t>Modelowanie procesów biznesowych (L)</t>
   </si>
   <si>
     <t>H222 A-10</t>
   </si>
   <si>
     <t>Ni</t>
   </si>
   <si>
     <t>Zarządzanie relacjami z klientami (W)</t>
   </si>
   <si>
     <t>dr inż. Łukasz Sobolewski</t>
   </si>