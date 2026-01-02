--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -146,63 +146,72 @@
   <si>
     <t>dr Jakub Bilski</t>
   </si>
   <si>
     <t>Podstawy elektrotechniki (Ć)</t>
   </si>
   <si>
     <t>Analiza matematyczna (Ć)</t>
   </si>
   <si>
     <t>109 A-2</t>
   </si>
   <si>
     <t>Metody komputerowe w obliczeniach inżynierskich (W)</t>
   </si>
   <si>
     <t>dr inż. Marcel Luzar</t>
   </si>
   <si>
     <t>Bezpieczeństwo pracy z elementami ergonomii (W)</t>
   </si>
   <si>
     <t>dr hab. inż. Adam Kempski, prof. UZ</t>
   </si>
   <si>
+    <t>mgr inż. Mateusz Popławski</t>
+  </si>
+  <si>
     <t>Podstawy elektrotechniki (L)</t>
   </si>
   <si>
     <t>514 A-2</t>
   </si>
   <si>
     <t>Algebra liniowa z geometrią analityczną (E)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>Analiza matematyczna (E)</t>
+  </si>
+  <si>
+    <t>Podstawy elektrotechniki (R)</t>
+  </si>
+  <si>
+    <t>R</t>
   </si>
   <si>
     <t>106 A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -513,54 +522,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J108"/>
+  <dimension ref="A1:J109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E108" sqref="E108"/>
+      <selection activeCell="E109" sqref="E109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1843,51 +1852,51 @@
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
         <v>45997.0</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>14</v>
       </c>
       <c r="D49" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E49" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F49" t="s">
         <v>15</v>
       </c>
       <c r="G49" t="s">
         <v>16</v>
       </c>
       <c r="H49" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="I49" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
         <v>45997.0</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="2">
         <v>0.53125</v>
       </c>
       <c r="E50" s="2">
         <v>0.59375</v>
       </c>
       <c r="F50" t="s">
         <v>19</v>
       </c>
       <c r="G50" t="s">
         <v>20</v>
       </c>
       <c r="H50" t="s">
@@ -2349,60 +2358,60 @@
       </c>
       <c r="H67" t="s">
         <v>36</v>
       </c>
       <c r="I67" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>46005.0</v>
       </c>
       <c r="B68" t="s">
         <v>31</v>
       </c>
       <c r="C68" t="s">
         <v>14</v>
       </c>
       <c r="D68" s="2">
         <v>0.45486111111111</v>
       </c>
       <c r="E68" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F68" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G68" t="s">
         <v>16</v>
       </c>
       <c r="H68" t="s">
         <v>33</v>
       </c>
       <c r="I68" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>46005.0</v>
       </c>
       <c r="B69" t="s">
         <v>31</v>
       </c>
       <c r="D69" s="2">
         <v>0.53125</v>
       </c>
       <c r="E69" s="2">
         <v>0.59375</v>
       </c>
       <c r="F69" t="s">
         <v>38</v>
       </c>
       <c r="G69" t="s">
         <v>20</v>
       </c>
       <c r="H69" t="s">
         <v>36</v>
       </c>
       <c r="I69" t="s">
@@ -2647,60 +2656,60 @@
       </c>
       <c r="H78" t="s">
         <v>36</v>
       </c>
       <c r="I78" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>46033.0</v>
       </c>
       <c r="B79" t="s">
         <v>31</v>
       </c>
       <c r="C79" t="s">
         <v>14</v>
       </c>
       <c r="D79" s="2">
         <v>0.45486111111111</v>
       </c>
       <c r="E79" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F79" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G79" t="s">
         <v>16</v>
       </c>
       <c r="H79" t="s">
         <v>33</v>
       </c>
       <c r="I79" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>46033.0</v>
       </c>
       <c r="B80" t="s">
         <v>31</v>
       </c>
       <c r="D80" s="2">
         <v>0.53125</v>
       </c>
       <c r="E80" s="2">
         <v>0.59375</v>
       </c>
       <c r="F80" t="s">
         <v>38</v>
       </c>
       <c r="G80" t="s">
         <v>20</v>
       </c>
       <c r="H80" t="s">
         <v>36</v>
       </c>
       <c r="I80" t="s">
@@ -2971,60 +2980,60 @@
       </c>
       <c r="H90" t="s">
         <v>36</v>
       </c>
       <c r="I90" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>46040.0</v>
       </c>
       <c r="B91" t="s">
         <v>31</v>
       </c>
       <c r="C91" t="s">
         <v>14</v>
       </c>
       <c r="D91" s="2">
         <v>0.45486111111111</v>
       </c>
       <c r="E91" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F91" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G91" t="s">
         <v>16</v>
       </c>
       <c r="H91" t="s">
         <v>33</v>
       </c>
       <c r="I91" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>46040.0</v>
       </c>
       <c r="B92" t="s">
         <v>31</v>
       </c>
       <c r="D92" s="2">
         <v>0.53125</v>
       </c>
       <c r="E92" s="2">
         <v>0.59375</v>
       </c>
       <c r="F92" t="s">
         <v>38</v>
       </c>
       <c r="G92" t="s">
         <v>20</v>
       </c>
       <c r="H92" t="s">
         <v>36</v>
       </c>
       <c r="I92" t="s">
@@ -3269,60 +3278,60 @@
       </c>
       <c r="H101" t="s">
         <v>36</v>
       </c>
       <c r="I101" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>46054.0</v>
       </c>
       <c r="B102" t="s">
         <v>31</v>
       </c>
       <c r="C102" t="s">
         <v>14</v>
       </c>
       <c r="D102" s="2">
         <v>0.45486111111111</v>
       </c>
       <c r="E102" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F102" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G102" t="s">
         <v>16</v>
       </c>
       <c r="H102" t="s">
         <v>33</v>
       </c>
       <c r="I102" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>46054.0</v>
       </c>
       <c r="B103" t="s">
         <v>31</v>
       </c>
       <c r="D103" s="2">
         <v>0.53125</v>
       </c>
       <c r="E103" s="2">
         <v>0.59375</v>
       </c>
       <c r="F103" t="s">
         <v>38</v>
       </c>
       <c r="G103" t="s">
         <v>20</v>
       </c>
       <c r="H103" t="s">
         <v>36</v>
       </c>
       <c r="I103" t="s">
@@ -3347,137 +3356,163 @@
       </c>
       <c r="G104" t="s">
         <v>11</v>
       </c>
       <c r="H104" t="s">
         <v>41</v>
       </c>
       <c r="I104" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>46060.0</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="D105" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E105" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F105" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G105" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H105" t="s">
         <v>21</v>
       </c>
       <c r="I105" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>46061.0</v>
       </c>
       <c r="B106" t="s">
         <v>31</v>
       </c>
       <c r="D106" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E106" s="2">
         <v>0.5625</v>
       </c>
       <c r="F106" t="s">
+        <v>49</v>
+      </c>
+      <c r="G106" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="H106" t="s">
         <v>36</v>
       </c>
       <c r="I106" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
-        <v>46074.0</v>
+        <v>46068.0</v>
       </c>
       <c r="B107" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D107" s="2">
-        <v>0.45833333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E107" s="2">
-        <v>0.52083333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F107" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G107" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="H107" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="I107" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
-        <v>46081.0</v>
+        <v>46074.0</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="D108" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E108" s="2">
+        <v>0.52083333333333</v>
+      </c>
+      <c r="F108" t="s">
+        <v>47</v>
+      </c>
+      <c r="G108" t="s">
+        <v>48</v>
+      </c>
+      <c r="H108" t="s">
+        <v>21</v>
+      </c>
+      <c r="I108" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" s="1">
+        <v>46081.0</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="D109" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E109" s="2">
         <v>0.5625</v>
       </c>
-      <c r="F108" t="s">
+      <c r="F109" t="s">
+        <v>49</v>
+      </c>
+      <c r="G109" t="s">
         <v>48</v>
       </c>
-      <c r="G108" t="s">
-[...2 lines deleted...]
-      <c r="H108" t="s">
+      <c r="H109" t="s">
         <v>36</v>
       </c>
-      <c r="I108" t="s">
+      <c r="I109" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>