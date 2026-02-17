--- v1 (2026-01-02)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -159,50 +159,53 @@
     <t>Metody komputerowe w obliczeniach inżynierskich (W)</t>
   </si>
   <si>
     <t>dr inż. Marcel Luzar</t>
   </si>
   <si>
     <t>Bezpieczeństwo pracy z elementami ergonomii (W)</t>
   </si>
   <si>
     <t>dr hab. inż. Adam Kempski, prof. UZ</t>
   </si>
   <si>
     <t>mgr inż. Mateusz Popławski</t>
   </si>
   <si>
     <t>Podstawy elektrotechniki (L)</t>
   </si>
   <si>
     <t>514 A-2</t>
   </si>
   <si>
     <t>Algebra liniowa z geometrią analityczną (E)</t>
   </si>
   <si>
     <t>E</t>
+  </si>
+  <si>
+    <t>Podstawy programowania (E)</t>
   </si>
   <si>
     <t>Analiza matematyczna (E)</t>
   </si>
   <si>
     <t>Podstawy elektrotechniki (R)</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>106 A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -522,54 +525,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J109"/>
+  <dimension ref="A1:J111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E109" sqref="E109"/>
+      <selection activeCell="E111" sqref="E111"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3370,149 +3373,201 @@
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="D105" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E105" s="2">
         <v>0.52083333333333</v>
       </c>
       <c r="F105" t="s">
         <v>47</v>
       </c>
       <c r="G105" t="s">
         <v>48</v>
       </c>
       <c r="H105" t="s">
         <v>21</v>
       </c>
       <c r="I105" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
-        <v>46061.0</v>
+        <v>46060.0</v>
       </c>
       <c r="B106" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="D106" s="2">
-        <v>0.45833333333333</v>
+        <v>0.58333333333333</v>
       </c>
       <c r="E106" s="2">
-        <v>0.5625</v>
+        <v>0.625</v>
       </c>
       <c r="F106" t="s">
         <v>49</v>
       </c>
       <c r="G106" t="s">
         <v>48</v>
       </c>
       <c r="H106" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I106" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
-        <v>46068.0</v>
+        <v>46061.0</v>
       </c>
       <c r="B107" t="s">
         <v>31</v>
       </c>
       <c r="D107" s="2">
-        <v>0.41666666666667</v>
+        <v>0.45833333333333</v>
       </c>
       <c r="E107" s="2">
-        <v>0.5</v>
+        <v>0.5625</v>
       </c>
       <c r="F107" t="s">
         <v>50</v>
       </c>
       <c r="G107" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="H107" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I107" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
-        <v>46074.0</v>
+        <v>46068.0</v>
       </c>
       <c r="B108" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D108" s="2">
-        <v>0.45833333333333</v>
+        <v>0.41666666666667</v>
       </c>
       <c r="E108" s="2">
-        <v>0.52083333333333</v>
+        <v>0.5</v>
       </c>
       <c r="F108" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G108" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="H108" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="I108" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
-        <v>46081.0</v>
+        <v>46074.0</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="D109" s="2">
         <v>0.45833333333333</v>
       </c>
       <c r="E109" s="2">
-        <v>0.5625</v>
+        <v>0.52083333333333</v>
       </c>
       <c r="F109" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G109" t="s">
         <v>48</v>
       </c>
       <c r="H109" t="s">
+        <v>21</v>
+      </c>
+      <c r="I109" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="D110" s="2">
+        <v>0.58333333333333</v>
+      </c>
+      <c r="E110" s="2">
+        <v>0.625</v>
+      </c>
+      <c r="F110" t="s">
+        <v>49</v>
+      </c>
+      <c r="G110" t="s">
+        <v>48</v>
+      </c>
+      <c r="H110" t="s">
+        <v>12</v>
+      </c>
+      <c r="I110" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" s="1">
+        <v>46081.0</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="D111" s="2">
+        <v>0.45833333333333</v>
+      </c>
+      <c r="E111" s="2">
+        <v>0.5625</v>
+      </c>
+      <c r="F111" t="s">
+        <v>50</v>
+      </c>
+      <c r="G111" t="s">
+        <v>48</v>
+      </c>
+      <c r="H111" t="s">
         <v>36</v>
       </c>
-      <c r="I109" t="s">
+      <c r="I111" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>