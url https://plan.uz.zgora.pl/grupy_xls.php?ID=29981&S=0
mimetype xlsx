--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -150,50 +150,53 @@
     <t>119 A-2</t>
   </si>
   <si>
     <t>Wizja maszynowa w robotyce i automatyzacji (L)</t>
   </si>
   <si>
     <t>Wizja maszynowa w robotyce i automatyzacji (P)</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Napędy urządzeń przemysłowych i pojazdów mechanicznych (W)</t>
   </si>
   <si>
     <t>dr hab. inż. Jacek Kaniewski, prof. UZ</t>
   </si>
   <si>
     <t>Napędy urządzeń przemysłowych i pojazdów mechanicznych (L)</t>
   </si>
   <si>
     <t>2 A-37</t>
   </si>
   <si>
     <t>Metody programowania sterowników logicznych (L)</t>
+  </si>
+  <si>
+    <t>224 A-2</t>
   </si>
   <si>
     <t>Systemy komunikacji (W)</t>
   </si>
   <si>
     <t>dr inż. Leszek Furmankiewicz</t>
   </si>
   <si>
     <t>Systemy komunikacji (L)</t>
   </si>
   <si>
     <t>dr inż. Dariusz Eljasz</t>
   </si>
   <si>
     <t>504b A-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
@@ -1056,129 +1059,129 @@
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
         <v>45955.0</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E20" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F20" t="s">
         <v>26</v>
       </c>
       <c r="G20" t="s">
         <v>11</v>
       </c>
       <c r="H20" t="s">
         <v>24</v>
       </c>
       <c r="I20" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
         <v>45955.0</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="2">
         <v>0.75</v>
       </c>
       <c r="E21" s="2">
         <v>0.8125</v>
       </c>
       <c r="F21" t="s">
         <v>28</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>29</v>
       </c>
       <c r="I21" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>45956.0</v>
       </c>
       <c r="B22" t="s">
         <v>34</v>
       </c>
       <c r="D22" s="2">
         <v>0.45486111111111</v>
       </c>
       <c r="E22" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G22" t="s">
         <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I22" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>45956.0</v>
       </c>
       <c r="B23" t="s">
         <v>34</v>
       </c>
       <c r="D23" s="2">
         <v>0.53125</v>
       </c>
       <c r="E23" s="2">
         <v>0.60069444444444</v>
       </c>
       <c r="F23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G23" t="s">
         <v>11</v>
       </c>
       <c r="H23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>45969.0</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
         <v>0.3125</v>
       </c>
       <c r="E24" s="2">
         <v>0.375</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24" t="s">
         <v>11</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
@@ -1290,51 +1293,51 @@
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>45969.0</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E29" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F29" t="s">
         <v>26</v>
       </c>
       <c r="G29" t="s">
         <v>11</v>
       </c>
       <c r="H29" t="s">
         <v>24</v>
       </c>
       <c r="I29" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>45969.0</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
         <v>0.75</v>
       </c>
       <c r="E30" s="2">
         <v>0.8125</v>
       </c>
       <c r="F30" t="s">
         <v>28</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>29</v>
       </c>
       <c r="I30" t="s">
@@ -1628,129 +1631,129 @@
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
         <v>45983.0</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E42" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F42" t="s">
         <v>26</v>
       </c>
       <c r="G42" t="s">
         <v>11</v>
       </c>
       <c r="H42" t="s">
         <v>24</v>
       </c>
       <c r="I42" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
         <v>45983.0</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="2">
         <v>0.75</v>
       </c>
       <c r="E43" s="2">
         <v>0.8125</v>
       </c>
       <c r="F43" t="s">
         <v>28</v>
       </c>
       <c r="G43" t="s">
         <v>15</v>
       </c>
       <c r="H43" t="s">
         <v>29</v>
       </c>
       <c r="I43" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>45984.0</v>
       </c>
       <c r="B44" t="s">
         <v>34</v>
       </c>
       <c r="D44" s="2">
         <v>0.45486111111111</v>
       </c>
       <c r="E44" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F44" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G44" t="s">
         <v>15</v>
       </c>
       <c r="H44" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I44" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>45984.0</v>
       </c>
       <c r="B45" t="s">
         <v>34</v>
       </c>
       <c r="D45" s="2">
         <v>0.53125</v>
       </c>
       <c r="E45" s="2">
         <v>0.60069444444444</v>
       </c>
       <c r="F45" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G45" t="s">
         <v>11</v>
       </c>
       <c r="H45" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I45" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>45997.0</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="2">
         <v>0.3125</v>
       </c>
       <c r="E46" s="2">
         <v>0.375</v>
       </c>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46" t="s">
         <v>11</v>
       </c>
       <c r="H46" t="s">
         <v>12</v>
       </c>
       <c r="I46" t="s">
@@ -1862,51 +1865,51 @@
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
         <v>45997.0</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E51" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F51" t="s">
         <v>26</v>
       </c>
       <c r="G51" t="s">
         <v>11</v>
       </c>
       <c r="H51" t="s">
         <v>24</v>
       </c>
       <c r="I51" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
         <v>45997.0</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="2">
         <v>0.75</v>
       </c>
       <c r="E52" s="2">
         <v>0.8125</v>
       </c>
       <c r="F52" t="s">
         <v>28</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52" t="s">
         <v>29</v>
       </c>
       <c r="I52" t="s">
@@ -2200,51 +2203,51 @@
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>46004.0</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E64" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F64" t="s">
         <v>26</v>
       </c>
       <c r="G64" t="s">
         <v>11</v>
       </c>
       <c r="H64" t="s">
         <v>24</v>
       </c>
       <c r="I64" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>46004.0</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="2">
         <v>0.75</v>
       </c>
       <c r="E65" s="2">
         <v>0.8125</v>
       </c>
       <c r="F65" t="s">
         <v>28</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65" t="s">
         <v>29</v>
       </c>
       <c r="I65" t="s">
@@ -2269,86 +2272,86 @@
       </c>
       <c r="G66" t="s">
         <v>32</v>
       </c>
       <c r="H66" t="s">
         <v>24</v>
       </c>
       <c r="I66" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>46005.0</v>
       </c>
       <c r="B67" t="s">
         <v>34</v>
       </c>
       <c r="D67" s="2">
         <v>0.45486111111111</v>
       </c>
       <c r="E67" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F67" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G67" t="s">
         <v>15</v>
       </c>
       <c r="H67" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I67" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>46005.0</v>
       </c>
       <c r="B68" t="s">
         <v>34</v>
       </c>
       <c r="D68" s="2">
         <v>0.53125</v>
       </c>
       <c r="E68" s="2">
         <v>0.60069444444444</v>
       </c>
       <c r="F68" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G68" t="s">
         <v>11</v>
       </c>
       <c r="H68" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I68" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>46032.0</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="2">
         <v>0.3125</v>
       </c>
       <c r="E69" s="2">
         <v>0.375</v>
       </c>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="G69" t="s">
         <v>11</v>
       </c>
       <c r="H69" t="s">
         <v>12</v>
       </c>
       <c r="I69" t="s">
@@ -2460,51 +2463,51 @@
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>46032.0</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="D74" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E74" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F74" t="s">
         <v>26</v>
       </c>
       <c r="G74" t="s">
         <v>11</v>
       </c>
       <c r="H74" t="s">
         <v>24</v>
       </c>
       <c r="I74" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>46032.0</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="2">
         <v>0.75</v>
       </c>
       <c r="E75" s="2">
         <v>0.8125</v>
       </c>
       <c r="F75" t="s">
         <v>28</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75" t="s">
         <v>29</v>
       </c>
       <c r="I75" t="s">
@@ -2798,51 +2801,51 @@
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>46039.0</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E87" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F87" t="s">
         <v>26</v>
       </c>
       <c r="G87" t="s">
         <v>11</v>
       </c>
       <c r="H87" t="s">
         <v>24</v>
       </c>
       <c r="I87" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>46039.0</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="2">
         <v>0.75</v>
       </c>
       <c r="E88" s="2">
         <v>0.8125</v>
       </c>
       <c r="F88" t="s">
         <v>28</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
         <v>29</v>
       </c>
       <c r="I88" t="s">
@@ -2867,86 +2870,86 @@
       </c>
       <c r="G89" t="s">
         <v>32</v>
       </c>
       <c r="H89" t="s">
         <v>24</v>
       </c>
       <c r="I89" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>46040.0</v>
       </c>
       <c r="B90" t="s">
         <v>34</v>
       </c>
       <c r="D90" s="2">
         <v>0.45486111111111</v>
       </c>
       <c r="E90" s="2">
         <v>0.52430555555556</v>
       </c>
       <c r="F90" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G90" t="s">
         <v>15</v>
       </c>
       <c r="H90" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I90" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>46040.0</v>
       </c>
       <c r="B91" t="s">
         <v>34</v>
       </c>
       <c r="D91" s="2">
         <v>0.53125</v>
       </c>
       <c r="E91" s="2">
         <v>0.60069444444444</v>
       </c>
       <c r="F91" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G91" t="s">
         <v>11</v>
       </c>
       <c r="H91" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I91" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>46053.0</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="D92" s="2">
         <v>0.3125</v>
       </c>
       <c r="E92" s="2">
         <v>0.375</v>
       </c>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92" t="s">
         <v>11</v>
       </c>
       <c r="H92" t="s">
         <v>12</v>
       </c>
       <c r="I92" t="s">
@@ -3058,51 +3061,51 @@
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>46053.0</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="D97" s="2">
         <v>0.67708333333333</v>
       </c>
       <c r="E97" s="2">
         <v>0.73958333333333</v>
       </c>
       <c r="F97" t="s">
         <v>26</v>
       </c>
       <c r="G97" t="s">
         <v>11</v>
       </c>
       <c r="H97" t="s">
         <v>24</v>
       </c>
       <c r="I97" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>46053.0</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="D98" s="2">
         <v>0.75</v>
       </c>
       <c r="E98" s="2">
         <v>0.8125</v>
       </c>
       <c r="F98" t="s">
         <v>28</v>
       </c>
       <c r="G98" t="s">
         <v>15</v>
       </c>
       <c r="H98" t="s">
         <v>29</v>
       </c>
       <c r="I98" t="s">