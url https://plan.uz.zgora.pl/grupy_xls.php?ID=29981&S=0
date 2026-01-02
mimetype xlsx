--- v1 (2025-11-17)
+++ v2 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plan zajęć" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Termin</t>
   </si>
   <si>
     <t>Dzień</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Od</t>
   </si>
   <si>
     <t>Do</t>
   </si>
   <si>
     <t>Przedmiot</t>
   </si>
   <si>
     <t>RZ</t>
   </si>
   <si>
     <t>Nauczyciel</t>
   </si>
   <si>
@@ -168,50 +168,56 @@
     <t>Napędy urządzeń przemysłowych i pojazdów mechanicznych (L)</t>
   </si>
   <si>
     <t>2 A-37</t>
   </si>
   <si>
     <t>Metody programowania sterowników logicznych (L)</t>
   </si>
   <si>
     <t>224 A-2</t>
   </si>
   <si>
     <t>Systemy komunikacji (W)</t>
   </si>
   <si>
     <t>dr inż. Leszek Furmankiewicz</t>
   </si>
   <si>
     <t>Systemy komunikacji (L)</t>
   </si>
   <si>
     <t>dr inż. Dariusz Eljasz</t>
   </si>
   <si>
     <t>504b A-2</t>
+  </si>
+  <si>
+    <t>Zaawansowane metody sterowania (E)</t>
+  </si>
+  <si>
+    <t>E</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy/mm/dd;@"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -519,54 +525,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J104"/>
+  <dimension ref="A1:J106"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E104" sqref="E104"/>
+      <selection activeCell="E106" sqref="E106"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3244,50 +3250,102 @@
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>46054.0</v>
       </c>
       <c r="B104" t="s">
         <v>34</v>
       </c>
       <c r="D104" s="2">
         <v>0.59375</v>
       </c>
       <c r="E104" s="2">
         <v>0.64930555555556</v>
       </c>
       <c r="F104" t="s">
         <v>43</v>
       </c>
       <c r="G104" t="s">
         <v>11</v>
       </c>
       <c r="H104" t="s">
         <v>42</v>
       </c>
       <c r="I104" t="s">
         <v>44</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" s="1">
+        <v>46060.0</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="D105" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E105" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F105" t="s">
+        <v>52</v>
+      </c>
+      <c r="G105" t="s">
+        <v>53</v>
+      </c>
+      <c r="H105" t="s">
+        <v>24</v>
+      </c>
+      <c r="I105" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" s="1">
+        <v>46074.0</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="D106" s="2">
+        <v>0.41666666666667</v>
+      </c>
+      <c r="E106" s="2">
+        <v>0.5</v>
+      </c>
+      <c r="F106" t="s">
+        <v>52</v>
+      </c>
+      <c r="G106" t="s">
+        <v>53</v>
+      </c>
+      <c r="H106" t="s">
+        <v>24</v>
+      </c>
+      <c r="I106" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>